--- v0 (2025-12-19)
+++ v1 (2026-02-19)
@@ -12,79 +12,2839 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5099">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5988">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>用户</t>
   </si>
   <si>
     <t>标题</t>
   </si>
   <si>
     <t>链接</t>
   </si>
   <si>
     <t>内容</t>
   </si>
   <si>
     <t>时间</t>
   </si>
   <si>
     <t>报告标题</t>
   </si>
   <si>
     <t>点赞数</t>
   </si>
   <si>
     <t>评论数</t>
   </si>
   <si>
+    <t>天坦社区用户“ 城市过客”</t>
+  </si>
+  <si>
+    <t>请问大家有用过打车软件的那个长辈版的一键呼叫功能吗？真好用</t>
+  </si>
+  <si>
+    <t>https://bbs.tatans.cn/topic/115026</t>
+  </si>
+  <si>
+    <t>视障用户表示滴滴长辈版里的一键叫车功能十分好用，一键呼叫后就有出租车到达你所在的地方，上车后告知目的地打表计价。</t>
+  </si>
+  <si>
+    <t>2026-02-13 16:54:00</t>
+  </si>
+  <si>
+    <t>天坦社区用户“ 城市过客”发布视障者使用滴滴一键叫车功能相关帖子</t>
+  </si>
+  <si>
+    <t>今日头条用户“徜徉大自然”</t>
+  </si>
+  <si>
+    <t>反倒向我说谢谢的滴滴打车师傅！</t>
+  </si>
+  <si>
+    <t>https://www.toutiao.com/w/1856985199865868/</t>
+  </si>
+  <si>
+    <t>用户陪同使用轮椅的亲属乘坐滴滴网约车，司机主动下车帮助乘客收放轮椅，司机表示不在意轮椅导致后备箱无法完全闭合，用户感到十分温暖。</t>
+  </si>
+  <si>
+    <t>2026-02-13 13:05:00</t>
+  </si>
+  <si>
+    <t>今日头条用户“徜徉大自然”发布轮椅使用者乘坐滴滴网约车遇热心司机相关图文</t>
+  </si>
+  <si>
+    <t>微信公众号“人民政协报”</t>
+  </si>
+  <si>
+    <t>观潮 | 听障人士开网约车：如何兼顾关怀与安全？</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/31vrjzejiPK5IFUfz_71sQ</t>
+  </si>
+  <si>
+    <t>文章探讨听障人士从事网约车行业这一社会现象，既肯定其为特殊群体提供平等就业机会的社会进步意义，也关注乘客安全担忧。三位专家分别从就业包容、法律保障、平台机制角度提出建议，强调需统一安全标准、保障各方权益、完善技术赋能与前置告知机制，在人文关怀与安全底线间寻求平衡。网友观点多元，普遍支持在信息透明、严格审核前提下给予听障司机平等工作机会。</t>
+  </si>
+  <si>
+    <t>2026-02-13 09:51:00</t>
+  </si>
+  <si>
+    <t>微信公众号“人民政协报”发布文章探讨听障人士从事网约车行业相关话题</t>
+  </si>
+  <si>
+    <t>微博用户“玲娜露露的围脖儿”</t>
+  </si>
+  <si>
+    <t>今天坐滴滴 遇到了一个聋哑人司机</t>
+  </si>
+  <si>
+    <t>https://m.weibo.cn/status/QrxxRcLQZ</t>
+  </si>
+  <si>
+    <t>用户乘坐滴滴网约车遇到听障司机，赞扬滴滴平台给予了他们工作机会，下车时用户学习手语向司机表示感谢。</t>
+  </si>
+  <si>
+    <t>2026-02-12 23:16:00</t>
+  </si>
+  <si>
+    <t>微博用户“玲娜露露的围脖儿”发布乘坐滴滴网约车遇到听障司机相关博文</t>
+  </si>
+  <si>
+    <t>小红书用户“Leah.”</t>
+  </si>
+  <si>
+    <t>原来马来西亚有一群默默开车的聋哑司机</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/7nOQLb6RNzs</t>
+  </si>
+  <si>
+    <t>用户分享马来西亚打车平台Grab推出常态化聋哑司机扶持项目#BreakTheSilence，设立残障司机委员会，派单时自动提示乘客文字沟通，既保障听障人士体面就业，又通过信息透明确保服务体验与安全。</t>
+  </si>
+  <si>
+    <t>2026-02-12 23:00:00</t>
+  </si>
+  <si>
+    <t>小红书用户“Leah.”发布马来西亚打车平台grap支持听障司机驾驶网约车相关图文</t>
+  </si>
+  <si>
+    <t>微信公众号“福州市仓山区总工会”</t>
+  </si>
+  <si>
+    <t>两节送温暖｜仓山区总工会走访慰问残疾人网约车司机代表</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/eU0oB1_ws5vZOg6nDM7M7Q</t>
+  </si>
+  <si>
+    <t>仓山区总工会开展"两节"送温暖活动，走访慰问残疾人网约车司机代表，送上新春祝福与慰问品，并详细了解其工作、收入及困难情况。自2023年福州实现残疾人网约车合法运营以来，福建省手驾车俱乐部已帮助156名残疾人取得从业资格证，其中85人实现稳定运营，月均净收入超4500元。区总工会将持续关注新就业形态劳动者需求，深化与专业组织合作，提供精准帮扶。</t>
+  </si>
+  <si>
+    <t>2026-02-12 19:34:00</t>
+  </si>
+  <si>
+    <t>微信公众号“福州市仓山区总工会”发布工会慰问残疾人网约车司机相关推文</t>
+  </si>
+  <si>
+    <t>小红书用户“Teresa”</t>
+  </si>
+  <si>
+    <t>高德打车，本来刚上车发现是聋哑司机觉得 点点。 很不容易</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/7wV2mgcE991</t>
+  </si>
+  <si>
+    <t>用户乘坐网约车遇到听障司机，下车时司机要求乘客额外转账支付30元，否则不让乘客下车。用户已向平台投诉等待解决。</t>
+  </si>
+  <si>
+    <t>2026-02-12 18:18:00</t>
+  </si>
+  <si>
+    <t>小红书用户“Teresa”发布遇到听障网约车司机多收费相关图文</t>
+  </si>
+  <si>
+    <t>带着老妈出行，必须带着轮椅，滴滴打车有点麻烦。</t>
+  </si>
+  <si>
+    <t>https://www.toutiao.com/w/1856822231718028/</t>
+  </si>
+  <si>
+    <t>用户陪同轮椅使用者乘坐滴滴网约车，一位司机到达后称后备箱有东西放不下轮椅，让乘客自行取消订单，乘客取消订单产生了费用。另一位滴滴司机服务热情，主动下车帮助乘客搬放轮椅。</t>
+  </si>
+  <si>
+    <t>2026-02-11 18:28:00</t>
+  </si>
+  <si>
+    <t>今日头条用户“徜徉大自然”发布轮椅使用者乘坐滴滴网约车相关文章</t>
+  </si>
+  <si>
+    <t>小红书账号“曹操出行”</t>
+  </si>
+  <si>
+    <t>我们为冰雪舞台上的轮椅舞者完成了一场守护</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/3j00K4r6TFk</t>
+  </si>
+  <si>
+    <t>曹操出行为东北三省特殊冰雪运动的轮椅舞蹈队的叔叔阿姨们提供无障碍接送保障。使用者表示无障碍车乘车方便司机服务到位。</t>
+  </si>
+  <si>
+    <t>2026-02-11 18:01:00</t>
+  </si>
+  <si>
+    <t>小红书账号“曹操出行”发布为轮椅舞蹈队提供无障碍接送服务相关短视频</t>
+  </si>
+  <si>
+    <t>抖音用户“麦兜得得B”</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7604878410355168101</t>
+  </si>
+  <si>
+    <t>一起來体验看看香港无障碍的士出行</t>
+  </si>
+  <si>
+    <t>轮椅乘客分享乘坐香港復康无障碍出租车，车辆尾部配有斜坡轮椅可直接推入车内。</t>
+  </si>
+  <si>
+    <t>2026-02-09 22:52:00</t>
+  </si>
+  <si>
+    <t>抖音用户“麦兜得得B”发布轮椅使用者乘坐香港无障碍出租车相关短视频</t>
+  </si>
+  <si>
+    <t>微信公众号“槎城早知道”</t>
+  </si>
+  <si>
+    <t>河源残障公益人士朱明建寄出全国首份C5驾照网约车从业建议信</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/m-Gi9DBmt4TpJowDGLGQLw</t>
+  </si>
+  <si>
+    <t>河源残障公益人士朱明建向全国交通部门及网约车平台寄出首份C5驾照从业建议信，呼吁为持证残障人士开放网约车从业资格。C5驾照持有者虽具备合法驾驶资质，却因平台注册限制陷入"持证难上岗"困境。建议信提出修订准入规则、开放注册端口、建立配套机制等诉求，旨在为全国超百万持证残障人士争取公平就业机会。</t>
+  </si>
+  <si>
+    <t>2026-02-09 21:56:00</t>
+  </si>
+  <si>
+    <t>微信公众号“槎城早知道”发布C5驾照网约车从业建议信相关文章</t>
+  </si>
+  <si>
+    <t>微信公众号“居家云柳”</t>
+  </si>
+  <si>
+    <t>肢体残疾人考驾照跑滴滴，政策允许吗？</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/kwReRuywC25k1MV_dYm1Dw</t>
+  </si>
+  <si>
+    <t>文章表示符合条件的肢体残疾人可以考取驾照和网约车从业资格证，滴滴曹操等平台也已开放C5驾驶证注册。（文章表述可能与事实不符）</t>
+  </si>
+  <si>
+    <t>2026-02-09 19:56:00</t>
+  </si>
+  <si>
+    <t>微信公众号“居家云柳”发布肢体障碍司机开网约车问题解答相关文章</t>
+  </si>
+  <si>
+    <t>小红书用户“momo”</t>
+  </si>
+  <si>
+    <t>打到聋人司机的车～～觉得挺好的👍</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/9UQ70RUsmbp</t>
+  </si>
+  <si>
+    <t>用户打车遇到听障司机，称赞社会能够给予他们工作机会。</t>
+  </si>
+  <si>
+    <t>2026-02-09 18:43:00</t>
+  </si>
+  <si>
+    <t>小红书用户“momo”发布乘坐网约车遇到听障司机相关图文</t>
+  </si>
+  <si>
+    <t>抖音用户“李师傅和导盲犬椰果”</t>
+  </si>
+  <si>
+    <t>导盲犬椰果带着我在太原火车站乘车，感谢一路帮助我们的朋友们</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7604740838459898874</t>
+  </si>
+  <si>
+    <t>视障者携带导盲犬乘坐滴滴网约车，到达目的地后司机主动下车协助乘客下车。</t>
+  </si>
+  <si>
+    <t>2026-02-09 16:58:00</t>
+  </si>
+  <si>
+    <t>抖音用户“李师傅和导盲犬椰果”发布市长者携带导盲犬乘坐滴滴网约车相关短视频</t>
+  </si>
+  <si>
+    <t>争渡论坛用户“峰广西岑溪”</t>
+  </si>
+  <si>
+    <t>来问一个滴滴打车的经验问题</t>
+  </si>
+  <si>
+    <t>https://www.zd.hk/thread/170636</t>
+  </si>
+  <si>
+    <t>视障者发帖询问在滴滴APP上选择目的地时，店铺名的详细地址与其他地图有出入应该怎么办。网友回复无需关注具体地址，选择要去的店铺名即可</t>
+  </si>
+  <si>
+    <t>2026-02-09 12:45:00</t>
+  </si>
+  <si>
+    <t>争渡论坛用户“峰广西岑溪”发帖询问视障者滴滴打车相关问题</t>
+  </si>
+  <si>
+    <t>长沙听障滴滴司机 共享笔记本</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/4aaVQB3RU4G</t>
+  </si>
+  <si>
+    <t>用户乘坐滴滴网约车遇到听障司机，车内座椅靠背上贴着共享留言本，记录着乘客的留言。用户感受到了人与人之间的温暖。</t>
+  </si>
+  <si>
+    <t>2026-02-08 07:28:00</t>
+  </si>
+  <si>
+    <t>小红书用户“momo”发布乘坐滴滴网约车遇到听障司机相关图文</t>
+  </si>
+  <si>
+    <t>是因为下雨的原因吗？昨天傍晚5:00左右滴滴打车半个多小时才打到车</t>
+  </si>
+  <si>
+    <t>https://www.toutiao.com/w/1856444082257100/</t>
+  </si>
+  <si>
+    <t>用户陪同乘坐轮椅的亲属乘坐滴滴网约车，司机到达后冒雨下车帮助乘客搬放轮椅，服务态度很好。</t>
+  </si>
+  <si>
+    <t>2026-02-07 23:40:00</t>
+  </si>
+  <si>
+    <t>新民晚报</t>
+  </si>
+  <si>
+    <t>无障碍出租车不足50辆，使用限制重重？代表有话说…</t>
+  </si>
+  <si>
+    <t>https://www.jfdaily.com/staticsg/res/html/web/newsDetail.html?id=1064829</t>
+  </si>
+  <si>
+    <t>申城无障碍出租车实际运营的不足50辆。市人大代表沈铱指出，本市无障碍出租车服务存在“门槛高、车辆少、价格僵”等问题。她建议引入市场价格，鼓励增加供给。同时降低使用门槛，让除下肢残疾外腿脚不便或有需要的市民都能乘车。</t>
+  </si>
+  <si>
+    <t>2026-02-07 12:11:00</t>
+  </si>
+  <si>
+    <t>新民晚报发布市人大代表对无障碍出租车相关意见建议的采访</t>
+  </si>
+  <si>
+    <t>小红书用户“别急，先让俺来根脆脆鲨”</t>
+  </si>
+  <si>
+    <t>平平无奇的一天遇到了十几亿分之几概率的人</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/59KbE1SKF9u</t>
+  </si>
+  <si>
+    <t>用户乘坐网约车遇到听障司机，用户表示司机驾驶平稳，到达终点停车靠边时仔细观察后视镜，用户表示希望平台给予他们多一些优待政策</t>
+  </si>
+  <si>
+    <t>2026-02-07 10:38:00</t>
+  </si>
+  <si>
+    <t>小红书用户“别急，先让俺来根脆脆鲨”发布乘坐网约车遇到听障司机相关图文</t>
+  </si>
+  <si>
+    <t>争渡论坛用户“公孙冲脉胃心胸”</t>
+  </si>
+  <si>
+    <t>上篇帖说了车来了，这篇帖说一说滴滴出行的那些事儿。</t>
+  </si>
+  <si>
+    <t>https://www.zd.hk/thread/170502</t>
+  </si>
+  <si>
+    <t>视障用户发帖分享滴滴司机的服务态度大多很好，自己经常打客服电话表扬司机。用户表示了解到经常赞扬司机的乘客可能比经常投诉司机的乘客更容易叫到车。</t>
+  </si>
+  <si>
+    <t>2026-02-06 23:48:00</t>
+  </si>
+  <si>
+    <t>争渡论坛用户“公孙冲脉胃心胸”发帖分享视障者使用滴滴出行相关经验</t>
+  </si>
+  <si>
+    <t>小红书用户“众声相与”</t>
+  </si>
+  <si>
+    <t>轮椅出行打车被拒，我该怎么办？</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/68ad3IlBvSo</t>
+  </si>
+  <si>
+    <t>轮椅使用者曾打车遭遇拒载，发文询问应该如何应对。网友评论回复可选择无障碍车辆，提前与司机联系，不要选择特惠车辆等建议。</t>
+  </si>
+  <si>
+    <t>2026-02-06 23:45:00</t>
+  </si>
+  <si>
+    <t>小红书用户“众声相与”发文询问轮椅使用者应如何打车避免拒载</t>
+  </si>
+  <si>
+    <t>微信公众号“英特尔开发人员专区”</t>
+  </si>
+  <si>
+    <t>基于Intel AIPC｜听障无障碍沟通AI解决方案</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/JtODsKfDgO4vvMPZ8i_uBQ</t>
+  </si>
+  <si>
+    <t>该团队依托Intel AIPC异构计算架构，开发听障无障碍沟通AI系统，通过OpenVINO工具链、Quick Sync Video硬件编码及TBB多核并行处理等技术优化，实现手语实时识别与翻译，降低CPU占用35%、编码延迟至5ms。方案聚焦智慧医疗、政务等场景，提供技术授权、SaaS订阅及私有化部署等商业模式，目前处于技术验证与合作洽谈阶段，正寻求算力支持、工具链培训及渠道资源等合作。</t>
+  </si>
+  <si>
+    <t>2026-02-06 16:31:00</t>
+  </si>
+  <si>
+    <t>微信公众号“英特尔开发人员专区”发布听障手语翻译解决方案相关推文</t>
+  </si>
+  <si>
+    <t>爱帮盲论坛用户“蓝色海洋”</t>
+  </si>
+  <si>
+    <t>大家好，我想问一个保益输入法的问题。这个输入法在滴滴上面语音输入为什么不能用，是我没设置好还是怎么回事？谢谢</t>
+  </si>
+  <si>
+    <t>http://bbs.abm365.cn/m/post/54941</t>
+  </si>
+  <si>
+    <t>视障用户发帖表示自己遇到了保益输入法在滴滴APP内无法语音输入的问题，多数网友回复表示自己使用是正常的。</t>
+  </si>
+  <si>
+    <t>2026-02-06 11:00:00</t>
+  </si>
+  <si>
+    <t>爱帮盲论坛用户“蓝色海洋”发帖表示视障者使用滴滴APP遇到相关问题</t>
+  </si>
+  <si>
+    <t>小红书用户“Enjoy now.🌈”</t>
+  </si>
+  <si>
+    <t>高德打车遇到残疾人（非聋哑人）</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/mQ5FkD2lzG</t>
+  </si>
+  <si>
+    <t>用户乘坐高德网约车遇到肢体障碍司机，用户表示司机手部头部活动缓慢，手发抖，乘车过程十分担心。虽理解司机生活不易，但认为这样影响乘车安全。</t>
+  </si>
+  <si>
+    <t>2026-02-05 22:56:00</t>
+  </si>
+  <si>
+    <t>小红书用户“Enjoy now.🌈”发布乘坐高德网约车遇到肢体障碍司机驾驶不安全相关图文</t>
+  </si>
+  <si>
+    <t>小红书用户“台阶轮椅狗”</t>
+  </si>
+  <si>
+    <t>今天是滴滴专车司机表现最离谱的一次</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/9urSrSs0Pab</t>
+  </si>
+  <si>
+    <t>轮椅使用者乘坐滴滴专车，司机推诿建议乘客打无障碍车欲拒载乘客</t>
+  </si>
+  <si>
+    <t>2026-02-05 22:13:00</t>
+  </si>
+  <si>
+    <t>小红书用户“台阶轮椅狗”发布轮椅乘客遭滴滴专车拒载相关图文</t>
+  </si>
+  <si>
+    <t>抖音用户“婧儿”</t>
+  </si>
+  <si>
+    <t>脊髓损伤的第2174天。 在我人生第一次坐轮椅打车被连续拒载以后，今天我又鼓起了勇气……，这一次，司机师傅的毫不犹豫让我感到很温暖</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7603319675963014521</t>
+  </si>
+  <si>
+    <t>肢体障碍乘客携带轮椅独自乘坐网约车，司机下车帮助乘客收放轮椅，服务热情。</t>
+  </si>
+  <si>
+    <t>2026-02-05 18:03:00</t>
+  </si>
+  <si>
+    <t>抖音用户“婧儿”发布轮椅使用者乘坐网约车相关短视频</t>
+  </si>
+  <si>
+    <t>2026年第一次出行打车，而且是送老妈去医院做透析。</t>
+  </si>
+  <si>
+    <t>https://m.toutiao.com/w/1856172499545088/?upstream_biz=toutiao_pc</t>
+  </si>
+  <si>
+    <t>用户陪同轮椅乘客乘坐滴滴网约车，司机帮助乘客搬轮椅，毫无怨言，下车后乘客打赏司机表示感谢。</t>
+  </si>
+  <si>
+    <t>2026-02-05 14:25:00</t>
+  </si>
+  <si>
+    <t>IT之家</t>
+  </si>
+  <si>
+    <t>2026 总台马年春晚无障碍版本将首次在央视音乐频道（CCTV-15）同步直播</t>
+  </si>
+  <si>
+    <t>https://www.ithome.com/0/919/341.htm</t>
+  </si>
+  <si>
+    <t>2026年总台马年春晚无障碍转播升级，将首次在CCTV-15同步直播，听障演员郭家聚、陈静担任编导负责手语翻译，</t>
+  </si>
+  <si>
+    <t>2026-02-05 08:12:00</t>
+  </si>
+  <si>
+    <t>IT之家发布2026春晚无障碍版将在CCTV15同步直播相关报道</t>
+  </si>
+  <si>
+    <t>微博用户“40在跑车”</t>
+  </si>
+  <si>
+    <t>打车打到了一个聋人司机的网约车单</t>
+  </si>
+  <si>
+    <t>https://m.weibo.cn/status/QqklgAZpt</t>
+  </si>
+  <si>
+    <t>用户乘坐曹操出行网约车遇到听障司机，用户从平台客服处了解到曹操出行有残疾人扶助专项，对曹操出行表示称赞。</t>
+  </si>
+  <si>
+    <t>2026-02-04 23:49:00</t>
+  </si>
+  <si>
+    <t>微博用户“40在跑车”发布乘坐曹操出行网约车遇到听障司机相关博文</t>
+  </si>
+  <si>
+    <t>微信公众号“玩车的小布”</t>
+  </si>
+  <si>
+    <t>听障司机开网约车是安全隐患还是无声英雄？</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/Z2HMs9I7a7vV5w1teMjXQA</t>
+  </si>
+  <si>
+    <t>文章通过网约车司机老周的故事，讲述听障司机面临的偏见与困境：他们虽听不见声音，但观察力敏锐、驾驶谨慎，却因沟通障碍常遭乘客误解甚至辱骂。作者呼吁平台完善资质审核与沟通提示，乘客应给予耐心与尊重——听障司机并非安全隐患，而是用沉默守护安全的"无声英雄"，他们需要的不是特殊关照，而是平等机会与基本尊重。</t>
+  </si>
+  <si>
+    <t>2026-02-04 16:30:00</t>
+  </si>
+  <si>
+    <t>微信公众号“玩车的小布”发布呼吁社会理解听障网约车司机相关文章</t>
+  </si>
+  <si>
+    <t>争渡论坛用户“悟空逍遥游”</t>
+  </si>
+  <si>
+    <t>微信上的滴滴</t>
+  </si>
+  <si>
+    <t>https://www.zd.hk/thread/170373</t>
+  </si>
+  <si>
+    <t>视障用户发帖询问微信的滴滴小程序如何使用，网友回复小程序的无障碍体验不佳，没有无障碍服务权益。</t>
+  </si>
+  <si>
+    <t>2026-02-04 13:13:00</t>
+  </si>
+  <si>
+    <t>争渡论坛用户“悟空逍遥游”发帖询问滴滴微信小程序使用相关问题</t>
+  </si>
+  <si>
+    <t>抖音用户“四月吖在努力”</t>
+  </si>
+  <si>
+    <t>生活会有褶皱 幸得温暖常驻</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7602688773679799269</t>
+  </si>
+  <si>
+    <t>轮椅使用者乘坐滴滴网约车，司机主动下车帮助乘客收放轮椅，服务细致耐心。司机表示愿意帮助困难乘客。</t>
+  </si>
+  <si>
+    <t>2026-02-04 01:15:00</t>
+  </si>
+  <si>
+    <t>抖音用户“四月吖在努力”发布轮椅使用者乘坐滴滴网约车相关短视频</t>
+  </si>
+  <si>
+    <t>微信公众号“深圳巴士集团”</t>
+  </si>
+  <si>
+    <t>暖心联动！北大医院可以直接乘坐无障碍出租车啦</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/VmI-EGpZwRUL1wlpI7Tb7A</t>
+  </si>
+  <si>
+    <t>深圳巴士集团深港集团与北京大学深圳医院合作设立"无障碍优诊出行服务站点"，位于北大医院西门，配备有无障碍出租车及辅助设施，为残障人士、老年人等提供"点对点"接送服务。市民可现场候车或拨打15323866713预约。这是响应深圳无障碍城市建设条例的具体实践，未来将形成"预约—接送—陪诊—返程"全流程服务。</t>
+  </si>
+  <si>
+    <t>2026-02-03 19:24:00</t>
+  </si>
+  <si>
+    <t>微信公众号“深圳巴士集团”发布北京大学深圳医院合作设立"无障碍优诊出行服务站点相关推文</t>
+  </si>
+  <si>
+    <t>微信公众号“越秀康园工疗站服务中心”</t>
+  </si>
+  <si>
+    <t>倾心丈量无碍广州｜越秀推出首部《广州无障碍出行指南》</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/iw9vC8GBES3XFQMykprkXw</t>
+  </si>
+  <si>
+    <t>《广州无障碍出行指南》第一版电子手册正式发布，由中国肢残人协会、丰田汽车（中国）投资有限公司、北京新起点公益基金会等单位支持，10名残障人士和4名心青年参与实地踏勘，采集核验超100个无障碍点位，涵盖交通枢纽、文旅路线等六大章节，服务残障人士、老年人等群体。该指南旨在2026年推出2.0升级版，助力广州无障碍环境建设。</t>
+  </si>
+  <si>
+    <t>2026-02-03 17:26:00</t>
+  </si>
+  <si>
+    <t>微信公众号“越秀康园工疗站服务中心”发布越秀推出首部《广州无障碍出行指南》相关推文</t>
+  </si>
+  <si>
+    <t>微信公众号“聋人在线”</t>
+  </si>
+  <si>
+    <t>听障人士开网约车，要满足哪些条件？司乘安全之上，如何为听障司机再添一份人文关怀？</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/9-TQ-Zvm45_5Le__q3-1FQ</t>
+  </si>
+  <si>
+    <t>文章介绍听障人士开网约车需满足驾照、从业、平台三重合规要求，包括佩戴助听设备、通过辨音测试等。同时探讨了平台如何通过技术手段优化无障碍服务，平衡乘客知情权与听障司机就业权，呼吁社会给予更多人文关怀与理解。</t>
+  </si>
+  <si>
+    <t>2026-02-03 11:30:00</t>
+  </si>
+  <si>
+    <t>微信公众号“聋人在线”发布听障人士从事网约车行业相关问题探讨</t>
+  </si>
+  <si>
+    <t>小红书用户“特瑞超感恩”</t>
+  </si>
+  <si>
+    <t>聋哑人网约车司机，安全吗？</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/6d8Vv9tL8uy</t>
+  </si>
+  <si>
+    <t>用户分享乘坐网约车遇到听障司机，用户表示车内干净整洁，在了解到听障司机需要符合相应标准才可考取驾照后，认为听障司机驾驶也是安全的。</t>
+  </si>
+  <si>
+    <t>2026-02-02 21:38:00</t>
+  </si>
+  <si>
+    <t>小红书用户“特瑞超感恩”发布乘坐网约车遇到听障司机相关短视频</t>
+  </si>
+  <si>
+    <t>抖音成为 2026 年总台新媒体《竖屏看春晚》独家合作伙伴，增设“无障碍转播”内容</t>
+  </si>
+  <si>
+    <t>https://m.ithome.com/html/918577.htm</t>
+  </si>
+  <si>
+    <t>抖音成为2026年总台《竖屏看春晚》独家合作伙伴，除竖屏直播外，特别增设"春晚无障碍转播"内容，为视障和听障人士提供专属收听、收看服务，体现数字平台对无障碍观看需求的重视。</t>
+  </si>
+  <si>
+    <t>2026-02-02 20:59:00</t>
+  </si>
+  <si>
+    <t>IT之家发布文章抖音成为 2026 年总台新媒体《竖屏看春晚》独家合作伙伴，增设“无障碍转播”内容</t>
+  </si>
+  <si>
+    <t>小红书用户“阳光使者导盲犬学校”</t>
+  </si>
+  <si>
+    <t>紧急通知!!!注意诈骗!!!</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/2bpAm2CQkpC</t>
+  </si>
+  <si>
+    <t>用户提醒导盲犬使用者有不法分子试图骗取个人信息和滴滴账号，呼吁导盲犬使用者保护个人隐私。</t>
+  </si>
+  <si>
+    <t>2026-02-02 00:15:00</t>
+  </si>
+  <si>
+    <t>小红书用户“阳光使者导盲犬学校”发布提醒导盲犬使用者不要泄露个人滴滴账号相关图文</t>
+  </si>
+  <si>
+    <t>小红书用户“飞啊霸王龙”</t>
+  </si>
+  <si>
+    <t>滴滴平台居然同意聋哑人注册了网约车</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/7p5GUzzFCWS</t>
+  </si>
+  <si>
+    <t>用户乘坐滴滴网约车遇到听障司机，用户表示司机驾驶超速，行程中打字给用户称自己赚不到钱需加20块钱，用户拒绝加价后，司机就让乘客下车。用户感到司机驾驶危险，脾气暴躁。</t>
+  </si>
+  <si>
+    <t>2026-02-01 15:59:00</t>
+  </si>
+  <si>
+    <t>小红书用户“飞啊霸王龙”发布乘坐滴滴网约车遇到听障司机中途加价拒载乘客相关图文</t>
+  </si>
+  <si>
+    <t>小红书用户“乐云（7.19北京登船版）”</t>
+  </si>
+  <si>
+    <t>聋哑人司机？</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/vBG48J4fIA</t>
+  </si>
+  <si>
+    <t>用户表示虽然听障人士在佩戴助听设备情况下，听力满足标准可驾驶机动车，但现实中网约车司机似乎都为佩戴助听器，用户对网约车平台支持听障人士从业存在疑问。</t>
+  </si>
+  <si>
+    <t>2026-02-01 15:48:00</t>
+  </si>
+  <si>
+    <t>小红书用户“乐云（7.19北京登船版）”发布质疑听障网约车司机从业相关图文</t>
+  </si>
+  <si>
+    <t>小红书用户“^陈一号”</t>
+  </si>
+  <si>
+    <t>网友和我，都在学怎么“说”谢谢</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/183TKWKkmkL</t>
+  </si>
+  <si>
+    <t>用户乘坐网约车遇到听障司机，司机主动下车帮助乘客放行李。用户从网上学习手语，向司机表达感谢。</t>
+  </si>
+  <si>
+    <t>2026-01-31 16:02:00</t>
+  </si>
+  <si>
+    <t>小红书用户“^陈一号”发布乘坐网约车遇到听障司机相关图文</t>
+  </si>
+  <si>
+    <t>央视网</t>
+  </si>
+  <si>
+    <t>[东方时空]听障人士开网约车 如何兼顾关怀与安全？</t>
+  </si>
+  <si>
+    <t>https://tv.cctv.com/2026/01/31/VIDEDoHtHfsa2mj9ZiXFiKhy260131.shtml</t>
+  </si>
+  <si>
+    <t>报道围绕听障司机开网约车现象，呈现乘客的不同反应：有人感慨城市包容与新就业形态，有人点赞服务传递善意，也有人担忧安全隐患。核心探讨听障司机的从业资质、乘客知情权与选择权，以及如何在保障司乘安全的前提下兼顾人文关怀。滴滴平台已推出针对听障司机的"无障碍服务"内测，乘客向司机拨打电话时APP会提示乘客优先使用文字与司机沟通，行程中页面全程固定显示无障碍沟通卡片，提示本单是听障司机，如何与听障司机沟通。</t>
+  </si>
+  <si>
+    <t>2026-01-31 00:52:00</t>
+  </si>
+  <si>
+    <t>央视网发布听障司机从事网约车行业相关问题采访报道</t>
+  </si>
+  <si>
+    <t>报道围绕听障司机开网约车现象，呈现乘客的不同反应：有人感慨城市包容与新就业形态，有人点赞服务传递善意，也有人担忧安全隐患及沟通障碍。核心探讨听障司机的从业资质、乘客知情权与选择权，以及如何在保障司乘安全的前提下兼顾人文关怀。滴滴平台已推出针对听障司机的"无障碍服务"内测，乘客向司机拨打电话时APP会提示乘客优先使用文字与司机沟通，行程中页面全程固定显示无障碍沟通卡片，提示本单是听障司机，如何与听障司机沟通。</t>
+  </si>
+  <si>
+    <t>央视网东方时空栏目报道听障司机从事网约车行业相关问</t>
+  </si>
+  <si>
+    <t>报道围绕听障司机开网约车现象，采访不同乘客乘坐听障司机网约车后反应：有人点赞服务传递善意，也有人担忧安全隐患及沟通障碍。核心探讨听障司机的从业资质、乘客知情权与选择权。报道提及滴滴平台已推出针对听障司机的"无障碍服务"内测，乘客向司机拨打电话时APP会提示乘客优先使用文字与司机沟通，并提供语音转文字功能方便司机电话与乘客沟通。行程中页面全程固定显示无障碍沟通卡片，提示本单是听障司机，如何与听障司机沟通。</t>
+  </si>
+  <si>
+    <t>央视网东方时空栏目报道听障司机从事网约车行业相关现象</t>
+  </si>
+  <si>
+    <t>报道围绕听障司机开网约车现象，采访不同乘客乘坐听障司机网约车后反应：有人点赞服务传递善意，也有人担忧安全隐患及沟通障碍。核心探讨听障司机的从业资质、乘客知情权与选择权，以及司乘之间如何沟通。报道提及滴滴平台已推出针对听障司机的"无障碍服务"内测，乘客向司机拨打电话时APP会提示乘客优先使用文字与司机沟通，并提供语音转文字功能方便司机电话与乘客沟通。行程中页面全程固定显示无障碍沟通卡片，提示本单是听障司机，如何与听障司机沟通。</t>
+  </si>
+  <si>
+    <t>中国互联网协会</t>
+  </si>
+  <si>
+    <t>分支机构动态丨数智出行工作委员会（筹）：科技向善 有爱无碍 引领网约车无障碍服务升级</t>
+  </si>
+  <si>
+    <t>https://www.isc.org.cn/mobile/article/27823341942992896.html</t>
+  </si>
+  <si>
+    <t>中国互联网协会数智出行工作委员会（筹）启动视障人群网约车出行无障碍服务专项行动，联合滴滴等平台从线上读屏适配、线下服务规范、司机培训、安全隐私四方面推进，以科技向善理念保障视障群体平等出行权益，推动行业无障碍服务标准落地。</t>
+  </si>
+  <si>
+    <t>2026-01-30 23:25:00</t>
+  </si>
+  <si>
+    <t>中国互联网协会发布中国互联网协会启动视障人群网约车出行无障碍服务专项行动</t>
+  </si>
+  <si>
+    <t>福建日报</t>
+  </si>
+  <si>
+    <t>省政协委员林连生：放宽上臂残疾人的驾照报考条件 多一条就业谋生渠道</t>
+  </si>
+  <si>
+    <t>https://www.isc.org.cn/article/27823341942992896.html</t>
+  </si>
+  <si>
+    <t>福建日报专访福建省政协委员，泉州市肢残人协会会长林连生，他表示2026年将推动肢体残疾人驾驶网约车政策在泉州落地，并呼吁交管部门放宽上肢残疾人考取驾照资格，让其多一条就业出路。</t>
+  </si>
+  <si>
+    <t>2026-01-30 23:17:00</t>
+  </si>
+  <si>
+    <t>福建日报发布省政协委员呼吁放宽上臂残疾人的驾照报考条件让其多一条就业谋生渠道相关采访视频</t>
+  </si>
+  <si>
+    <t>小红书用户“蓼汀”</t>
+  </si>
+  <si>
+    <t>关于听障人士司机帮我找回了我的遗失物</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/7kMtQvGfNO</t>
+  </si>
+  <si>
+    <t>用户乘坐网约车遇到听障司机，下车后有遗失物品，乘客联系司机后，司机将遗失物主动送回。</t>
+  </si>
+  <si>
+    <t>2026-01-30 22:21:00</t>
+  </si>
+  <si>
+    <t>小红书用户“蓼汀”发布乘坐网约车遇到好心听障司机相关图文</t>
+  </si>
+  <si>
+    <t>抖音用户“盲人博士生-黄莺”</t>
+  </si>
+  <si>
+    <t>盲人第一视角记录生活：出差偶遇冬日里的暖。</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7601002828668482729</t>
+  </si>
+  <si>
+    <t>视障用户乘坐网约车，司机到达后主动电话联系乘客，下车协助乘客上车</t>
+  </si>
+  <si>
+    <t>2026-01-30 14:06:00</t>
+  </si>
+  <si>
+    <t>抖音用户“盲人博士生-黄莺”发布视障者乘坐网约车出行相关短视频</t>
+  </si>
+  <si>
+    <t>小红书用户“千金难买好人参”</t>
+  </si>
+  <si>
+    <t>有些虹桥机场的网约车司机简直太过分啦</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/AaXUqUWsx9N</t>
+  </si>
+  <si>
+    <t>用户在机场乘坐滴滴网约车，叫了好几次才叫到车，上车后发现司机是听障人士，用户表示记得之前系统会给出听障司机的提示，但这次没有提示。</t>
+  </si>
+  <si>
+    <t>2026-01-29 18:04:00</t>
+  </si>
+  <si>
+    <t>小红书用户“千金难买好人参”发布乘坐滴滴网约车遇到听障司机相关图文</t>
+  </si>
+  <si>
+    <t>抖音用户“我是瑾李啊”</t>
+  </si>
+  <si>
+    <t>司机说我没有和工作人员碰面，他就一直等着。好温暖的存在呀！</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7600691255336961905</t>
+  </si>
+  <si>
+    <t>视障用户乘坐滴滴网约车前往火车站，司机主动下车协助乘客上下车，帮助乘客取放行李。下车后司机帮助乘客寻找车站工作人员，直到有车站人员前来后司机才离开。</t>
+  </si>
+  <si>
+    <t>2026-01-29 16:04:00</t>
+  </si>
+  <si>
+    <t>抖音用户“我是瑾李啊”发布视障者乘坐滴滴网约车遇到热心司机相关短视频</t>
+  </si>
+  <si>
+    <t>微信公众号“华夏残疾人之声”</t>
+  </si>
+  <si>
+    <t>技术向善，传递关怀，福祉车打通出行最后一公里</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/Y0CR9XdCVXd4n7_7dFKtFA</t>
+  </si>
+  <si>
+    <t>文章聚焦中国福祉车市场发展现状与挑战。我国超3.2亿老年人及残障人士面临出行难题，但2023年福祉车销量仅约1000辆，渗透率远低于日本。核心痛点在于研发成本高、市场认知低、配套设施缺位。文章指出，政策已开始发力，主机厂推出原厂福祉车型，改装市场提供灵活方案，"出行即服务"模式兴起。作者强调，需产业链协同、标准统一、设施完善，才能让福祉车从概念走向普及，真正打通无障碍出行"最后一公里"。</t>
+  </si>
+  <si>
+    <t>2026-01-28 16:41:00</t>
+  </si>
+  <si>
+    <t>微信公众号“华夏残疾人之声”发布福祉车行业观察相关文章</t>
+  </si>
+  <si>
+    <t>小红书用户“昊妈成长日记|数学思维启蒙”</t>
+  </si>
+  <si>
+    <t>唯二遇到的聋哑人：司机＆外卖员</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/2YQnVf1ZuDj</t>
+  </si>
+  <si>
+    <t>用户乘坐网约车遇到听障司机，用户没有拼车，但副驾驶还坐着一位乘客，用户猜测是司机的家人帮助其观察路况。用户表示司机驾驶平稳认真细心。</t>
+  </si>
+  <si>
+    <t>2026-01-28 13:44:00</t>
+  </si>
+  <si>
+    <t>小红书用户“昊妈成长日记|数学思维启蒙”发布乘坐网约车遇到听障司机相关短视频</t>
+  </si>
+  <si>
+    <t>微博用户“第一页第六页第七页_序”</t>
+  </si>
+  <si>
+    <t>今天打了个滴滴快车 因为有轮椅 我不咋搬得动 就让司机搭把手</t>
+  </si>
+  <si>
+    <t>https://m.weibo.cn/status/Qpclf7RO1?mblogid=Qpclf7RO1&amp;launchid=10000360-page_H5</t>
+  </si>
+  <si>
+    <t>轮椅乘客乘坐滴滴网约车，请求司机帮忙搬轮椅，司机拒绝帮助，称乘客打的是特惠快车没有帮助义务。</t>
+  </si>
+  <si>
+    <t>2026-01-28 13:37:00</t>
+  </si>
+  <si>
+    <t>微博用户“第一页第六页第七页_序”发布轮椅使用者乘坐滴滴网约车司机拒绝帮助搬轮椅相关博文</t>
+  </si>
+  <si>
+    <t>小红书用户“35岁+的小曹同学”</t>
+  </si>
+  <si>
+    <t>我愿意坐没有声音的网约车</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/9lTNt8rddWV</t>
+  </si>
+  <si>
+    <t>用户分享乘坐滴滴网约车经历，上车后发现司机是听障人士，车内干净整洁，司机驾驶平稳规范，下车时乘客用手语向司机表达感谢，司机回忆微笑，让用户感受到了彼此的尊重。</t>
+  </si>
+  <si>
+    <t>2026-01-27 20:32:00</t>
+  </si>
+  <si>
+    <t>小红书用户“35岁+的小曹同学”发布乘坐滴滴网约车遇到听障司机相关图文</t>
+  </si>
+  <si>
+    <t>抖音用户“忙人七月”</t>
+  </si>
+  <si>
+    <t>眼睛看不见的我差一点被司机赶下车哈哈后来司机了解到我的情况非常耐心的把我送到小区门口</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7599947785937177253</t>
+  </si>
+  <si>
+    <t>视障用户乘坐网约车，到达终点后司机催促乘客下车。乘客表示自己看不见，司机称没收到提示，随后主动下车带领乘客前往目的地。</t>
+  </si>
+  <si>
+    <t>2026-01-27 15:58:00</t>
+  </si>
+  <si>
+    <t>抖音用户“忙人七月”发布视障者乘坐网约车相关短视频</t>
+  </si>
+  <si>
+    <t>今日头条用户“木羽”</t>
+  </si>
+  <si>
+    <t>陪坐轮椅的婆婆打滴滴去医院打吊瓶，被俩个司机拒载，轮椅背锅，打了第三辆车才成功。</t>
+  </si>
+  <si>
+    <t>https://www.toutiao.com/w/1855452513747968/</t>
+  </si>
+  <si>
+    <t>用户陪同轮椅乘客使用滴滴打车，部分司机以车辆放不下轮椅为由拒载乘客。也有好心司机下车帮忙安放轮椅。</t>
+  </si>
+  <si>
+    <t>2026-01-27 15:41:00</t>
+  </si>
+  <si>
+    <t>今日头条用户“木羽”发布轮椅乘客乘坐滴滴网约车遭遇拒载相关文章</t>
+  </si>
+  <si>
+    <t>特别冷的早晨，导盲犬椰果带着我又一次出发</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7599853863735717873</t>
+  </si>
+  <si>
+    <t>视障用户携带导盲犬乘坐滴滴网约车前往火车站，司机主动下车协助乘客上下车，到达后带领乘客前往进站口。</t>
+  </si>
+  <si>
+    <t>2026-01-27 09:54:00</t>
+  </si>
+  <si>
+    <t>抖音用户“李师傅和导盲犬椰果”发布视障者携带导盲犬乘坐滴滴网约车相关短视频</t>
+  </si>
+  <si>
+    <t>新京报</t>
+  </si>
+  <si>
+    <t>委员谈民生：为残障人士配无障碍健身器材，为老人建远程医疗平台</t>
+  </si>
+  <si>
+    <t>https://m.bjnews.com.cn/detail/1769441662129957.html</t>
+  </si>
+  <si>
+    <t>北京市政协十四届四次会议举行民生专题座谈会，政协委员围绕全民健身、养老医疗、消费维权等议题建言献策。延庆区体育局局长柳千训建议为残障人士配置无障碍健身器材，为不同群体定制健身服务；中国医学科学院肿瘤医院主任医师王昕提议为高龄失能失智老人打造远程医疗平台，实现居家医疗保障</t>
+  </si>
+  <si>
+    <t>2026-01-27 08:51:00</t>
+  </si>
+  <si>
+    <t>新京报发布报道委员谈民生：为残障人士配无障碍健身器材，为老人建远程医疗平台</t>
+  </si>
+  <si>
+    <t>广告门</t>
+  </si>
+  <si>
+    <t>这是我见过最没有创意的装置 , 但很有用</t>
+  </si>
+  <si>
+    <t>https://m.adquan.com/creative/detail/358260</t>
+  </si>
+  <si>
+    <t>滴滴推出针对冬季长辈就医高峰的线下装置——一键叫车按钮，安装在医院附近，方便长辈叫车，安装高度考虑到轮椅人士。该装置延续滴滴便利贴的实用风格，以简洁设计和精准洞察满足长辈需求。滴滴通过场景化叙事、注重体验设计等方式，将商业信息转化为情感沟通，引发情感共鸣。其坚持做“有用的事”，在品牌营销中强调稳定持续与新鲜相关性，提升品牌美誉度和公共信任，展现了互联网品牌线下服务能力的重要性。</t>
+  </si>
+  <si>
+    <t>2026-01-26 21:39:00</t>
+  </si>
+  <si>
+    <t>广告门发布滴滴在医院周边安装一键叫车装置相关文章</t>
+  </si>
+  <si>
+    <t>微信公众号“中移互联网有限公司”</t>
+  </si>
+  <si>
+    <t>“中移无障碍是一项系统性、长期性的科技助残事业”</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/3xdFNPGSQj1Qx9i_-3kKPw</t>
+  </si>
+  <si>
+    <t>中移无障碍是中国移动推出的AI科技助残项目，通过5G和人工智能技术为听障人士提供专属语音识别服务。全国人大常委会委员吕世明近期调研中移互联网公司，肯定其将业务优势与无障碍需求融合的做法，并从国家战略、资源整合、科技助残三方面提出指导意见，强调国资央企应承担社会责任，推动无障碍信息基础设施建设。</t>
+  </si>
+  <si>
+    <t>2026-01-26 16:47:00</t>
+  </si>
+  <si>
+    <t>微信公众号“中移互联网有限公司”发布吕世民调研中移无障碍平台相关推文</t>
+  </si>
+  <si>
+    <t>小红书用户“real_tyq”</t>
+  </si>
+  <si>
+    <t>第一次轮椅出行坐飞机</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/20hb7JhFsIJ</t>
+  </si>
+  <si>
+    <t>轮椅使用者分享出行经历，乘坐滴滴专车，车内干净整洁能放下轮椅，司机服务态度好。</t>
+  </si>
+  <si>
+    <t>2026-01-25 23:55:00</t>
+  </si>
+  <si>
+    <t>小红书用户“real_tyq”发布轮椅使用者乘坐滴滴网约车相关图文</t>
+  </si>
+  <si>
+    <t>报告解读丨委员建议依托北京科创资源优势，研发智能盲道解决方案</t>
+  </si>
+  <si>
+    <t>https://m.bjnews.com.cn/detail/1769350256129110.html</t>
+  </si>
+  <si>
+    <t>北京市政协常委魏春荣在北京市人民代表大会上建议，依托北京科创资源优势研发智能盲道解决方案，包括嵌入传感模块实现实时预警、开发专属APP提供数字化服务，并完善无障碍设施建设管理机制，以提升残障人士出行体验和生活品质。</t>
+  </si>
+  <si>
+    <t>2026-01-25 22:33:00</t>
+  </si>
+  <si>
+    <t>新京报发布委员建议依托北京科创资源优势，研发智能盲道解决方案相关新闻报道</t>
+  </si>
+  <si>
+    <t>今日头条用户“有一说一，我是王守一”</t>
+  </si>
+  <si>
+    <t>聋哑人是否适合从事出租或网约车行业？</t>
+  </si>
+  <si>
+    <t>https://m.toutiao.com/is/xrNuDGLUyyE/</t>
+  </si>
+  <si>
+    <t>用户乘坐网约车遇到听障司机，用户发现司机未佩戴助听设备，听不见导航声音完全依赖视觉而且开错了路，司机驾驶过程中也十分急躁。用户对听障人士是否适合从事网约车行业存在疑虑。</t>
+  </si>
+  <si>
+    <t>2026-01-24 22:40:00</t>
+  </si>
+  <si>
+    <t>今日头条用户“有一说一，我是王守一”发布对听障司机从事网约车行业存疑相关文章</t>
+  </si>
+  <si>
+    <t>抖音用户“轮椅周富润”</t>
+  </si>
+  <si>
+    <t>希望滴滴平台能给残疾人设置一个专门的按钮，方便出行。</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7598229739421531515</t>
+  </si>
+  <si>
+    <t>轮椅乘客使用滴滴打车，用户表示叫车时前几位司机都不愿意接单，然后才遇到热心的第3位司机，愿意接单并帮助乘客安放轮椅。用户希望平台提供备注功能让司机接单时提前知晓用户携带轮椅。</t>
+  </si>
+  <si>
+    <t>2026-01-23 00:52:00</t>
+  </si>
+  <si>
+    <t>抖音用户“轮椅周富润”发布轮椅使用者乘坐滴滴网约车相关短视频</t>
+  </si>
+  <si>
+    <t>微博用户“用户7751856702”</t>
+  </si>
+  <si>
+    <t>今天在杭州打网约车打到了一位聋哑师傅的车</t>
+  </si>
+  <si>
+    <t>https://weibo.com/7751856702/5257899366419643</t>
+  </si>
+  <si>
+    <t>用户乘坐网约车遇到听障司机，用户表示车内空气清新，听障司机就业体现了城市的包容。</t>
+  </si>
+  <si>
+    <t>2026-01-22 14:45:00</t>
+  </si>
+  <si>
+    <t>微博用户“用户7751856702”发布乘坐网约车遇到听障司机相关博文</t>
+  </si>
+  <si>
+    <t>微博话题</t>
+  </si>
+  <si>
+    <t>#被青海的出行便捷度拿捏了</t>
+  </si>
+  <si>
+    <t>https://weibo.com/p/2315220f572233c78cee58250811e914aff70d</t>
+  </si>
+  <si>
+    <t>医院联合滴滴打造“医路畅行”服务，配备共享轮椅、防风帘候车厅搭配便捷一键滴滴打车，司机直接开到门口，提升就医出行便捷性。</t>
+  </si>
+  <si>
+    <t>2026-01-22 10:35:00</t>
+  </si>
+  <si>
+    <t>滴滴在青海推出的“”医路畅行服务相关微博话题登上热榜</t>
+  </si>
+  <si>
+    <t>滴滴在青海推出的“医路畅行”服务相关微博话题登上热榜</t>
+  </si>
+  <si>
+    <t>最笨的 AI 来了……</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/AbKWqiJpZAk</t>
+  </si>
+  <si>
+    <t>用户携带轮椅使用滴滴出行的AI打车功能叫车，用户向AI提出需要一个后备箱大的车放轮椅，结果来了一个非常小的车，后备箱放不下轮椅。</t>
+  </si>
+  <si>
+    <t>2026-01-22 08:57:00</t>
+  </si>
+  <si>
+    <t>小红书用户“momo”发布轮椅使用者使用滴滴AI打车体验不佳相关图文</t>
+  </si>
+  <si>
+    <t>抖音用户“然后Vlog”</t>
+  </si>
+  <si>
+    <t>滴滴无障碍订单，昨天的盲人朋友。愿每个人都被温柔以待</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7597469064953605519</t>
+  </si>
+  <si>
+    <t>滴滴司机接到无障碍订单，主动下车寻找视障乘客，引导乘客上车。到达终点后，主动下车带领乘客前往地铁站</t>
+  </si>
+  <si>
+    <t>2026-01-20 23:40:00</t>
+  </si>
+  <si>
+    <t>抖音用户“然后Vlog”发布滴滴司机接到无障碍订单热心提供帮助相关短视频</t>
+  </si>
+  <si>
+    <t>川观新闻</t>
+  </si>
+  <si>
+    <t>听障人士也能打120！成都市无障碍急救平台上线</t>
+  </si>
+  <si>
+    <t>https://cbgc.scol.com.cn/news/7197840</t>
+  </si>
+  <si>
+    <t>成都市无障碍急救平台于2026年1月20日正式上线，该平台支持听障人士拨打120呼救，可将文字转译为语音并推送位置及健康档案，同时将调度员语音回复转为文字显示。该平台旨在打破信息障碍，提升急救体系的包容性和响应效率。此外，成都市急救指挥中心还组织残障人士参观急救设施并学习急救技能，倡导社会关心支持残障人士生命安全。</t>
+  </si>
+  <si>
+    <t>2026-01-20 19:05:00</t>
+  </si>
+  <si>
+    <t>川观新闻发布成都市无障碍急救平台上线相关新闻报道</t>
+  </si>
+  <si>
+    <t>抖音用户“叶子在追光”</t>
+  </si>
+  <si>
+    <t>盲人是怎么打车的呢？遇到了温暖的司机，让出行更顺利啦</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7597388722086509690</t>
+  </si>
+  <si>
+    <t>视障者分享使用滴滴出行打车，介绍视障者可以享受优先派单等权益。司机到达后电话联系乘客，主动下车协助乘客上车。</t>
+  </si>
+  <si>
+    <t>2026-01-20 18:28:00</t>
+  </si>
+  <si>
+    <t>抖音用户“叶子在追光”发布视障者乘坐滴滴网约车相关短视频</t>
+  </si>
+  <si>
+    <t>抖音用户“齐齐”</t>
+  </si>
+  <si>
+    <t>打了一个网约车，司机是一名聋哑人</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7597350190278657137</t>
+  </si>
+  <si>
+    <t>用户乘坐网约车遇到听障司机，用户表示司机驾驶过程中一直用手语打视频电话。</t>
+  </si>
+  <si>
+    <t>2026-01-20 15:58:00</t>
+  </si>
+  <si>
+    <t>抖音用户“齐齐”发布乘坐网约车遇到听障司机分心驾驶相关短视频</t>
+  </si>
+  <si>
+    <t>争渡论坛用户“指尖的solo”</t>
+  </si>
+  <si>
+    <t>必须给滴滴点个赞，顺便也给阿里点个赞</t>
+  </si>
+  <si>
+    <t>https://www.zd.hk/thread/169564</t>
+  </si>
+  <si>
+    <t>视障用户称赞滴滴平台，分享乘坐滴滴网约车司机服务意识很强，都会主动帮助乘客。优先叫车权益也很有用，身边人都叫不到车时只有自己能叫到车。</t>
+  </si>
+  <si>
+    <t>2026-01-20 11:29:00</t>
+  </si>
+  <si>
+    <t>争渡论坛用户“指尖的solo”发布视障者称赞滴滴平台服务相关帖子</t>
+  </si>
+  <si>
+    <t>争渡论坛用户“红尘小沙弥”</t>
+  </si>
+  <si>
+    <t>携带导盲犬的滴滴打车盲人用户，我要问一句，是不是有特别的无障碍认证</t>
+  </si>
+  <si>
+    <t>https://www.zd.hk/thread/169563</t>
+  </si>
+  <si>
+    <t>视障用户发帖讨论看到有人租借导盲犬使用者滴滴账号，网友表示可能现在只有导盲犬账号可以给司机加分，因此有此类黑产，呼吁视障群体抵制此类行为。</t>
+  </si>
+  <si>
+    <t>2026-01-20 11:25:00</t>
+  </si>
+  <si>
+    <t>争渡论坛用户“红尘小沙弥”发帖讨论租用导盲犬使用者滴滴账号相关现象</t>
+  </si>
+  <si>
+    <t>小红书用户“喵了个Code”</t>
+  </si>
+  <si>
+    <t>打车打到听障司机师傅</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/4Ey7fZTVZFC</t>
+  </si>
+  <si>
+    <t>用户乘坐网约车遇到听障司机，用户表示司机佩戴了助听器，车内干净整洁，同时体现了社会对听障人士的包容。</t>
+  </si>
+  <si>
+    <t>2026-01-20 10:40:00</t>
+  </si>
+  <si>
+    <t>小红书用户“喵了个Code”发布乘坐网约车遇到听障司机相关图</t>
+  </si>
+  <si>
+    <t>小红书用户“发财小小酥”</t>
+  </si>
+  <si>
+    <t>坐过最干净的男司机的车，是个聋哑人</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/mIO0CrePqB</t>
+  </si>
+  <si>
+    <t>用户乘坐网约车遇到听障司机，用户表示车内收拾的非常干净整洁没有异味，司机驾驶认真不玩手机，乘车感到很安全</t>
+  </si>
+  <si>
+    <t>2026-01-19 23:13:00</t>
+  </si>
+  <si>
+    <t>小红书用户“发财小小酥”发布乘坐网约车遇到听障司机相关图文</t>
+  </si>
+  <si>
+    <t>抖音用户“盲人正骨老师单文敏”</t>
+  </si>
+  <si>
+    <t>大家觉得盲人可不可以一个人在手机上面打网约车呢？这条视频揭晓答案</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7596930168012104275</t>
+  </si>
+  <si>
+    <t>视唱者分享使用滴滴出行打车经历，司机到达后按喇叭提醒乘客，乘客自行上车</t>
+  </si>
+  <si>
+    <t>2026-01-19 12:49:00</t>
+  </si>
+  <si>
+    <t>抖音用户“盲人正骨老师单文敏”发布视障者乘坐滴滴网约车相关短视频</t>
+  </si>
+  <si>
+    <t>抖音用户“孙图图”</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7596654938236586724</t>
+  </si>
+  <si>
+    <t>轮椅乘客乘坐网约车，司机帮助乘客收纳轮椅，表示理解乘客的不便，但平台规定不能接触乘客无法搀扶其上下车。</t>
+  </si>
+  <si>
+    <t>2026-01-18 19:01:00</t>
+  </si>
+  <si>
+    <t>抖音用户“孙图图”发布轮椅使用者乘坐网约车相关短视频</t>
+  </si>
+  <si>
+    <t>争渡论坛用户“残页”</t>
+  </si>
+  <si>
+    <t>近期打算购买或升级 vivo 的小伙伴看过来！我们反映 vivo 无障碍问题已有一段时日，却迟迟未得到实质进展</t>
+  </si>
+  <si>
+    <t>http://www.zd.hk/thread-index-fid-2-tid-169482.htm</t>
+  </si>
+  <si>
+    <t>视障用户发起针对vivo手机无障碍问题的反馈行动。作者已向监管部门（如工信部、消协等）、媒体（央视新闻、中国青年报等）、社交平台（微博、知乎等）以及vivo客服反映问题，但未获有效答复。目前整理出133项无障碍问题，涉及33个系统模块，依据相关无障碍规范进行申诉，呼吁大家共同推动vivo优化无障碍功能，并提醒购机或升级用户谨慎选择。</t>
+  </si>
+  <si>
+    <t>2026-01-18 16:17:00</t>
+  </si>
+  <si>
+    <t>争渡论坛用户“残页”发布针对vivo手机无障碍问题的反馈行动相关帖子</t>
+  </si>
+  <si>
+    <t>抖音用户“桂花汤圆”</t>
+  </si>
+  <si>
+    <t>盲人女生第一视角挑战坐公交车。嘿嘿，挑战失败</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7596590521242489253</t>
+  </si>
+  <si>
+    <t>视障者使用普通犬只导盲，并与其乘坐滴滴网约车，乘客提前联系司机司机同意带狗乘车。</t>
+  </si>
+  <si>
+    <t>2026-01-18 14:51:00</t>
+  </si>
+  <si>
+    <t>抖音用户“桂花汤圆”发布视障者携带普通犬只乘坐滴滴网约车相关短视频</t>
+  </si>
+  <si>
+    <t>争渡论坛用户“雷霆破晓”</t>
+  </si>
+  <si>
+    <t>滴滴出行的无障碍优先叫车权益是不是没了？</t>
+  </si>
+  <si>
+    <t>https://www.zd.hk/thread/169462</t>
+  </si>
+  <si>
+    <t>视障用户发帖反馈在使用滴滴叫车时没有享受到优先派单的权益，很长时间没有叫到车辆需要选择价格更高的车型，叫到车辆时也没有优先叫道车辆的播报，只有上车后的司机端盲人乘客播报。有网友评论也遇到同样问题。</t>
+  </si>
+  <si>
+    <t>2026-01-18 08:25:00</t>
+  </si>
+  <si>
+    <t>争渡论坛用户“雷霆破晓”发布视障者使用滴滴打车未能优先派单相关帖子</t>
+  </si>
+  <si>
+    <t>微博用户“小仙点com点cn”</t>
+  </si>
+  <si>
+    <t>朋友圈里北京大雪纷飞</t>
+  </si>
+  <si>
+    <t>https://m.weibo.cn/status/QnAwG6SyZ?mblogid=QnAwG6SyZ&amp;launchid=10000360-page_H5</t>
+  </si>
+  <si>
+    <t>用户乘坐滴滴网约车遇到听障司机，开始有些紧张但司机驾驶平稳，用户对滴滴平台的包容表示称赞。</t>
+  </si>
+  <si>
+    <t>2026-01-17 23:30:00</t>
+  </si>
+  <si>
+    <t>微博用户“小仙点com点cn”发布乘坐滴滴网约车遇到听障司机相关博文</t>
+  </si>
+  <si>
+    <t>小红书用户“兰德姆艾迪”</t>
+  </si>
+  <si>
+    <t>人生学会的第一句手语是谢谢</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/2kEfwAqa19H</t>
+  </si>
+  <si>
+    <t>用户乘坐网约车遇到听障司机，用户表示司机驾驶认真平稳，用户学习手语下车时向司机表示感谢。</t>
+  </si>
+  <si>
+    <t>2026-01-17 00:23:00</t>
+  </si>
+  <si>
+    <t>小红书用户“兰德姆艾迪”发布乘坐网约车遇到听障司机相关图文</t>
+  </si>
+  <si>
+    <t>微信公众号“大淘宝技术”</t>
+  </si>
+  <si>
+    <t>AI 无障碍 CR 与自动适配实践：从问题洞察到效果验证</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/_9oGDBCmKlYIr2Tpoy9i3w</t>
+  </si>
+  <si>
+    <t>本文介绍了一套基于 AI 的无障碍自动适配方案，通过在开发阶段嵌入 AI 代码评审与智能修复能力，聚焦文本朗读、焦点管理和交互识别等高频问题，实现“写代码即修无障碍”。方案覆盖前端（Weex/H5）和 DX 模板，结合知识库、自动检测与补全工具，在自测和生产环境中均达到 95% 以上的优良修复率，显著降低人工成本，并计划扩展至 Native 和 D2C 场景，构建端到端的无障碍工程闭环。</t>
+  </si>
+  <si>
+    <t>2026-01-16 17:16:00</t>
+  </si>
+  <si>
+    <t>微信公众号“大淘宝技术”发布基于AI的无障碍自动适配方法相关推文</t>
+  </si>
+  <si>
+    <t>抖音用户“盲人橘子”</t>
+  </si>
+  <si>
+    <t>所以司机师傅到底咋过来的啊小伙伴们？</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7595617062547122274</t>
+  </si>
+  <si>
+    <t>视障用户乘坐滴滴网约车，司机电话联系乘客，主动下车寻找乘客协助乘客上车。</t>
+  </si>
+  <si>
+    <t>2026-01-16 07:00:00</t>
+  </si>
+  <si>
+    <t>抖音用户“盲人橘子”发布视障者乘坐滴滴网约车相关短视频</t>
+  </si>
+  <si>
+    <t>抖音用户“滴滴队长晋恺”</t>
+  </si>
+  <si>
+    <t>2026，把爱藏进每一公里，平凡日子里的一束光！</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7595504244988392531</t>
+  </si>
+  <si>
+    <t>滴滴司机分享接到一位视障乘客，司机主动下车协助乘客上下车，并表达作为司机应乐于助人传递温暖</t>
+  </si>
+  <si>
+    <t>2026-01-15 16:35:00</t>
+  </si>
+  <si>
+    <t>抖音用户“滴滴队长晋恺”发布滴滴司机接到视障乘客相关短视频</t>
+  </si>
+  <si>
+    <t>微博用户“腚腚的夏天”</t>
+  </si>
+  <si>
+    <t>打快车，打到了一台乐道L60</t>
+  </si>
+  <si>
+    <t>https://weibo.com/6308964381/5255358446568965</t>
+  </si>
+  <si>
+    <t>用户乘坐滴滴网约车遇到听障司机，车内后排安装有显示屏和麦克风，用户通过语音转文字司机通过打字实现双向沟通。用户表示司机使用三部手机一台打字沟通一台导航一台接单，没有聊天驾驶专心。同时车内布置精美，用户整体感受很好。</t>
+  </si>
+  <si>
+    <t>2026-01-15 14:29:00</t>
+  </si>
+  <si>
+    <t>微博用户“腚腚的夏天”发布乘坐滴滴网约车遇到听障司机服务专业相关博文</t>
+  </si>
+  <si>
+    <t>微信公众号“珠海市规划设计研究院”</t>
+  </si>
+  <si>
+    <t>项目介绍｜以智慧赋能城市空间、树立行业新标杆——我院设计团队打造全国首个全方位智能化、无障碍公交站</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/wbYizVvd2dPqtyYjwJE4Xg</t>
+  </si>
+  <si>
+    <t>珠海市规划设计研究院联合中国建筑标准设计研究院有限公司设计的国际网球中心公交站正式投入使用。该公交站位于横琴粤澳深度合作区，是全国首个集智能化、装配式、无障碍三大亮点于一体的公交站。它为第十五届全运会及残特奥会提供高标准服务保障，成为城市公共交通设施创新的典范。公交站具备智能电子站牌、无障碍通行体系、智能助残服务、无障碍卫生间等设施，采用模块化装配式施工，践行绿色低碳理念，推动城市品质提升。</t>
+  </si>
+  <si>
+    <t>2026-01-15 09:48:00</t>
+  </si>
+  <si>
+    <t>微信公众号“珠海市规划设计研究院”发布全国首个全方位智能化、无障碍公交站相关推文</t>
+  </si>
+  <si>
+    <t>抖音用户“薛见见”</t>
+  </si>
+  <si>
+    <t>去医院复查膝盖（上）</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7595377149394125029</t>
+  </si>
+  <si>
+    <t>视障者乘坐滴滴网约车，乘客提前联系司机告知情况。司机到达后按喇叭提醒乘客，并主动下车协助乘客上下车。</t>
+  </si>
+  <si>
+    <t>2026-01-15 08:22:00</t>
+  </si>
+  <si>
+    <t>抖音用户“薛见见”发布视障者乘坐滴滴网约车相关短视频</t>
+  </si>
+  <si>
+    <t>小红书用户“少来”</t>
+  </si>
+  <si>
+    <t>聋人网约车师傅</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/JAfdTPL1YK</t>
+  </si>
+  <si>
+    <t>用户乘坐高德网约车遇到听障司机，用户表示司机驾驶认真，认为驾驶安全与其是否是听障人士并无关联，认真驾驶更为关键</t>
+  </si>
+  <si>
+    <t>2026-01-14 01:08:00</t>
+  </si>
+  <si>
+    <t>小红书用户“少来”发布乘坐高德网约车遇到听障司机相关图文</t>
+  </si>
+  <si>
+    <t>小红书用户“xuo_OUX”</t>
+  </si>
+  <si>
+    <t>打到聋人网约车</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/5fmnanCPosn</t>
+  </si>
+  <si>
+    <t>用户乘坐网约车遇到听障司机，用户表示司机驾驶过程中用手语打视频电话。</t>
+  </si>
+  <si>
+    <t>2026-01-14 00:19:00</t>
+  </si>
+  <si>
+    <t>小红书用户“xuo_OUX”发布乘坐网约车遇到听障司机分心驾驶相关图文</t>
+  </si>
+  <si>
+    <t>小红书用户“大头猫娃娃鱼”</t>
+  </si>
+  <si>
+    <t>独行残障女生曹操出行上海市区被甩客记</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/4zGakH1Gy3Q</t>
+  </si>
+  <si>
+    <t>肢体障碍用户乘坐曹操出行网约车，司机在距离终点还有几百米处要求乘客下车，乘客表示有行动障碍无法在此下车前往终点，双方发生争执报警处理。乘客希望平台加强司机培训，维护乘客权益。</t>
+  </si>
+  <si>
+    <t>2026-01-13 00:46:00</t>
+  </si>
+  <si>
+    <t>小红书用户“大头猫娃娃鱼”发布肢体障碍人士乘坐曹操出行网约车司机未送达终点要求乘客下车相关图文</t>
+  </si>
+  <si>
+    <t>潮新闻</t>
+  </si>
+  <si>
+    <t>持有C5驾照的残障人士能否开上网约车？省人大代表何肖龙这样建议</t>
+  </si>
+  <si>
+    <t>https://tidenews.com.cn/news.html?id=3345746&amp;app_jump=1</t>
+  </si>
+  <si>
+    <t>浙江省人大代表何肖龙建议，应允许持有C5驾照的残障人士开网约车。目前浙江未明确C5驾照纳入网约车准入范围，导致相关残障人士无法合法从业。何肖龙提出，应加快政策突破，明确准入资格，协调网约车平台开放注册通道，简化审核流程，开发无障碍功能。他还建议在试点城市设立服务驿站，提供一站式服务和财政补贴，通过宣传和体验活动消除社会偏见，保障残障人士平等就业权。</t>
+  </si>
+  <si>
+    <t>2026-01-12 20:10:00</t>
+  </si>
+  <si>
+    <t>潮新闻发布浙江人大代表建议C5驾照残障司机可开网约车相关推文</t>
+  </si>
+  <si>
+    <t>小红书用户“骨折恢复中的CPAer”</t>
+  </si>
+  <si>
+    <t>骨折后才知道坐轮椅出门有多难</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/299oyn6iXrK</t>
+  </si>
+  <si>
+    <t>轮椅乘客分享在北京打车出行经验，使用滴滴出行的无障碍车无人接单。通过智龄出行预约到了车辆，按服务时间收费，价格与商务车接近。</t>
+  </si>
+  <si>
+    <t>2026-01-12 18:00:00</t>
+  </si>
+  <si>
+    <t>抖音用户“听郑润泽入睡”</t>
+  </si>
+  <si>
+    <t>第一次打到听障司机的车</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/note/7594140218303751289</t>
+  </si>
+  <si>
+    <t>用户乘坐滴滴网约车上车后发现司机是听障人士，用户从网上了解到听障人士也可以开网约车，表示并不感到危险司机驾驶也很认真。</t>
+  </si>
+  <si>
+    <t>2026-01-12 00:22:00</t>
+  </si>
+  <si>
+    <t>抖音用户“听郑润泽入睡”发布乘坐滴滴网约车遇到听障司机相关图文</t>
+  </si>
+  <si>
+    <t>小红书用户“铭澈”</t>
+  </si>
+  <si>
+    <t>聋哑人怎么叫车</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/8XRJqELMrN6</t>
+  </si>
+  <si>
+    <t>用户发帖询问听障人士如何叫车，担心无法与司机确认手机尾号。网友回复称可以在手机上打字写下信息。</t>
+  </si>
+  <si>
+    <t>2026-01-10 15:25:00</t>
+  </si>
+  <si>
+    <t>小红书用户“铭澈”发帖询问听障人士如何打车</t>
+  </si>
+  <si>
+    <t>微信公众号“新起点公益”</t>
+  </si>
+  <si>
+    <t>无障碍｜由北京新起点公益支持的《沈阳地铁无障碍指南电子手册》正式上线</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/p1vHr8UXm-gOCR2ZU1QbDA</t>
+  </si>
+  <si>
+    <t>《沈阳地铁无障碍指南电子手册》由北京新起点公益支持，于2025年国际残疾人日上线。手册由白雪发起，团队坐着轮椅采集数据，涵盖沈阳6条地铁线路、146个站点。它为残障人士等提供清晰出行指引，通过线上和实体形式发放，助力无障碍出行。</t>
+  </si>
+  <si>
+    <t>2026-01-10 09:00:00</t>
+  </si>
+  <si>
+    <t>微信公众号“新起点公益”发布《沈阳地铁无障碍指南电子手册》正式上线相关推文</t>
+  </si>
+  <si>
+    <t>小红书用户“dan💓”</t>
+  </si>
+  <si>
+    <t>第一次|遇到听障人士开的滴滴</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/wvf8UhBH65</t>
+  </si>
+  <si>
+    <t>用户乘坐滴滴网约车遇到听障司机，认为这体现了社会的包容。</t>
+  </si>
+  <si>
+    <t>2026-01-09 23:08:00</t>
+  </si>
+  <si>
+    <t>小红书用户“dan💓”发布乘坐滴滴网约车遇到听障司机相关图文</t>
+  </si>
+  <si>
+    <t>微信公众号“无障碍产品”</t>
+  </si>
+  <si>
+    <t>无障碍设计 | 日产的无障碍设计及福祉车队</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/hKTAv1IjmvUdcShwWBPYtw</t>
+  </si>
+  <si>
+    <t>日产致力于让残障人士和老年人享受开车乐趣，其福祉车辆配备多种无障碍设计，如电驱动尾门升降器、尾门坡面板、侧滑门自动椅、副驾旋转椅和侧门自动台阶等，涉及车型包括ELGRAND、SERENA等。</t>
+  </si>
+  <si>
+    <t>2026-01-09 17:41:00</t>
+  </si>
+  <si>
+    <t>微信公众号“无障碍产品”发布日产福祉车无障碍设计相关推文</t>
+  </si>
+  <si>
+    <t>抖音用户“宝哥和他的导盲犬”</t>
+  </si>
+  <si>
+    <t>没提前规划好的旅程,出现了各种状况,但是结果还是好的</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7593284211805637924</t>
+  </si>
+  <si>
+    <t>视障用户携带导盲犬乘坐网约车，叫车等待时间较长，司机提前电话联系乘客，主动下车协助乘客上下车。</t>
+  </si>
+  <si>
+    <t>2026-01-09 17:01:00</t>
+  </si>
+  <si>
+    <t>抖音用户“宝哥和他的导盲犬”发布视障者携带导盲犬乘坐网约车相关短视频</t>
+  </si>
+  <si>
+    <t>微博账号“福建新闻广播fm1036”</t>
+  </si>
+  <si>
+    <t>【就医出行新升级滴滴“医路畅行”暖心服务落地宁德】</t>
+  </si>
+  <si>
+    <t>https://weibo.com/1685262231/5253200870641067</t>
+  </si>
+  <si>
+    <t>“医路畅行”项目在宁德启动，由滴滴出行联合多部门落地。通过设立暖心车站、院内指引标志、医护保障车队等方式，优化患者就医出行体验。项目覆盖宁德多家医院，提供休息区、应急医疗箱等设施，还推出医疗出行券包及司机补贴，改善患者和司机体验，形成多方共赢服务闭环。</t>
+  </si>
+  <si>
+    <t>2026-01-09 15:35:00</t>
+  </si>
+  <si>
+    <t>微博账号“福建新闻广播fm1036”发布“医路畅行”项目在宁德启动相关新闻报道</t>
+  </si>
+  <si>
+    <t>微博用户“王丫米”</t>
+  </si>
+  <si>
+    <t>在要求滴滴改善残疾人服务的微博中</t>
+  </si>
+  <si>
+    <t>https://weibo.com/1643169402/5253181940434000</t>
+  </si>
+  <si>
+    <t>用户针对之前反馈滴滴服务轮椅乘客的问题，指出一些评论错误地将系统责任归咎于司机，混淆了提出问题与道德指责，并用“更惨的人”压制发声。作者强调应关注制度改进，而非指责个人，最终平台有所回应，推动了现实改变。</t>
+  </si>
+  <si>
+    <t>2026-01-09 14:20:00</t>
+  </si>
+  <si>
+    <t>微博用户“王丫米”发布滴滴服务轮椅乘客问题舆情的后续相关看法</t>
+  </si>
+  <si>
+    <t>抖音用户“宁静&amp;导盲犬Bingo的小世界”</t>
+  </si>
+  <si>
+    <t>第二次坐这位网约车师傅的车，他依旧热情周到。</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7592842824564349093</t>
+  </si>
+  <si>
+    <t>视障用户携带导盲犬乘坐滴滴网约车，第2次遇到这位司机，司机主动下车协助乘客上下车。</t>
+  </si>
+  <si>
+    <t>2026-01-08 12:28:00</t>
+  </si>
+  <si>
+    <t>抖音用户“宁静&amp;导盲犬Bingo的小世界”发布视障者携带导盲犬乘坐滴滴网约车相关短视频</t>
+  </si>
+  <si>
+    <t>这几天带着坐轮椅的朋友去医院</t>
+  </si>
+  <si>
+    <t>https://weibo.com/1643169402/5252788662570263</t>
+  </si>
+  <si>
+    <t>用户陪同轮椅使用者乘坐滴滴网约车前往医院，用户表示有司机不帮助乘客从轮椅转移到车内，还冷嘲热讽。用户希望平台加强司机培训，提供残疾人专车服务。</t>
+  </si>
+  <si>
+    <t>2026-01-08 12:17:00</t>
+  </si>
+  <si>
+    <t>微博用户“王丫米”发布轮椅使用者乘坐滴滴网约车司机不帮助上车相关博文</t>
+  </si>
+  <si>
+    <t>小红书用户“巅峰思辨﹣Wendy格子蘭”</t>
+  </si>
+  <si>
+    <t>你在马来西亚打车遇到过聋哑司机吗？</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/31zcvFL7S06</t>
+  </si>
+  <si>
+    <t>用户乘坐grab网约车，APP提示用户司机为听障人士，用户有些许犹豫但仍决定乘车。上车后用户表示司机服务热情，车内干净整洁，打消了之前的疑虑。</t>
+  </si>
+  <si>
+    <t>2026-01-07 21:00:00</t>
+  </si>
+  <si>
+    <t>小红书用户“巅峰思辨﹣Wendy格子蘭”发布乘坐网约车遇到听障司机相关短视频</t>
+  </si>
+  <si>
+    <t>微信公众号“胶州交通发展集团”</t>
+  </si>
+  <si>
+    <t>爱心接力暖旅途 助聋哑乘客顺利出行</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/WBgVUJ_SkDt-MGeN9Rj9rA</t>
+  </si>
+  <si>
+    <t>1月7日，胶州一名网约车司机带着两名听障乘客前往滨州无棣，因担心其出行困难，主动协助他们到胶州汽车总站。工作人员孙静通过纸笔与乘客沟通，开辟绿色通道，全程陪同办理购票和候车手续，确保乘客顺利出行。这场爱心接力彰显了城市的善意与温度。</t>
+  </si>
+  <si>
+    <t>2026-01-07 16:56:00</t>
+  </si>
+  <si>
+    <t>微信公众号“胶州交通发展集团”发布网约车司机与客运工作人员帮助听障人士乘车相关推文</t>
+  </si>
+  <si>
+    <t>抖音用户“夏果夏果”</t>
+  </si>
+  <si>
+    <t>看不见的我去应聘吉他老师，虽然跑空了，但在那个时空，我留下了属于我的歌声</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7592417153799866875</t>
+  </si>
+  <si>
+    <t>视障用户携带导盲犬乘坐滴滴网约车，司机主动下车协助乘客上下车</t>
+  </si>
+  <si>
+    <t>2026-01-07 12:00:00</t>
+  </si>
+  <si>
+    <t>抖音用户“夏果夏果”发布视障者携带导盲犬出行乘坐滴滴网约车相关短视频</t>
+  </si>
+  <si>
+    <t>今天又是勤劳的小蜜蜂哈哈！本来想坐公交车去上班的，结果外面太冷了，还是打个车吧。这个师傅也太专业了，特别的贴心，又是开心的一天</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7592456306964291427</t>
+  </si>
+  <si>
+    <t>世上用户乘坐滴滴网约车，司机主动下车协助乘客上下车。司机表示收到了系统的提示便下车帮助乘客。</t>
+  </si>
+  <si>
+    <t>2026-01-07 11:28:00</t>
+  </si>
+  <si>
+    <t>抖音用户“网约车阿陈”</t>
+  </si>
+  <si>
+    <t>我们网约车司机们如果接单到盲人乘客，希望司机们多担待，最好下车引导盲人乘客上车，盲人乘客找车难</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7592425033777520251</t>
+  </si>
+  <si>
+    <t>滴滴司机接到无障碍订单，系统提示司机帮助乘客，随后司机主动下车协助视障乘客上车。</t>
+  </si>
+  <si>
+    <t>2026-01-07 09:26:00</t>
+  </si>
+  <si>
+    <t>抖音用户“网约车阿陈”发布滴滴司机接到无障碍订单主动提供帮助相关短视频</t>
+  </si>
+  <si>
+    <t>小红书用户“zsj”</t>
+  </si>
+  <si>
+    <t>司机是聋哑人</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/kj7AuQQtZh</t>
+  </si>
+  <si>
+    <t>用户乘坐网约车发现司机是听障人士，导航提醒司机减速，用户想提醒司机，但驾驶速度太快担心影响司机。</t>
+  </si>
+  <si>
+    <t>2026-01-06 20:19:00</t>
+  </si>
+  <si>
+    <t>小红书用户“zsj”发布乘坐网约车遇到听障司机相关图文</t>
+  </si>
+  <si>
+    <t>微博用户“ 王丫米”</t>
+  </si>
+  <si>
+    <t>今天送朋友去会诊，早上的司机特别好</t>
+  </si>
+  <si>
+    <t>https://weibo.com/1643169402/5252106347086766</t>
+  </si>
+  <si>
+    <t>用户陪同轮椅使用者乘坐网约车前往医院，去程司机帮忙搬轮椅。回程滴滴司机拒绝提供帮助，称其打的是特惠快车。</t>
+  </si>
+  <si>
+    <t>2026-01-06 15:06:00</t>
+  </si>
+  <si>
+    <t>微博用户“ 王丫米”发布轮椅使用者乘坐滴滴网约车相关博文</t>
+  </si>
+  <si>
+    <t>网约车司机接到盲人乘客，司机拨打客服电话车费全额退回给乘客</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7592048684238676849?previous_page=app_code_link</t>
+  </si>
+  <si>
+    <t>网约车司机接到视障乘客，完单后联系平台客服退还车费</t>
+  </si>
+  <si>
+    <t>2026-01-06 09:06:00</t>
+  </si>
+  <si>
+    <t>抖音用户“网约车阿陈”发布网约车司机为视障乘客免单相关短视频</t>
+  </si>
+  <si>
+    <t>小红书用户“月亮上喝可乐”</t>
+  </si>
+  <si>
+    <t>打到了听障司机的车</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/14jmKteZe0h</t>
+  </si>
+  <si>
+    <t>用户乘坐网约车遇到听障司机，用户表示司机驾驶平稳</t>
+  </si>
+  <si>
+    <t>2026-01-06 08:25:00</t>
+  </si>
+  <si>
+    <t>小红书用户“月亮上喝可乐”发布乘坐网约车遇到听障司机相关图文</t>
+  </si>
+  <si>
+    <t>今日头条用户“活泼帆船qC4”</t>
+  </si>
+  <si>
+    <t>网约车打到一辆聋哑人士司机</t>
+  </si>
+  <si>
+    <t>https://m.toutiao.com/is/rn3Qnq9B-zw/</t>
+  </si>
+  <si>
+    <t>用户乘坐滴滴网约车遇到听障司机，用户认为这体现了社会的包容，但表示司机驾驶过程中与他人视频聊天。</t>
+  </si>
+  <si>
+    <t>2026-01-05 15:03:00</t>
+  </si>
+  <si>
+    <t>今日头条用户“活泼帆船qC4”发布乘坐滴滴网约车遇到听障司机分心驾驶相关文章</t>
+  </si>
+  <si>
+    <t>抖音用户“永不放弃(●—●)”</t>
+  </si>
+  <si>
+    <t>愿意为残疾人服务的，我们应该夸奖，不愿意为我们服务的，我们应该谅解</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7591466349718357349</t>
+  </si>
+  <si>
+    <t>轮椅使用者乘坐滴滴网约车，司机热心提供帮助。</t>
+  </si>
+  <si>
+    <t>2026-01-04 19:20:00</t>
+  </si>
+  <si>
+    <t>抖音用户“永不放弃(●—●)”发布轮椅使用者乘坐滴滴网约车相关短视频</t>
+  </si>
+  <si>
+    <t>抖音用户“盲人小爽的乐享生活”</t>
+  </si>
+  <si>
+    <t>第61集 | 原来司机的导航也会出故障啊</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7591460763995572709</t>
+  </si>
+  <si>
+    <t>视障用户乘坐滴滴网约车，司机主动下车协助乘客上下车。司机发现导航终点未到达目的地，主动行驶至目的地附近，并下车引导乘客前往。</t>
+  </si>
+  <si>
+    <t>2026-01-04 19:04:00</t>
+  </si>
+  <si>
+    <t>抖音用户“盲人小爽的乐享生活”发布视障者乘坐滴滴网约车相关短视频</t>
+  </si>
+  <si>
+    <t>小红书用户“八喜！”</t>
+  </si>
+  <si>
+    <t>这是我第一次打的打到聋哑人的车</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/35aMhBeVmNc</t>
+  </si>
+  <si>
+    <t>用户乘坐网约车遇到听障司机，电话联系司机时语音提示乘客通过文字沟通。乘客表示车内干净整洁，司机驾驶平稳，并给司机打赏鼓励。</t>
+  </si>
+  <si>
+    <t>2026-01-04 00:33:00</t>
+  </si>
+  <si>
+    <t>小红书用户“八喜！”发布乘坐网约车遇到听障司机相关图文</t>
+  </si>
+  <si>
+    <t>小红书用户“夏班早”</t>
+  </si>
+  <si>
+    <t>我的残腿康复日常</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/9japH6Ig4Da</t>
+  </si>
+  <si>
+    <t>轮椅使用者乘坐网约车，分享第一位司机拒载辱骂乘客，第二位司机帮助乘客乘车。</t>
+  </si>
+  <si>
+    <t>2026-01-03 22:57:00</t>
+  </si>
+  <si>
+    <t>小红书用户“夏班早”发布轮椅使用者乘坐网约车相关短视频</t>
+  </si>
+  <si>
+    <t>抖音用户“娇娇与@导盲犬二锦锦的日常”</t>
+  </si>
+  <si>
+    <t>师傅接单就能收到盲人携带导盲犬的提示，保险起见我会再次打电话</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7591077645586124864</t>
+  </si>
+  <si>
+    <t>视障用户携带导盲犬乘坐滴滴网约车，乘客电话联系司机司机表示接纳导盲犬，司机到达后主动询问是否需要帮助。</t>
+  </si>
+  <si>
+    <t>2026-01-03 18:18:00</t>
+  </si>
+  <si>
+    <t>抖音用户“娇娇与@导盲犬二锦锦的日常”发布视障者携带导盲犬乘坐滴滴网约车相关短视频</t>
+  </si>
+  <si>
+    <t>微博用户“傻孙媳妇”</t>
+  </si>
+  <si>
+    <t>年怀抱着无比热诚的心来到成都，遭受到的却是失望而归，成都，天府广场，你的素质名片全被他毁了。</t>
+  </si>
+  <si>
+    <t>https://weibo.com/7004879718/5250932046825442</t>
+  </si>
+  <si>
+    <t>用户与轮椅使用者乘坐滴滴网约车，司机态度粗鲁，拒载乘客。</t>
+  </si>
+  <si>
+    <t>2026-01-03 09:20:00</t>
+  </si>
+  <si>
+    <t>微博用户“傻孙媳妇”发布轮椅使用者遭遇滴滴司机拒载相关短视频</t>
+  </si>
+  <si>
+    <t>天坦社区用户“每一步”</t>
+  </si>
+  <si>
+    <t>分享一下今天在高德上面打车，因为无障碍适配做得太差，可把我急死了。</t>
+  </si>
+  <si>
+    <t>https://bbs.tatans.cn/topic/110114</t>
+  </si>
+  <si>
+    <t>视障用户分享使用高德地图APP打车无障碍体验很差，网友评论滴滴出行的无障碍做得更好。</t>
+  </si>
+  <si>
+    <t>2026-01-02 17:32:00</t>
+  </si>
+  <si>
+    <t>天坦社区用户“每一步”发布视障者使用高德打车无障碍体验不佳相关帖子</t>
+  </si>
+  <si>
+    <t>今天天气真不错，买点零食去看看小子辰，和盲校的孩子们一起过元旦</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7590440389871427151</t>
+  </si>
+  <si>
+    <t>视障用户乘坐滴滴网约车出行，司机按喇叭引导乘客，主动下车协助乘客上车。</t>
+  </si>
+  <si>
+    <t>2026-01-02 07:00:00</t>
+  </si>
+  <si>
+    <t>抖音用户“小江说”</t>
+  </si>
+  <si>
+    <t>盲人无障碍出行之滴滴打车！</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7590320448040074611</t>
+  </si>
+  <si>
+    <t>视障用户分享使用滴滴出行打车，司机到达后主动电话联系乘客，按喇叭引导乘客上车</t>
+  </si>
+  <si>
+    <t>2026-01-01 17:19:00</t>
+  </si>
+  <si>
+    <t>抖音用户“小江说”发布视障者乘坐滴滴网约车相关短视频</t>
+  </si>
+  <si>
+    <t>微博用户“碉堡的斜阳”</t>
+  </si>
+  <si>
+    <t>滴滴出行，他妈的就是骗子忽悠司机的接盲人有系统奖励10元</t>
+  </si>
+  <si>
+    <t>https://weibo.com/3134584201/5250237960557114</t>
+  </si>
+  <si>
+    <t>滴滴司机接到无障碍订单提示24小时内会发放10元奖励，但司机表示没有收到</t>
+  </si>
+  <si>
+    <t>2026-01-01 11:22:00</t>
+  </si>
+  <si>
+    <t>微博用户“碉堡的斜阳”发布滴滴司机未收到无障碍订单奖励相关博文</t>
+  </si>
+  <si>
+    <t>小红书用户“摇曳烛光”</t>
+  </si>
+  <si>
+    <t>打车遇到听障司机。很礼貌，但是我有点担心</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/31Kn9xqjbkV</t>
+  </si>
+  <si>
+    <t>用户乘坐网约车遇到听障司机，用户表示司机驾驶平稳，但驾驶过程中与他人打视频电话。</t>
+  </si>
+  <si>
+    <t>2026-01-01 00:50:00</t>
+  </si>
+  <si>
+    <t>小红书用户“摇曳烛光”发布乘坐网约车遇到听障司机相关图</t>
+  </si>
+  <si>
+    <t>小红书用户“密瓜哈哈”</t>
+  </si>
+  <si>
+    <t>好懊悔 打车遇到听障司机</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/7J6zP0lTweJ</t>
+  </si>
+  <si>
+    <t>用户乘坐网约车遇到听障司机，用户与司机联系不畅没有沟通好上车的，用户认为平台应该对听障司机进行标记</t>
+  </si>
+  <si>
+    <t>2025-12-31 00:58:00</t>
+  </si>
+  <si>
+    <t>小红书用户“密瓜哈哈”发布乘坐网约车遇到听障司机相关图文</t>
+  </si>
+  <si>
+    <t>小红书用户“小心”</t>
+  </si>
+  <si>
+    <t>在网约车上学手语谢谢</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/8nRIBZEBGPI</t>
+  </si>
+  <si>
+    <t>用户乘坐网约车遇到听障司机，下车时用户用手语向司机表示感谢，并打赏司机。</t>
+  </si>
+  <si>
+    <t>2025-12-30 07:37:00</t>
+  </si>
+  <si>
+    <t>小红书用户“小心”发布乘坐网约车遇到听障司机相关图文</t>
+  </si>
+  <si>
+    <t>小红书用户“小花卷 ✨”</t>
+  </si>
+  <si>
+    <t>滴滴管理不是还算严谨吗？这也能行！？</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/GYkbsplkmK</t>
+  </si>
+  <si>
+    <t>用户乘坐滴滴网约车遇到听障司机，用户认为听障司机驾驶存在安全隐患，平台不应该允许其从事网约车行业</t>
+  </si>
+  <si>
+    <t>2025-12-30 00:37:00</t>
+  </si>
+  <si>
+    <t>小红书用户“小花卷 ✨”发布图文认为听障司机不应从事网约车行业</t>
+  </si>
+  <si>
+    <t>天坦社区用户“风清气爽”</t>
+  </si>
+  <si>
+    <t>滴滴新出的那个滴滴小巴有盲人朋友做过吗？</t>
+  </si>
+  <si>
+    <t>https://bbs.tatans.cn/topic/109703</t>
+  </si>
+  <si>
+    <t>视障用户发帖询问滴滴小巴如何乘车。</t>
+  </si>
+  <si>
+    <t>2025-12-29 23:07:00</t>
+  </si>
+  <si>
+    <t>天坦社区用户“风清气爽”发帖询问滴滴小巴相关问题</t>
+  </si>
+  <si>
+    <t>抖音用户“宝龙与导盲犬卡尔”</t>
+  </si>
+  <si>
+    <t>冬季南京的傍晚却如此温暖；感恩出行；爱心无处不在</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7589060092680141739</t>
+  </si>
+  <si>
+    <t>视障用户乘坐网约车，下车后司机带领乘客前往目的地。</t>
+  </si>
+  <si>
+    <t>2025-12-29 07:49:00</t>
+  </si>
+  <si>
+    <t>抖音用户“宝龙与导盲犬卡尔”发布视障者乘坐网约车相关短视频</t>
+  </si>
+  <si>
+    <t>小红书用户“林洛洛不啰嗦”</t>
+  </si>
+  <si>
+    <t>坐网约车遇到听障司机，该怎么办</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/2mNUm0dxHCa</t>
+  </si>
+  <si>
+    <t>用户乘坐网约车遇到听障司机，用户表示司机驾驶过程中一直玩手机，后车鸣笛没有反应，车辆驾驶不平稳不规范。出于司机是残障人士乘客未投诉司机，希望知道应该如何处理此类情况。</t>
+  </si>
+  <si>
+    <t>2025-12-28 21:31:00</t>
+  </si>
+  <si>
+    <t>小红书用户“林洛洛不啰嗦”发布乘坐网约车遇到听障司机不安全驾驶相关短视频</t>
+  </si>
+  <si>
+    <t>小红书用户“哈雷小贝”</t>
+  </si>
+  <si>
+    <t>四方利群麦当劳附近堵的要命，打了个滴滴</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/1oveyvBhhEE</t>
+  </si>
+  <si>
+    <t>用户乘坐滴滴网约车，电话联系司机沟通上车位置，司机只回复让原地等待，乘客觉得司机不懂得变通。上车后发现司机是听障人士感到误会了司机。</t>
+  </si>
+  <si>
+    <t>2025-12-28 11:34:00</t>
+  </si>
+  <si>
+    <t>小红书用户“哈雷小贝”发布乘坐滴滴网约车遇到听障司机相关图文</t>
+  </si>
+  <si>
+    <t>小红书用户“清风”</t>
+  </si>
+  <si>
+    <t>上班路上叫到一辆网约车，司机师傅上车时用手语跟我打了招呼</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/1C2XodE6G4G</t>
+  </si>
+  <si>
+    <t>用户乘坐网约车遇到听障司机，用户表示，车内空气清新，司机驾驶平稳热心帮助乘客，令用户感动。</t>
+  </si>
+  <si>
+    <t>2025-12-28 09:57:00</t>
+  </si>
+  <si>
+    <t>小红书用户“清风”发布乘坐网约车遇到听障司机相关图文</t>
+  </si>
+  <si>
+    <t>小红书用户“youhaaaaaa_”</t>
+  </si>
+  <si>
+    <t>高德打车 太吓人了</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/1MW3lblR47v</t>
+  </si>
+  <si>
+    <t>用户乘坐高德网约车遇到听障司机，行程中司机开错路导致耽误很长时间，且司机在系统提前确认到达。用户表示自己并不歧视听障司机，但认为这种不规范操作会挤压其他残障人士的生存空间。</t>
+  </si>
+  <si>
+    <t>2025-12-27 18:19:00</t>
+  </si>
+  <si>
+    <t>小红书用户“youhaaaaaa_”发布乘坐网约车遇到听障司机相关图文</t>
+  </si>
+  <si>
+    <t>抖音用户“盲人姣姣的日常”</t>
+  </si>
+  <si>
+    <t>本来攥着手机还有点慌，没想到师傅二话不说扶我上下车，还细心报着台阶。看不见路，但看得见善意。感谢暖心的网约车师傅，也为我们这座有温度的城市点赞！</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7588069237782334961</t>
+  </si>
+  <si>
+    <t>视障用户乘坐滴滴网约车，司机主动下车协助乘客上下车，下车后将乘客带领至人行道。</t>
+  </si>
+  <si>
+    <t>2025-12-26 15:44:00</t>
+  </si>
+  <si>
+    <t>抖音用户“盲人姣姣的日常”发布视障者乘坐滴滴网约车相关短视频</t>
+  </si>
+  <si>
+    <t>小红书用户“淘淘🧡”</t>
+  </si>
+  <si>
+    <t>目前作为残疾人的我，被滴滴专车司机霸凌啦</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/4jPIYqfzjTI</t>
+  </si>
+  <si>
+    <t>轮椅使用者乘坐滴滴专车，要求司机帮忙搬一下轮椅，司机有所抱怨。下车后，司机没有帮助乘客将轮椅抬上台阶。用户对司机的服务感到很失望，认为自身遭到歧视。该用户后续发文称联系客服表示司机该行为无法进行处罚，用户感到不满。</t>
+  </si>
+  <si>
+    <t>2025-12-26 02:36:00</t>
+  </si>
+  <si>
+    <t>小红书用户“淘淘🧡”发布轮椅使用者乘坐滴滴专车司机服务不佳相关图文</t>
+  </si>
+  <si>
+    <t>微信公众号“福建省肢残人协会”</t>
+  </si>
+  <si>
+    <t>中国肢残人协会赴闽调研福建残疾人网约车就业实践获肯定</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/7f_hQVrsymP0y7awxi5joA</t>
+  </si>
+  <si>
+    <t>中国肢残人协会组织多省肢协代表赴福建调研残疾人网约车就业实践。调研通过座谈与实地走访，了解福建在资质办理、运营保障等方面的经验与问题。福建构建全方位服务保障体系，助力残疾人就业。调研组对福建实践给予肯定，并希望其持续优化服务，推动行业健康发展。</t>
+  </si>
+  <si>
+    <t>2025-12-25 17:25:00</t>
+  </si>
+  <si>
+    <t>微信公众号“福建省肢残人协会”发布中国肢残人协会赴闽调研福建残疾人网约车就业相关推文</t>
+  </si>
+  <si>
+    <t>抖音用户“导盲犬莱特”</t>
+  </si>
+  <si>
+    <t>导盲犬莱特不在身边的那些天七。</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7587721872873606454</t>
+  </si>
+  <si>
+    <t>视障用户乘坐网约车，司机主动下车协助乘客，带领乘客前往目的地。</t>
+  </si>
+  <si>
+    <t>2025-12-25 17:16:00</t>
+  </si>
+  <si>
+    <t>抖音用户“导盲犬莱特”发布视障者乘坐网约车相关短视频</t>
+  </si>
+  <si>
+    <t>微博用户“TeslaAl”</t>
+  </si>
+  <si>
+    <t>特斯拉正在构建一个更加友好的自动驾驶未来</t>
+  </si>
+  <si>
+    <t>https://weibo.com/8018552661/5247769035933206</t>
+  </si>
+  <si>
+    <t>特斯拉 Robotaxi无人驾驶网约车已在北美部分地区开始运营；在设计之初特斯拉就充分考虑了各种场景﹣﹣为导盲犬等服务动物预留空间，也能够容纳轮椅及其他辅助设备。</t>
+  </si>
+  <si>
+    <t>2025-12-25 15:51:00</t>
+  </si>
+  <si>
+    <t>微博用户“TeslaAl”发布特斯拉无人驾驶网约车相关博文</t>
+  </si>
+  <si>
+    <t>微信公众号“盼盼跟你在一起”</t>
+  </si>
+  <si>
+    <t>叫了个网约车，没想到司机师傅是位聋哑人</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/L448wRvZ_Uk0bSP9dA5RWw</t>
+  </si>
+  <si>
+    <t>用户乘坐网约车，遇到听障司机发现司机佩戴助听器，司机驾驶过程中用户感到很紧张，对听障人士驾驶安全性存疑。</t>
+  </si>
+  <si>
+    <t>2025-12-25 08:18:00</t>
+  </si>
+  <si>
+    <t>微信公众号“盼盼跟你在一起”发布乘坐网约车遇到听障司机相关文章</t>
+  </si>
+  <si>
+    <t>微信公众号“中国盲图”</t>
+  </si>
+  <si>
+    <t>科技赋能无障碍 共绘发展新蓝图——第19届中国信息无障碍论坛暨全国无障碍环境建设成果展示应用推广活动在京成功举办</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/eI6w37ZpkTpL0RKFeCziDA</t>
+  </si>
+  <si>
+    <t>2025年12月23日，第19届中国信息无障碍论坛在北京举办。论坛聚焦“科技助力无障碍”，总结《无障碍环境建设法》成果，探讨未来发展。活动展示多领域创新成果，如智能芯片系统、多模态大模型等前沿技术，发布智能视觉导览小程序，推介《筑桥者》新书及图书捐赠项目，还举行无障碍成果展和书法长卷捐赠仪式。科大讯飞提供实时字幕服务，推动科技赋能无障碍建设，助力社会文明进步。</t>
+  </si>
+  <si>
+    <t>2025-12-24 18:00:00</t>
+  </si>
+  <si>
+    <t>微信公众号“中国盲图”发布第十九届中国信息无障碍论坛相关新闻报道</t>
+  </si>
+  <si>
+    <t>上海打车打到“聋哑司机”？</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/2ja44LFe7VV</t>
+  </si>
+  <si>
+    <t>用户分享对听障人士驾驶网约车的观点，用户认为不必对听障司机进行标识，符合驾驶标准就应平等对待。如服务出现问题正常投诉即可。</t>
+  </si>
+  <si>
+    <t>2025-12-24 00:04:00</t>
+  </si>
+  <si>
+    <t>小红书用户“大头猫娃娃鱼”发表听障人士驾驶网约车相关看法</t>
+  </si>
+  <si>
+    <t>微信公众号“新闻坊”</t>
+  </si>
+  <si>
+    <t>不少上海人打车曾遇聋哑司机？女乘客有点紧张：心情很矛盾...网友热议！</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/gEbfWeJhwRwGBZMEbY_f5w</t>
+  </si>
+  <si>
+    <t>上海市民王女士打网约车时遇到聋哑司机，因沟通不畅和行车习惯问题感到紧张矛盾。她质疑平台未告知司机情况及听障人士从事网约车运营的合理性。记者调查发现，听障司机佩戴助听器可安全驾驶，但沟通和平台支持仍存问题。部分网友对听障司机的行车安全有疑虑，也有不少乘客表示理解支持。目前，网约车平台尚未对听障司机进行特殊培训和告知机制，但有业内人士表示正在推进相关优化。</t>
+  </si>
+  <si>
+    <t>2025-12-23 20:54:00</t>
+  </si>
+  <si>
+    <t>微信公众号“新闻坊”发布听障人士驾驶网约车话题相关新闻报道</t>
+  </si>
+  <si>
+    <t>接单接到盲人乘客，司机联系平台全额退费，</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7586929659271728442</t>
+  </si>
+  <si>
+    <t>滴滴司机接到视障乘客，司机将其送至目的地后，联系客服要求将车费退还给乘客免费拉视障者一次。</t>
+  </si>
+  <si>
+    <t>2025-12-23 14:02:00</t>
+  </si>
+  <si>
+    <t>抖音用户“网约车阿陈”发布滴滴司机为视障乘客免单相关短视频</t>
+  </si>
+  <si>
+    <t>小红书用户“SherryNini”</t>
+  </si>
+  <si>
+    <t>滴滴打车～ 冬日里的一丝感动</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/7C1W2bnwkiJ</t>
+  </si>
+  <si>
+    <t>用户乘坐滴滴网约车遇到听障司机，用户表示车内干净整洁布置精致，赞扬滴滴平台给予了听障人士工作机会。</t>
+  </si>
+  <si>
+    <t>2025-12-22 15:29:00</t>
+  </si>
+  <si>
+    <t>小红书用户“SherryNini”发布乘坐滴滴网约车遇到听障司机相关图文</t>
+  </si>
+  <si>
+    <t>小红书用户“Dululu🥕北京首场+大小尾版💚”</t>
+  </si>
+  <si>
+    <t>滴滴客服可以回答一下我的问题吗？</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/9uMU3B5GrCE</t>
+  </si>
+  <si>
+    <t>视障用户称收到了滴滴短信通知无障碍认证被取消，联系客服后，客服称是用户滥用无障碍权益导致，用户表示从未出借帐号，希望知道具体是哪一行程违规，但客服一直未有效回复。用户怀疑是同一天在多地打车导致被误判，认为这样的判罚机制对视障者不公。用户表示参加了滴滴出行支持的光明之家训练营，正常出行却被判罚违规。</t>
+  </si>
+  <si>
+    <t>2025-12-22 12:19:00</t>
+  </si>
+  <si>
+    <t>小红书用户“Dululu🥕北京首场+大小尾版💚”发布视障者滴滴出行无障碍认证被取消相关图文</t>
+  </si>
+  <si>
+    <t>抖音用户“无障碍搞机 认证徽章”</t>
+  </si>
+  <si>
+    <t>盲人实测华为小艺叫车：AI自动规划地址翻车，司机都懵了</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7586480286796991763</t>
+  </si>
+  <si>
+    <t>视障用户使用华为语音助手小艺通过语音指令发起滴滴打车，出现起点和终点被设置为同一地点的问题。</t>
+  </si>
+  <si>
+    <t>2025-12-22 08:58:00</t>
+  </si>
+  <si>
+    <t>抖音用户“无障碍搞机 认证徽章”发布视障用户使用语音助手操作滴滴出行打车相关问题</t>
+  </si>
+  <si>
+    <t>小红书用户“MYW”</t>
+  </si>
+  <si>
+    <t>记录第一次打车遇到弱听师傅</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/6aOHJQ7，YAQz</t>
+  </si>
+  <si>
+    <t>用户打到听障司机网约车，电话联系司机寻找车辆沟通不畅。发现司机是听障人士后主动打赏司机，称赞平台给予了他们工作机会，同时也希望完善乘客与听障司机的沟通机制。</t>
+  </si>
+  <si>
+    <t>2025-12-21 22:05:00</t>
+  </si>
+  <si>
+    <t>小红书用户“MYW”发布乘坐网约车遇到听障司机相关图文</t>
+  </si>
+  <si>
+    <t>小红书用户“飯FAN📖🍚”</t>
+  </si>
+  <si>
+    <t>今日打到一台聋哑人网约车</t>
+  </si>
+  <si>
+    <t>http://xhslink.com/o/3bpt88AcmKO</t>
+  </si>
+  <si>
+    <t>用户乘坐网约车遇到听障司机，用户对听障人士能否开网约车存在疑问，但也觉得他们自食其力很了不起，同时也体现了社会对他们的包容</t>
+  </si>
+  <si>
+    <t>2025-12-21 13:20:00</t>
+  </si>
+  <si>
+    <t>小红书用户“飯FAN📖🍚”发布乘坐网约车遇到听障司机相关图文</t>
+  </si>
+  <si>
+    <t>抖音用户“太湖”</t>
+  </si>
+  <si>
+    <t>外国人护照证丢了</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7586172346781158708</t>
+  </si>
+  <si>
+    <t>外国乘客的护照遗落在听障滴滴司机车内，司机想联系滴滴平台但表示联系不上，于是将遗失物品送至派出所。</t>
+  </si>
+  <si>
+    <t>2025-12-21 13:03:00</t>
+  </si>
+  <si>
+    <t>抖音用户“太湖”发布听障滴滴司机遇乘客遗失物品相关短视频</t>
+  </si>
+  <si>
+    <t>微信公众号“曹操出行”</t>
+  </si>
+  <si>
+    <t>残特奥会圆满收官，曹操出行无障碍专车暖心护航</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/bJMfIah8Uq1H8MGOikG_ew</t>
+  </si>
+  <si>
+    <t>文章介绍了曹操出行无障碍专车服务残特奥会的相关举措和成果。</t>
+  </si>
+  <si>
+    <t>2025-12-21 12:31:00</t>
+  </si>
+  <si>
+    <t>微信公众号“曹操出行”发布无障碍专车服务残特奥会相关推文</t>
+  </si>
+  <si>
+    <t>微信公众号“海博TV”</t>
+  </si>
+  <si>
+    <t>特别的网约车司机，开启新的人生之路</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/7B09aUykgGbrL9u_fn5pmA</t>
+  </si>
+  <si>
+    <t>福建通过一整套“破冰行动”，为残疾人驾驶网约车提供系统性支持，包括技能培训、资格获取、岗位对接和生活保障，构成完整服务体系。目前，福州已有86位残疾人驾驶网约车。这一探索不仅为残疾人打开就业大门，还吸引外省残疾人前来。相关部门希望未来进一步推广，如成立专属平台，为残疾人创造更多就业机会，也为全国提供可复制经验。</t>
+  </si>
+  <si>
+    <t>2025-12-21 10:21:00</t>
+  </si>
+  <si>
+    <t>微信公众号“海博TV”发布福建为残疾人驾驶网约车提供系统性支持相关推文</t>
+  </si>
+  <si>
+    <t>太原日报</t>
+  </si>
+  <si>
+    <t>太原试点成果获全国推介！</t>
+  </si>
+  <si>
+    <t>https://nginx-sxrb.app.sxrbw.com/sxrb/site1/mweb/202512/21/c2080966.html</t>
+  </si>
+  <si>
+    <t>太原的95128出租汽车约车平台作为交通强国建设试点，自2018年实现省域全覆盖以来，坚持“零抽成、零服务费”的公益属性，采用“就近抢单+智能推荐”模式，通过AI调度算法实现订单最优匹配，驾驶员10秒内接单，车辆平均到达时间缩短至5分钟内。目前，平台正加快编制语音识别、车载设备等行业标准，与华为等企业深化技术合作，下一步将加快试点平台落地全国各地，以最优配置、最短周期推进全国互联互通，为全国3亿老年人、8500万残疾人提供出行保障，助力交通强国建设。</t>
+  </si>
+  <si>
+    <t>2025-12-21 07:26:00</t>
+  </si>
+  <si>
+    <t>太原日报发布太原95128出租汽车预约平台试点成果相关新闻报道</t>
+  </si>
+  <si>
+    <t>大象新闻</t>
+  </si>
+  <si>
+    <t>高德轮椅导航在港开通，为国内首个覆盖香港的无障碍导航</t>
+  </si>
+  <si>
+    <t>https://share.hntv.tv/news/0/2002226128895582210</t>
+  </si>
+  <si>
+    <t>高德轮椅导航在香港开通，是国内首个覆盖香港的无障碍导航服务。它源于阿里员工倡议，3个月研发完成，已扩展至全国71城，累计服务超3亿次。此次上线适配香港出行场景，整合无障碍设施信息，为残障人士等提供便利。霍震霆和高德副总裁均表示，该服务助力社会包容发展，未来高德还将完善大湾区无障碍服务和跨境出行体验。</t>
+  </si>
+  <si>
+    <t>2025-12-20 11:54:00</t>
+  </si>
+  <si>
+    <t>大象新闻发布高德无障碍导航在香港上线相关报道</t>
+  </si>
+  <si>
+    <t>微博用户“mpUnxx”</t>
+  </si>
+  <si>
+    <t>打了辆滴滴，在酒店大堂等</t>
+  </si>
+  <si>
+    <t>https://m.weibo.cn/status/QjbFkozn5</t>
+  </si>
+  <si>
+    <t>用户打到了一位听障司机的滴滴网约车，用户发现其他乘客上错车自己的车已经开走，电话联系司机无法接通。随后司机发现拉错乘客返回起点表示歉意，到达目的地后，用户用手语向司机表达感谢。</t>
+  </si>
+  <si>
+    <t>2025-12-20 00:52:00</t>
+  </si>
+  <si>
+    <t>微博用户“mpUnxx”发布遇到听障滴滴司机拉错乘客相关博文</t>
+  </si>
+  <si>
+    <t>抖音用户“不是派大星”</t>
+  </si>
+  <si>
+    <t>今天是“聋哑网约车司机”</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7585521845060816177</t>
+  </si>
+  <si>
+    <t>滴滴司机出于短视频节目效果假装听障人士跑车，过程中有乘客给其打赏。</t>
+  </si>
+  <si>
+    <t>2025-12-19 18:59:00</t>
+  </si>
+  <si>
+    <t>抖音用户“不是派大星”发布滴滴司机假装听障人士跑车相关短视频</t>
+  </si>
+  <si>
+    <t>大家看我是怎么打网约车的，第一视角带你感受，在这里再次感谢暖心的网约车司机</t>
+  </si>
+  <si>
+    <t>https://www.douyin.com/video/7585503701294812465</t>
+  </si>
+  <si>
+    <t>视障用户分享使用滴滴出行打车过程，司机到达后主动下车协助乘客上车，司机端有无障碍相关播报。</t>
+  </si>
+  <si>
+    <t>2025-12-19 17:48:00</t>
+  </si>
+  <si>
+    <t>微信公众号“中国互联网协会”</t>
+  </si>
+  <si>
+    <t>E启公益丨中国互联网协会携手业界共绘数字公益新图景</t>
+  </si>
+  <si>
+    <t>https://mp.weixin.qq.com/s/_peK6DQxVe0c0C7EF9v9-w</t>
+  </si>
+  <si>
+    <t>中国互联网企业社会责任论坛在京举办，“E 启公益” 计划为包括滴滴出行在内的27家新伙伴授牌。该计划自 2024 年启动，旨在推动企业履责与公益创新，助力适老化、信息无障碍建设等，为特殊群体提供便利服务。未来，协会将继续招募伙伴，推广公益案例，打造互联网公益生态，构建包容数字社会。</t>
+  </si>
+  <si>
+    <t>2025-12-19 16:56:00</t>
+  </si>
+  <si>
+    <t>微信公众号“中国互联网协会”发布中国互联网企业社会责任论坛及E启公益计划相关推文</t>
+  </si>
+  <si>
+    <t>工人日报</t>
+  </si>
+  <si>
+    <t>外卖车不让进小区，残疾人骑手送餐难怎么破？检察公益诉讼出手了</t>
+  </si>
+  <si>
+    <t>https://www.workercn.cn/c/2025-12-19/8687894.shtml</t>
+  </si>
+  <si>
+    <t>北京市通州区检察院针对小区禁止外卖车进入导致残疾外卖员送餐困难问题，启动公益诉讼程序。经调查和听证，检察院与区住建委磋商，推动通州区460余个小区向残疾外卖员开放骑车送餐，并通过安装NFC智能门禁等技术手段优化管理，最终实现残疾外卖员无障碍送餐，保障其劳动权益，营造包容就业环境。</t>
+  </si>
+  <si>
+    <t>2025-12-19 09:13:00</t>
+  </si>
+  <si>
+    <t>工人日报发布小区禁止外卖车进入导致残疾外卖员送餐困难问题公益诉讼相关报道</t>
+  </si>
+  <si>
     <t>微博用户“NA风一般的女子”</t>
   </si>
   <si>
     <t>这是西安败类的网约车</t>
   </si>
   <si>
     <t>https://weibo.com/5677214125/5245294090655627</t>
   </si>
   <si>
     <t>轮椅使用者乘坐网约车，提出希望司机帮忙抬轮椅，但司机表示自己不提供该服务，乘客十分气愤。</t>
   </si>
   <si>
     <t>2025-12-18 19:57:00</t>
   </si>
   <si>
     <t>微博用户“NA风一般的女子”发布轮椅使用者乘坐网约车司机拒绝帮助相关博文</t>
   </si>
   <si>
     <t>小红书用户“小袜趾”</t>
   </si>
   <si>
     <t>第一次打到“听障司机”的网约车</t>
   </si>
   <si>
     <t>http://xhslink.com/o/1kyWdSuHzn4</t>
@@ -347,53 +3107,50 @@
   <si>
     <t>2025-12-13 16:23:00</t>
   </si>
   <si>
     <t>爱帮盲论坛用户“千里一醉”发布滴滴出行三方平台运力无法使用视障优惠券相关帖子</t>
   </si>
   <si>
     <t>微信公众号“西川紫”</t>
   </si>
   <si>
     <t>回想我三次打网约车的危险经历，以后如果遇到类似情况，一定要果断下车</t>
   </si>
   <si>
     <t>https://mp.weixin.qq.com/s/mrQwbdIvY1iNEkAwFH2csw</t>
   </si>
   <si>
     <t>用户发文分享自己网约车乘车经历，表示曾打到过一位听障司机的网约车，用户认为听障司机听不见路况声音，是否能够安全驾驶。</t>
   </si>
   <si>
     <t>2025-12-13 10:01:00</t>
   </si>
   <si>
     <t>微信公众号“西川紫”发布乘坐网约车遇到听障司机相关文章</t>
   </si>
   <si>
-    <t>抖音用户“无障碍搞机 认证徽章”</t>
-[...1 lines deleted...]
-  <si>
     <t>盲人也能轻松叫滴滴？华为Mate80 Pro Max+鸿蒙6.0，无障碍功能实测满分</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7582391281125969206</t>
   </si>
   <si>
     <t>视障用户使用鸿蒙6.0系统华为手机操作滴滴出行APP打车，表示打车无障碍体验良好，无障碍认证有些不方便。</t>
   </si>
   <si>
     <t>2025-12-13 08:15:00</t>
   </si>
   <si>
     <t>抖音用户“无障碍搞机 认证徽章”发布鸿蒙6.0滴滴出行无障碍体验相关短视频</t>
   </si>
   <si>
     <t>争渡论坛用户“乐观人生”</t>
   </si>
   <si>
     <t>滴滴出行应该好好设计制度，无障碍认证不应该因任何原因被取消</t>
   </si>
   <si>
     <t>https://www.zd.hk/thread/167559</t>
   </si>
   <si>
     <t>作者批评部分视障者把滴滴无障碍认证被取消问题归咎于“有人刷单”，认为这是推卸责任、自嗨式道德绑架；强调无障碍服务存在的问题根源在制定服务政策的平台，平台应完善政策解决问题。视障者应追求便利而非特权，反对“我瞎我有理”心态，并提醒别参与违规刷单。</t>
@@ -605,53 +3362,50 @@
   <si>
     <t>滴滴出行刚刚给视障认证用户发两张十元优惠券了，有效期一星期</t>
   </si>
   <si>
     <t>https://www.zd.hk/thread/167407</t>
   </si>
   <si>
     <t>争渡论坛用户“羽翎”发布收到滴滴视障专属优惠券相关帖子</t>
   </si>
   <si>
     <t>天坦社区用户“ 星空与你”</t>
   </si>
   <si>
     <t>滴滴接着发优惠券了</t>
   </si>
   <si>
     <t>https://bbs.tatans.cn/topic/107800</t>
   </si>
   <si>
     <t>2025-12-10 12:59:00</t>
   </si>
   <si>
     <t>天坦社区用户“ 星空与你”发布收到滴滴视障专属优惠券相关帖子</t>
   </si>
   <si>
-    <t>小红书用户“momo”</t>
-[...1 lines deleted...]
-  <si>
     <t>说好的“出行无障碍·羊城更友爱”呢</t>
   </si>
   <si>
     <t>http://xhslink.com/o/4rZtKh3b4Zh</t>
   </si>
   <si>
     <t>用户陪同轮椅使用者在广州出行欲预约曹操出行无障碍专车，但一直都没预约到，实际体验与宣传有差距</t>
   </si>
   <si>
     <t>2025-12-09 12:43:00</t>
   </si>
   <si>
     <t>小红书用户“momo”发布无法预约到曹操出行无障碍专车相关图文</t>
   </si>
   <si>
     <t>今日头条用户“杨姐聊生活”</t>
   </si>
   <si>
     <t>作为一名灵活就业者，经常要带着老公去医院复查</t>
   </si>
   <si>
     <t>https://m.toutiao.com/w/1850925288128523/</t>
   </si>
   <si>
     <t>用户与使用轮椅的亲属乘坐滴滴网约车，司机主动下车帮忙抬轮椅放入后备箱，用户感到十分温暖</t>
@@ -767,53 +3521,50 @@
   <si>
     <t>2025-12-05 19:32:00</t>
   </si>
   <si>
     <t>小红书用户“不吃肉包子😑”发布乘坐网约车遇到听障司机相关图</t>
   </si>
   <si>
     <t>微信公众号“浙江省残疾人联合会”</t>
   </si>
   <si>
     <t>无声世界飘进咖啡香：瑞幸全国首家无障碍门店开业</t>
   </si>
   <si>
     <t>https://mp.weixin.qq.com/s/2lg_JFTzILBLVSV-3Pp4ag</t>
   </si>
   <si>
     <t>2025年12月3日，瑞幸全国首家无障碍门店在杭州开业。该店由浙江特殊教育职业学院与瑞幸咖啡合作打造，旨在为听障学子提供实践平台和职业机会。店内有无障碍坡道、手语标识、低矮取餐台等设施，方便残障人士。咖啡师李科和张成明虽有听力障碍，但凭借坚持和热爱，熟练掌握咖啡制作技能。瑞幸加入《苔花公约》，支持残障人士就业，门店成为残疾人融合就业的创新范例，助力残障青年实现价值。</t>
   </si>
   <si>
     <t>2025-12-04 21:31:00</t>
   </si>
   <si>
     <t>微信公众号“浙江省残疾人联合会”发布瑞幸首家无障碍门店在杭州开业相关文章</t>
   </si>
   <si>
-    <t>IT之家</t>
-[...1 lines deleted...]
-  <si>
     <t>全国首个 AI 听障康复智能体“中移无障碍”落地，手机就能练习对话</t>
   </si>
   <si>
     <t>https://m.ithome.com/html/902528.htm</t>
   </si>
   <si>
     <t>中国移动自主研发的全国首个 AI 听障康复智能体“中移无障碍”在广东广州落地。该智能体融合 AI 大模型与通信技术，构建个性化语音识别体系，涵盖电话接听、面对面沟通、语言康复训练等场景。通过小程序，听障人士可进行语音康复训练，实时转写语音为文字，提升发音清晰度，助力其更好地融入社会。</t>
   </si>
   <si>
     <t>2025-12-04 19:05:00</t>
   </si>
   <si>
     <t>IT之家发布中国移动推出首个AI听障康复智能体相关文章</t>
   </si>
   <si>
     <t>抖音用户“联之邦”</t>
   </si>
   <si>
     <t>滴滴关爱残疾人给他们就业，这点做的不错</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7579945083849549951</t>
   </si>
   <si>
     <t>用户乘坐滴滴网约车上车后发现司机是听障人士，用户称赞滴滴给予了他们工作机会，红包打赏司机表示鼓励。</t>
@@ -1217,53 +3968,50 @@
   <si>
     <t>2025-11-27 22:55:00</t>
   </si>
   <si>
     <t>微博用户“静中花123”发布乘坐滴滴网约车遇到听障司机相关博文</t>
   </si>
   <si>
     <t>天坦社区用户“风华正茂”</t>
   </si>
   <si>
     <t>求滴滴出行的无障碍反馈渠道</t>
   </si>
   <si>
     <t>https://bbs.tatans.cn/topic/106715</t>
   </si>
   <si>
     <t>视障用户寻求反馈途径，希望解决滴滴顺风车预约时间读屏软件无法操作选择的问题。</t>
   </si>
   <si>
     <t>2025-11-27 21:36:00</t>
   </si>
   <si>
     <t>天坦社区用户“风华正茂”反馈滴滴顺风车预约时间无障碍操作问题</t>
   </si>
   <si>
-    <t>抖音用户“李师傅和导盲犬椰果”</t>
-[...1 lines deleted...]
-  <si>
     <t>导盲犬椰果在太原带着我遭到了拒绝上车。希望更多的滴滴司机不要拒绝导盲犬。感谢滴滴平台后来送的打车券。</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7577317372702559227</t>
   </si>
   <si>
     <t>视障者携带导盲犬乘坐滴滴网约车遭遇司机拒载，司机嫌导盲犬体积太大</t>
   </si>
   <si>
     <t>2025-11-27 16:21:00</t>
   </si>
   <si>
     <t>抖音用户“李师傅和导盲犬椰果”发布视障者携带导盲犬乘坐滴滴网约车遭遇拒载相关短视频</t>
   </si>
   <si>
     <t>抖音用户“盲人跳跳糖”</t>
   </si>
   <si>
     <t>第一视角记录：盲人姑娘独自出门，却被瓦房店陌生人的善意狠狠暖到了！司机师傅的细心搀扶，社保局小姐姐的全程陪护，每一步都满是温柔</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7577288760405665014</t>
   </si>
   <si>
     <t>视障用户乘坐滴滴网约车，司机主动下车协助乘客上下车，下车后将乘客带至目的地。</t>
@@ -1460,83 +4208,77 @@
   <si>
     <t>今日头条用户“杨姐聊生活”发布轮椅乘客乘坐滴滴网约车不同司机服务差异相关文章</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7576161936644132115</t>
   </si>
   <si>
     <t>轮椅使用者乘坐网约车，司机主动下车协助乘客上下车，帮助乘客取放轮椅到后备箱。</t>
   </si>
   <si>
     <t>2025-11-24 13:37:00</t>
   </si>
   <si>
     <t>导盲犬椰果带着我从北京回家，感谢阳泉北站和北京丰台站的工作人员</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7575735400149356517</t>
   </si>
   <si>
     <t>视障用户携带导盲犬乘坐滴滴网约车，上车时司机有些许迟疑，听到系统相关播报提示后接纳导盲犬乘车。</t>
   </si>
   <si>
     <t>2025-11-23 10:02:00</t>
   </si>
   <si>
-    <t>抖音用户“李师傅和导盲犬椰果”发布视障者携带导盲犬乘坐滴滴网约车相关短视频</t>
-[...1 lines deleted...]
-  <si>
     <t>持C5驾照的残障人士，为何开不了网约车</t>
   </si>
   <si>
     <t>http://sh.people.com.cn/n2/2025/1123/c134768-41420029.html</t>
   </si>
   <si>
     <t>我国有大量残障人士渴望就业，网约车行业是其理想选择之一。然而，持有C5驾照的肢体残障者在注册网约车平台时面临诸多限制，多数主流平台未向其开放注册通道。尽管上海等地的交通部门未设置准入门槛，但平台规则仍构成障碍。市人大代表金晶呼吁推动政策落地，消除平台限制，建立系统化支持体系，包括强化安全保障、优化培训与考试流程、提供驾驶辅助装置等，以保障残障人士平等就业权利，助力其通过合法驾照和专业能力实现就业梦想。</t>
   </si>
   <si>
     <t>2025-11-23 08:57:00</t>
   </si>
   <si>
     <t>人民网发布上海市人大代表呼吁推动C5驾驶证司机准入网约车行业相关文章</t>
   </si>
   <si>
     <t>打到聋哑司机师傅的车，xhs上现学谢谢手语</t>
   </si>
   <si>
     <t>http://xhslink.com/o/AUuTSWDIwrl</t>
   </si>
   <si>
     <t>用户乘坐网约车上车后发现司机是听障人士，用户表示车内干净整洁，司机有礼貌驾驶平稳。</t>
   </si>
   <si>
     <t>2025-11-23 08:21:00</t>
   </si>
   <si>
-    <t>小红书用户“momo”发布乘坐网约车遇到听障司机相关图文</t>
-[...1 lines deleted...]
-  <si>
     <t>小红书用户“一觉小师傅”</t>
   </si>
   <si>
     <t>头一回遇到这样的滴滴师傅，真是很不容易。 今</t>
   </si>
   <si>
     <t>http://xhslink.com/o/AT5lfEJr3Iq</t>
   </si>
   <si>
     <t>用户乘坐滴滴顺风车，电话联系司机不接听上车后发现司机是听障人士。用户称赞平台给予了他们工作机会，让他们可以自食其力。</t>
   </si>
   <si>
     <t>2025-11-22 18:44:00</t>
   </si>
   <si>
     <t>小红书用户“一觉小师傅”发布乘坐滴滴顺风车遇到听障司机相关图案</t>
   </si>
   <si>
     <t>快科技</t>
   </si>
   <si>
     <t>华为助力机械导盲犬问世：实时规划路径、语音交互</t>
   </si>
   <si>
     <t>https://m.mydrivers.com/newsview/1088026.html?ref=https%3A//www.google.com/</t>
@@ -1757,89 +4499,77 @@
   <si>
     <t>2025-11-17 17:24:00</t>
   </si>
   <si>
     <t>抖音用户“米哥-”发布乘坐滴滴网约车遇到听障司机相关图文</t>
   </si>
   <si>
     <t>天坦社区用户“小树林”</t>
   </si>
   <si>
     <t>经常打车的朋友</t>
   </si>
   <si>
     <t>https://bbs.tatans.cn/topic/105782</t>
   </si>
   <si>
     <t>视障用户发帖反馈在滴滴APP中选择预约时间时不知道怎么操作，网友回复只能一点一点调无障碍支持不佳。</t>
   </si>
   <si>
     <t>2025-11-17 12:08:00</t>
   </si>
   <si>
     <t>天坦社区用户“小树林”反馈滴滴出行APP预约操作无障碍问题</t>
   </si>
   <si>
-    <t>抖音用户“导盲犬莱特”</t>
-[...1 lines deleted...]
-  <si>
     <t>雨天出门 给莱特自制了一个雨披。带上都不会走路了，哈哈，感谢的哥热情周到服务，为他点个赞</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7573286716241849279</t>
   </si>
   <si>
     <t>视障用户携带导盲犬通过滴滴出行叫了一辆出租车，乘客不了解出租车收不到无障碍服务提示，上车后司机才知道乘客是视障者。下车时司机主动协助乘客带领乘客前往目的地</t>
   </si>
   <si>
     <t>2025-11-16 19:40:00</t>
   </si>
   <si>
     <t>抖音用户“导盲犬莱特”发布视障者携带导盲犬乘坐出租车相关短视频</t>
   </si>
   <si>
-    <t>抖音用户“娇娇与@导盲犬二锦锦的日常”</t>
-[...1 lines deleted...]
-  <si>
     <t>半天找不到打电话的地方。师傅肯定注意到盲人携带导盲犬的提示了</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7572901107535640483</t>
   </si>
   <si>
     <t>视障用户携带导盲犬乘坐滴滴网约车，司机主动下车协助乘客上车，用户表示这次叫车后在APP页面没有找到给司机打电话的按钮。</t>
   </si>
   <si>
     <t>2025-11-15 18:44:00</t>
   </si>
   <si>
-    <t>抖音用户“娇娇与@导盲犬二锦锦的日常”发布视障者携带导盲犬乘坐滴滴网约车相关短视频</t>
-[...4 lines deleted...]
-  <si>
     <t>因为要赶回广州参加本届残特奥开幕式彩排,所以这次在重庆呆的时间不长,很多地方都没来得及去，期待下次再见！</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7572804795745029385</t>
   </si>
   <si>
     <t>视障用户携带导盲犬乘坐重庆出租车，司机服务热情主动下车协助乘客上下车。</t>
   </si>
   <si>
     <t>2025-11-15 17:00:00</t>
   </si>
   <si>
     <t>抖音用户“宝哥和他的导盲犬”发布视障用户携带的导盲犬乘坐出租车相关短视频</t>
   </si>
   <si>
     <t>曹操出行预约单都约不到</t>
   </si>
   <si>
     <t>http://xhslink.com/o/2bd0PNkhnu6</t>
   </si>
   <si>
     <t>用户反馈在武汉使用曹操出行预约无障碍车辆一直都预约不到。</t>
   </si>
   <si>
     <t>2025-11-15 14:00:00</t>
@@ -1898,53 +4628,50 @@
   <si>
     <t>2025-11-14 18:44:00</t>
   </si>
   <si>
     <t>微信公众号“重庆交通执法总队”发布厅账司机注销资质当天再接单相关案件推文</t>
   </si>
   <si>
     <t>人民日报</t>
   </si>
   <si>
     <t>当视障人士“看见”世界——  中国企业用创新点亮无障碍生活</t>
   </si>
   <si>
     <t>https://paper.people.com.cn/rmrbhwb/pc/content/202511/14/content_30114790.html</t>
   </si>
   <si>
     <t>随着人工智能等技术发展，中国企业将“科技向善”融入产品设计，关注残障人士需求。vivo开发“vivo看见”App，依托AI技术为视障人士提供语音播报、物体识别等功能，助力其生活便利与独立。企业还开展“科技助残公益项目征集”，推动科技成果转化为无障碍应用。此外，导盲机器人等创新产品不断涌现，科技正从实验室走向社会，服务残障群体，让科技更有温度。</t>
   </si>
   <si>
     <t>2025-11-14 18:11:00</t>
   </si>
   <si>
     <t>人民日报发布中国企业用创新点亮无障碍生活相关文章</t>
   </si>
   <si>
-    <t>微信公众号“无障碍产品”</t>
-[...1 lines deleted...]
-  <si>
     <t>信息无障碍丨能力中台赋能产品创新，打造无障碍通信“语音翻译官”</t>
   </si>
   <si>
     <t>https://mp.weixin.qq.com/s/iKG4JAqBawSLScm9mPQoHg</t>
   </si>
   <si>
     <t>中移互联网公司通过能力中台赋能，融合5G与AI技术，为听障人士打造无障碍通信方案。团队研发听障专属语音识别模型，提升识别率，并借助低代码组装技术快速搭建应用，实现语音与文字的双向转换。该方案在5G新通话和5G消息场景中落地，帮助听障用户实现无障碍沟通，重拾交流信心，获得社会关注与赞誉。</t>
   </si>
   <si>
     <t>2025-11-14 17:16:00</t>
   </si>
   <si>
     <t>微信公众号“无障碍产品”发布中移互联网公司融合AI与5G为听障人士打造无障碍通信方案相关推文</t>
   </si>
   <si>
     <t>爱帮盲论坛用户“独孤九剑”</t>
   </si>
   <si>
     <t>经常爱跟滴滴客服打电话表扬滴滴司机，除了对司机有好处，对乘客有没有好处呢？</t>
   </si>
   <si>
     <t>http://bbs.abm365.cn/m/post/53616</t>
   </si>
   <si>
     <t>视障用户发帖表示自己经常电话联系滴滴客服，表扬服务优质的司机，猜测因此原因感觉自己叫车比其他视障用户更快。</t>
@@ -2114,107 +4841,98 @@
   <si>
     <t>2025-11-11 12:42:00</t>
   </si>
   <si>
     <t>抖音用户“小王姐姐（全国车融）”发布乘坐滴滴网约车遇到听障司机相关短视频</t>
   </si>
   <si>
     <t>爱帮盲论坛用户“青阳亦雪”</t>
   </si>
   <si>
     <t>滴滴无障碍认证换号码了如何解决</t>
   </si>
   <si>
     <t>http://bbs.abm365.cn/post/53576</t>
   </si>
   <si>
     <t>视障用户发帖询问新手机号注册滴滴后无法进行无障碍认证如何解决。网友回复，若可登录旧账号可从旧账号换绑手机，如果无法登录旧账号，需要联系人工客服帮忙注销旧账号。</t>
   </si>
   <si>
     <t>2025-11-11 11:30:00</t>
   </si>
   <si>
     <t>爱帮盲论坛用户“青阳亦雪”发帖询问滴滴无障碍认证相关问题</t>
   </si>
   <si>
-    <t>抖音用户“宝龙与导盲犬卡尔”</t>
-[...1 lines deleted...]
-  <si>
     <t>导盲犬卡尔后续      虽说眼睛看不见；但雨天中却无比温暖；谢谢司机师傅冒雨引导我们</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7571038394219674347</t>
   </si>
   <si>
     <t>视障用户雨天乘坐网约车，司机主动下车寻找乘客，引导乘客上车。</t>
   </si>
   <si>
     <t>2025-11-10 18:16:00</t>
   </si>
   <si>
-    <t>抖音用户“宝龙与导盲犬卡尔”发布视障者乘坐网约车相关短视频</t>
-[...1 lines deleted...]
-  <si>
     <t>爱帮盲论坛用户“一朵情花开”</t>
   </si>
   <si>
     <t>大家在打车的时候有没有遇到那种隐藏式门把手的车</t>
   </si>
   <si>
     <t>http://bbs.abm365.cn/post/53560</t>
   </si>
   <si>
     <t>用户发帖表示打车时遇到隐藏式门把手的车辆不方便视障者操作开门，不分司机不帮忙的情况下，自己很难把门打开</t>
   </si>
   <si>
     <t>2025-11-10 11:24:00</t>
   </si>
   <si>
     <t>爱帮盲论坛用户“一朵情花开”发布打车遇到隐藏式门把手不方便视障者操作相关帖子</t>
   </si>
   <si>
     <t>小红书用户“大新嘚啵嘚”</t>
   </si>
   <si>
     <t>网约车司机拉太多轮椅车漆都磕掉了</t>
   </si>
   <si>
     <t>http://xhslink.com/o/4f3GuVfjPZN</t>
   </si>
   <si>
     <t>滴滴司机分享自己车辆后备箱处因拉轮椅磕碰掉漆，但司机表示仍乐意帮助困难乘客。</t>
   </si>
   <si>
     <t>2025-11-10 11:10:00</t>
   </si>
   <si>
     <t>小红书用户“大新嘚啵嘚”发布滴滴司机分享车辆因拉轮椅掉漆相关短视频</t>
   </si>
   <si>
-    <t>微信公众号“曹操出行”</t>
-[...1 lines deleted...]
-  <si>
     <t>曹操出行多款定制车服务全运会、残特奥会</t>
   </si>
   <si>
     <t>https://mp.weixin.qq.com/s/5ZZXWEK6_s6uwm2ifEHg7A</t>
   </si>
   <si>
     <t>为保障残特奥会出行需求，曹操出行调配无障碍车型TX5共计157辆，分别交付两大供应商执行保障任务。</t>
   </si>
   <si>
     <t>2025-11-09 18:49:00</t>
   </si>
   <si>
     <t>微信公众号“曹操出行”发布推文曹操出行多款定制车服务全运会、残特奥会</t>
   </si>
   <si>
     <t>抖音用户“泸州盲人按摩龙涛”</t>
   </si>
   <si>
     <t>记录自己去朋友家拿菜</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7570670754312803938</t>
   </si>
   <si>
     <t>视障用户乘坐滴滴网约车，用户表示滴滴对视障者十分友好。司机到达后主动询问乘客是否需要帮助。</t>
@@ -2342,68 +5060,62 @@
   <si>
     <t>视障用户视频分享使用滴滴出行叫车，用户表示滴滴出行的无障碍很好。行程中司机服务态度友好。</t>
   </si>
   <si>
     <t>2025-11-07 17:20:00</t>
   </si>
   <si>
     <t>抖音用户“盲人潘晨”发布视障者乘坐滴滴网约车相关短视频</t>
   </si>
   <si>
     <t>行走中国之重庆 饿了才是我最大的动力</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7569904707511307547</t>
   </si>
   <si>
     <t>视障用户携带导盲犬乘坐滴滴网约车，司机主动下车协助乘客下车，为乘客指引目的地方向。</t>
   </si>
   <si>
     <t>2025-11-07 16:56:00</t>
   </si>
   <si>
     <t>抖音用户“宝哥和他的导盲犬”发布视障者携带导盲犬乘坐滴滴网约车相关短视频</t>
   </si>
   <si>
-    <t>抖音用户“盲人橘子”</t>
-[...1 lines deleted...]
-  <si>
     <t>今天下雨，小黑约我去吃饭。他不来接我，那我就自己去哈哈！</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7569833582727447144</t>
   </si>
   <si>
     <t>视障用户乘坐网约车，电话联系司机后司机得知乘客是盲人，主动下车协助乘客上车，主动询问乘客是否需要帮助。</t>
   </si>
   <si>
     <t>2025-11-07 12:20:00</t>
   </si>
   <si>
-    <t>抖音用户“盲人橘子”发布视障者乘坐滴滴网约车相关短视频</t>
-[...1 lines deleted...]
-  <si>
     <t>抖音用户“小糕”</t>
   </si>
   <si>
     <t>爱到最后是白头</t>
   </si>
   <si>
     <t>https://www.douyin.com/note/7569539376045237157</t>
   </si>
   <si>
     <t>用户乘坐滴滴网约车遇到司机带着患有阿尔兹海默症的妻子跑车。视频受到网友关注表示被司机所感动</t>
   </si>
   <si>
     <t>2025-11-06 22:09:00</t>
   </si>
   <si>
     <t>抖音用户“小糕”发布滴滴司机带阿尔兹海默症妻子跑车相关短视频</t>
   </si>
   <si>
     <t>小红书用户“78岁老太太离异带五孩”</t>
   </si>
   <si>
     <t>看到司机师傅边开车边打手语</t>
   </si>
   <si>
     <t>http://xhslink.com/o/1dljbg7wmkG</t>
@@ -2690,71 +5402,65 @@
   <si>
     <t>2025-10-30 18:45:00</t>
   </si>
   <si>
     <t>微信公众号“中国聋人协会”发布中国科学技术馆与百度推出“科技馆智能体矩阵”相关推文</t>
   </si>
   <si>
     <t>小红书用户“自迩行”</t>
   </si>
   <si>
     <t>上海滴滴打车遇到一位聋哑师傅</t>
   </si>
   <si>
     <t>http://xhslink.com/o/7qxMJT8CUJP</t>
   </si>
   <si>
     <t>用户乘坐滴滴网约车，上车后发现司机是听障人士。用户表示司机驾驶平稳车内干净整洁，科技发展给了更多特殊群体就业的机会。</t>
   </si>
   <si>
     <t>2025-10-29 23:13:00</t>
   </si>
   <si>
     <t>小红书用户“自迩行”发布乘坐滴滴网约车遇到听障司机相关图文</t>
   </si>
   <si>
-    <t>微博话题</t>
-[...1 lines deleted...]
-  <si>
     <t>#无障碍网约车无法选车型赶上啥坐啥</t>
   </si>
   <si>
     <t>https://weibo.com/p/2315224e7d4e4783302073e094843ef09895c2</t>
   </si>
   <si>
     <t>孙女士曾为老人预约无障碍网约车，2023年体验良好，2025年却因车辆配置不同，体验变差。石女士也发现平台无法选择车型，需“赶上啥坐啥”，且预约等待时间长。记者反馈后，北京市交通委表示首汽约车无障碍车数量少，将推进改善。</t>
   </si>
   <si>
     <t>2025-10-29 22:16:00</t>
   </si>
   <si>
     <t>新京报发表无障碍网约车体验下降相关微博话题</t>
   </si>
   <si>
-    <t>新京报</t>
-[...1 lines deleted...]
-  <si>
     <t>网约时常难成功、坐轮椅上车顶着头，预约一辆无障碍车咋这么难？</t>
   </si>
   <si>
     <t>https://mp.weixin.qq.com/s/Xf4gjWpONnhivPIsB31BMA</t>
   </si>
   <si>
     <t>北京的无障碍出租车和网约车存在诸多问题。无障碍巡游出租车已全部下线，网约车则面临预约难、费用高、车辆配置不佳等问题。目前仅有首汽约车等少数平台提供服务，且车辆数量少，难以满足需求。国家标准《出租汽车无障碍运营服务规范》正在制定中，预计2026年发布。专家建议政府和企业共同努力，优化无障碍出行环境，提升服务水平。</t>
   </si>
   <si>
     <t>2025-10-29 20:22:00</t>
   </si>
   <si>
     <t>新京报发布北京无障碍网约车预约难相关新闻报道</t>
   </si>
   <si>
     <t>谢谢第二位司机师傅给予导盲犬的包容以及对我们的热心帮助</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7566578256456823466</t>
   </si>
   <si>
     <t>导盲犬使用者使用滴滴网约车遭遇拒载，再次叫车后第二位司机主动下车寻找乘客协助乘客上车，服务热情。</t>
   </si>
   <si>
     <t>2025-10-29 17:48:00</t>
@@ -3020,53 +5726,50 @@
   <si>
     <t>2025-10-24 14:22:00</t>
   </si>
   <si>
     <t>抖音用户“导盲犬莱特”发布视障者携带导盲犬乘坐网约车相关短视频</t>
   </si>
   <si>
     <t>三秦都市报</t>
   </si>
   <si>
     <t>西安市网约车管理办法拟调整 车辆须为纯电动新车</t>
   </si>
   <si>
     <t>https://news.hsw.cn/system/2025/1024/1881552.shtml</t>
   </si>
   <si>
     <t>10月22日下午，西安市交通运输局发布《西安市网络预约出租汽车经营服务管理暂行办法（修订草案征求意见稿）》，公开征求意见。在驾驶员准入方面，原办法中“具有本市户籍或者居住证”的硬性要求被删除，新增要求“年龄在六十五周岁以下，身体健康无残疾”。</t>
   </si>
   <si>
     <t>2025-10-24 07:05:00</t>
   </si>
   <si>
     <t>三秦都市报发布西安市网约车管理办法拟调整相关新闻</t>
   </si>
   <si>
-    <t>川观新闻</t>
-[...1 lines deleted...]
-  <si>
     <t>问政四川丨乘客打车遇“无声车手”，听障人士开网约车，如何兼顾关怀与安全？</t>
   </si>
   <si>
     <t>https://cbgc.scol.com.cn/news/6846665</t>
   </si>
   <si>
     <t>王女士在四川多次遇到听障人士开网约车，她既为残疾人就业拓展感到欣喜，又担心行车安全，如听不到其他车鸣笛。记者调查发现，根据法规，符合条件的听障人士可驾驶网约车。多地通过完善辅助设备、优化沟通方式等保障其营运安全。</t>
   </si>
   <si>
     <t>2025-10-23 11:41:00</t>
   </si>
   <si>
     <t>川观新闻发布听障人士驾驶网约车相关新闻调查</t>
   </si>
   <si>
     <t>争渡论坛用户“we沟通”</t>
   </si>
   <si>
     <t>关于那个滴滴出行，有些人拿去整无障碍，然后给司机刷积分的这件事千万不能这么做</t>
   </si>
   <si>
     <t>https://www.zd.hk/thread/164714</t>
   </si>
   <si>
     <t>视障者分享自己经朋友介绍出借滴滴无障碍认证账号参与刷单并被骗的经历，提醒视障伙伴不要参与刷单。</t>
@@ -3092,68 +5795,62 @@
   <si>
     <t>视频号用户“导盲犬沙果”发布视障者携带导盲犬乘坐滴滴网约车遭遇拒载相关短视频</t>
   </si>
   <si>
     <t>视障者携带导盲犬乘坐滴滴网约车，司机担心导盲犬会掉毛弄脏车子，不愿意接乘客。最后司机虽同意但乘客决定再叫其他车辆。</t>
   </si>
   <si>
     <t>小红书用户“luelueluelueluelue”</t>
   </si>
   <si>
     <t>震耳欲聋 好庆幸</t>
   </si>
   <si>
     <t>http://xhslink.com/o/1IK6qw9Pt0T</t>
   </si>
   <si>
     <t>用户乘坐网约车，电话联系司机是机器人接听，上车后发现司机是听障人士，用户用在电影震耳欲聋中学到的手语向司机表示感谢。</t>
   </si>
   <si>
     <t>2025-10-23 07:54:00</t>
   </si>
   <si>
     <t>小红书用户“luelueluelueluelue”发布乘坐网约车遇到听障司机相关图文</t>
   </si>
   <si>
-    <t>抖音用户“盲人小爽的乐享生活”</t>
-[...1 lines deleted...]
-  <si>
     <t>所以，如果你是司机，能接受导盲犬上自己的车吗？</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7563993349591567675</t>
   </si>
   <si>
     <t>视障用户乘坐滴滴网约车，司机服务非常热情细心，与乘客交谈中司机表示非常乐意帮助困难乘客也乐意接纳导盲犬。</t>
   </si>
   <si>
     <t>2025-10-22 18:37:00</t>
   </si>
   <si>
-    <t>抖音用户“盲人小爽的乐享生活”发布视障者乘坐滴滴网约车相关短视频</t>
-[...1 lines deleted...]
-  <si>
     <t>#从鸿蒙速度到鸿蒙温度#</t>
   </si>
   <si>
     <t>https://weibo.com/p/2315221a96ef807d99e35ef5bc3d104e2c0d1d</t>
   </si>
   <si>
     <t>10月22日华为正式发布HarmonyOS 6操作系统，升级小艺看世界功能，为视障用户提供更多感知世界的方式。</t>
   </si>
   <si>
     <t>2025-10-22 14:08:00</t>
   </si>
   <si>
     <t>湖北日报发布微博话题#从鸿蒙速度到鸿蒙温度#</t>
   </si>
   <si>
     <t>微信公众号“中国残疾人杂志社”</t>
   </si>
   <si>
     <t>独臂骑手王哲：我为万千外卖小哥发声</t>
   </si>
   <si>
     <t>https://mp.weixin.qq.com/s/p2JWJ2mdQQWMhlBs6ENTqw</t>
   </si>
   <si>
     <t>王哲是一位独臂外卖骑手，17岁时因工伤失去右臂。他凭借坚韧不拔的精神，重新学会单手生活，并在2019年成为外卖骑手，凭借勤奋成为站点“单王”。他不仅获得“辽宁省五一劳动奖章”“全国自强模范”等荣誉，还当选为中国工会第十八次全国代表大会代表，为骑手群体发声。王哲还积极参与社区服务，帮助邻里，传递正能量，用一只手活出了精彩人生。</t>
@@ -3566,53 +6263,50 @@
   <si>
     <t>2025-10-14 17:27:00</t>
   </si>
   <si>
     <t>抖音用户“汪涛和导盲犬叮当”发布视障者携带导盲犬乘坐滴滴顺风车相关短视频</t>
   </si>
   <si>
     <t>微信公众号“不一样黑的乌鸦”</t>
   </si>
   <si>
     <t>打车遇到了聋哑司机</t>
   </si>
   <si>
     <t>https://mp.weixin.qq.com/s/WxG1inqJy4NeVa5Q4XgZ9A</t>
   </si>
   <si>
     <t>用户乘坐滴滴网约车电话联系司机无人接听，上车后才发现司机是听障人士。</t>
   </si>
   <si>
     <t>2025-10-14 07:54:00</t>
   </si>
   <si>
     <t>微信公众号“不一样黑的乌鸦”发布乘坐滴滴网约车遇到听障司机相关文章</t>
   </si>
   <si>
-    <t>天坦社区用户“风清气爽”</t>
-[...1 lines deleted...]
-  <si>
     <t>手机语音助手打车还挺不错</t>
   </si>
   <si>
     <t>https://bbs.tatans.cn/topic/102943</t>
   </si>
   <si>
     <t>视障用户分享使用手机语音助手说出打车指令，就可以自动打开滴滴出行APP并设置好起点终点，操作效率很高也没有广告打断。</t>
   </si>
   <si>
     <t>2025-10-13 21:02:00</t>
   </si>
   <si>
     <t>天坦社区用户“风清气爽”分享视障用户打车经验</t>
   </si>
   <si>
     <t>我国首次批量发行无障碍中国和世界地图</t>
   </si>
   <si>
     <t>https://www.xinhuanet.com/20251013/cf337d0be7e943db93a6fbc578f3a70f/c.html</t>
   </si>
   <si>
     <t>在第42个国际盲人节到来之际，我国首次批量发行无障碍中国和世界地图。这两张地图采用数字盲文印刷技术，通过触感标注行政区划和地理标志，帮助视障人士提升空间认知能力。同时，故宫博物院与中国残联推出无障碍版《触摸故宫珍宝》和《触摸〈清明上河图〉》，以多感官设计助力视障读者了解文物。此次触觉出版物的发布是我国推动无障碍文化建设的重要举措。</t>
   </si>
   <si>
     <t>2025-10-13 13:15:00</t>
@@ -3821,53 +6515,50 @@
   <si>
     <t>2025-10-08 20:13:00</t>
   </si>
   <si>
     <t>小红书用户“盲录的恋雨”发布视障者乘坐滴滴网约车相关短视频</t>
   </si>
   <si>
     <t>抖音用户“安迪夫妇和导盲犬飞虎”</t>
   </si>
   <si>
     <t>也许这是视障者未来的出行方式之一</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7558609535197039915</t>
   </si>
   <si>
     <t>导盲犬使用者体验无人驾驶网约车，乘客在路人帮助下找到车辆，车内车机大屏操作存在障碍，远程人工客服协助开启行程。</t>
   </si>
   <si>
     <t>2025-10-08 18:00:00</t>
   </si>
   <si>
     <t>抖音用户“安迪夫妇和导盲犬飞虎”发布视障者携带导盲犬体验无人驾驶网约车相关短视频</t>
   </si>
   <si>
-    <t>抖音用户“盲人博士生-黄莺”</t>
-[...1 lines deleted...]
-  <si>
     <t>来10年前上大学的校区参加迎新晚会，第一视角带大家感受一下，看看我大学生活的起点~</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7558716223665671484</t>
   </si>
   <si>
     <t>视障用户乘坐滴滴网约车出行，车辆到达后，乘客电话联系司机，司机按喇叭引导乘客上车。</t>
   </si>
   <si>
     <t>2025-10-08 13:19:00</t>
   </si>
   <si>
     <t>抖音用户“盲人博士生-黄莺”发布视障者乘坐滴滴网约车相关短视频</t>
   </si>
   <si>
     <t>知乎用户“科技狂宣子”</t>
   </si>
   <si>
     <t>青年志愿者行动，推动无障碍信息体验</t>
   </si>
   <si>
     <t>https://zhuanlan.zhihu.com/p/1958938993807857115</t>
   </si>
   <si>
     <t>阿思丹和深圳信息无障碍研究协会发起“科技产品策划之残障群体帮扶”项目，志愿者通过包容性体验和专业培训，设计科技产品方案，助力残障群体无障碍体验。项目旨在推动科技向善，促进信息无障碍建设，为残障群体提供便利，同时培养志愿者的公益意识和专业技能。</t>
@@ -3884,53 +6575,50 @@
   <si>
     <t>https://hn.cnr.cn/hnpdgb/yw/20251007/t20251007_527387922.html</t>
   </si>
   <si>
     <t>河南试点推广“光明影院”公益项目，通过在电影对白和音效间插入旁白叙述，将视觉信息转化为听觉语言，为视障人士提供无障碍观影体验。该项目由中国传媒大学团队发起，郑州市二七区等多地成为试点区域，视障人士可免费观看无障碍电影，感受电影魅力，拥抱光影世界。</t>
   </si>
   <si>
     <t>2025-10-07 08:40:00</t>
   </si>
   <si>
     <t>央广网发布河南试点推广“光明影院”公益项目相关新闻</t>
   </si>
   <si>
     <t>陪伴这两个字说起来简单，但都是日常的小细节才能体现的 #盲人宝哥行走中国 #导盲犬阿尔法 #台风 #交换世界计划</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7558034867041078547</t>
   </si>
   <si>
     <t>视障用户携带导盲犬乘坐网约车，司机主动下车协助乘客，下车后带领乘客前往目的地。</t>
   </si>
   <si>
     <t>2025-10-06 17:15:00</t>
   </si>
   <si>
-    <t>抖音用户“宝哥和他的导盲犬”发布视障者携带导盲犬乘坐网约车相关短视频</t>
-[...1 lines deleted...]
-  <si>
     <t>小红书用户“对檀檀心动”</t>
   </si>
   <si>
     <t>看完震耳欲聋打到了聋人司机的车</t>
   </si>
   <si>
     <t>http://xhslink.com/o/1WNpBQB8Mpr</t>
   </si>
   <si>
     <t>用户看完电影震耳欲聋后乘坐滴滴网约车遇到听障司机，用户感受到了社会与滴滴平台对听障人士的包容。</t>
   </si>
   <si>
     <t>2025-10-05 19:54:00</t>
   </si>
   <si>
     <t>小红书用户“对檀檀心动”发布乘坐滴滴网约车遇到听障司机相关图文</t>
   </si>
   <si>
     <t>微信朋友圈</t>
   </si>
   <si>
     <t>导盲犬使用者反馈遭遇滴滴专车司机拒载，司机自称未接到平台相关提示，且不愿意主动取消订单。乘客再次叫车，司机服务热情顺利乘车。</t>
   </si>
   <si>
     <t>2025-10-04 21:44:00</t>
@@ -4157,53 +6845,50 @@
   <si>
     <t>https://mp.weixin.qq.com/s/7zvjkyChqkqUof-RcdEs4Q</t>
   </si>
   <si>
     <t>荣耀手机的“AI通话”功能在2025年9月北京福祉博览会上亮相，其利用离线AI技术助力听障群体无障碍沟通。该功能无需网络，可自动录音生成纪要，支持微信、QQ等应用，能实时转写语音为文字，智能区分说话者。还具备智能摘要、自动接听等功能，方便用户回顾和记录重要信息。</t>
   </si>
   <si>
     <t>2025-09-30 10:49:00</t>
   </si>
   <si>
     <t>微信公众号“中国聋人协会”发布荣耀手机AI通话帮助听障群体无障碍沟通相关推文</t>
   </si>
   <si>
     <t>带导盲犬叮当在台州渡桥乘坐滴滴遇到一位热心女司机</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7555634176008457515</t>
   </si>
   <si>
     <t>视障用户携带导盲犬乘坐滴滴网约车，司机表示有收到提示，司机主动下车寻找乘客，协助乘客上车。</t>
   </si>
   <si>
     <t>2025-09-30 06:01:00</t>
   </si>
   <si>
-    <t>微信公众号“福建省肢残人协会”</t>
-[...1 lines deleted...]
-  <si>
     <t>晋江安海镇无障碍查询系统正式发布 残障人士“一图在手”畅行全镇</t>
   </si>
   <si>
     <t>https://mp.weixin.qq.com/s/l4ehEHijpK5dzQuxahqxGA</t>
   </si>
   <si>
     <t>晋江安海镇发布无障碍查询系统及《安海无障碍轮椅出行地图指南》，为残障人士提供全镇无障碍设施信息。该手册由晋江市肢体残疾人协会实地采集，标注无障碍出入口、卫生间等设施位置，方便残障人士出行。系统还开发微信小程序，实现便捷查询。</t>
   </si>
   <si>
     <t>2025-09-29 23:07:00</t>
   </si>
   <si>
     <t>微信公众号“福建省肢残人协会”发布晋江安海镇发布无障碍查询系统相关推文</t>
   </si>
   <si>
     <t>微信公众号“中国残疾人事业新闻宣传促进会”</t>
   </si>
   <si>
     <t>“生活因你而特别” 虎鲸文娱公益发起听障人群短视频征集计划</t>
   </si>
   <si>
     <t>https://mp.weixin.qq.com/s/yyOqgcDKorA3TB8pRdkwdQ</t>
   </si>
   <si>
     <t>9月28日国际聋人日，虎鲸文娱公益联合优酷无障碍剧场等发起“生活因你而特别”生活片段征集计划，邀请聋人/听障群体拍摄短视频，传递乐观自信的生活态度。该活动为听障人群提供展示舞台，打破刻板印象，推动社会关注聋人文化。</t>
@@ -5741,53 +8426,50 @@
   <si>
     <t>导盲犬使用者在微信群讨论在部分地点叫不到滴滴网约车，而没有进行无障碍认证的亲属可以叫到车辆。有用户分析可能当地无司机提供无障碍服务。</t>
   </si>
   <si>
     <t>2025-09-02 23:33:00</t>
   </si>
   <si>
     <t>导盲犬使用者反馈部分地点无法叫到滴滴网约车</t>
   </si>
   <si>
     <t>今日头条用户“儒雅海洋ZC”</t>
   </si>
   <si>
     <t>https://www.toutiao.com/w/1842154142643336/</t>
   </si>
   <si>
     <t>用户提问残疾人是否可以从事网约车服务？</t>
   </si>
   <si>
     <t>2025-09-02 20:11:00</t>
   </si>
   <si>
     <t>今日头条用户“儒雅海洋ZC”发帖询问残疾人是否可以从事网约车服务？</t>
   </si>
   <si>
-    <t>小红书账号“曹操出行”</t>
-[...1 lines deleted...]
-  <si>
     <t>22个特殊家庭的宝鸡之旅，曹操出行无障碍专车助行动障碍人士拓宽生活半径</t>
   </si>
   <si>
     <t>http://xhslink.com/n/9Nzv52qtt9a</t>
   </si>
   <si>
     <t>曹操出行携手爱德基金会组织22位罕见病及残障人士家庭，乘坐曹操出行无障碍专车在宝鸡旅行。</t>
   </si>
   <si>
     <t>2025-09-02 19:57:00</t>
   </si>
   <si>
     <t>小红书账号“曹操出行”发布组织行动障碍人士乘坐无障碍专车旅行相关短视频</t>
   </si>
   <si>
     <t>公益在线</t>
   </si>
   <si>
     <t>西安市联合举办“9.5‘国际脊髓损伤日’”主题助残服务活动</t>
   </si>
   <si>
     <t>http://m.gyzxcn.com/news/local/2025/0902/13196.html</t>
   </si>
   <si>
     <t>8月31日，西安市举办“9.5国际脊髓损伤日”助残活动，滴滴公益滴滴青桔等多方参与。现场普及脊髓损伤知识，演示急救技能，滴滴公益还提供轮椅维修保养服务，各方携手助力脊髓损伤群体，增强其融入社会信心，展现公益力量。</t>
@@ -6410,68 +9092,62 @@
   <si>
     <t>2025-08-20 11:30:00</t>
   </si>
   <si>
     <t>小红书用户“山鬼”发布乘坐网约车遇到听障司机分心驾驶相关图文</t>
   </si>
   <si>
     <t>搜狐用户“世间精彩”</t>
   </si>
   <si>
     <t>支付宝专利：AI赋能无障碍人机识别，**数字普惠**迈出新步伐</t>
   </si>
   <si>
     <t>https://m.sohu.com/a/925572339_122362510</t>
   </si>
   <si>
     <t>支付宝公布一项名为“表征模型的训练方法及装置、人机识别方法及装置”的专利，旨在通过AI技术提升无障碍场景下的人机交互体验，优化对视力障碍、行动不便等用户的识别效果，推动数字普惠发展，体现了其在技术创新和包容性服务方面的积极探索。</t>
   </si>
   <si>
     <t>2025-08-19 13:11:00</t>
   </si>
   <si>
     <t>搜狐用户“世间精彩”发布支付宝获得无障碍人机验证相关专利的资讯</t>
   </si>
   <si>
-    <t>抖音用户“宁静&amp;导盲犬Bingo的小世界”</t>
-[...1 lines deleted...]
-  <si>
     <t>地铁工作人员的好，真的是无一例外。就像今天这么热的天，他们还特意把我一直送到网约车上，特别贴心。这样的温暖我已经拍过无数次类似的视频了，但每次还是忍不住想继续记录、继续分享——就是希望能让更多人看到他们这份满满的爱心。</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7539923749468376378</t>
   </si>
   <si>
     <t>视障用户携带导盲犬乘坐滴滴网约车，用户主动在车上铺上导盲犬的垫子。到达目的地后，司机主动下车协助乘客下车。</t>
   </si>
   <si>
     <t>2025-08-18 21:55:00</t>
   </si>
   <si>
-    <t>抖音用户“宁静&amp;导盲犬Bingo的小世界”发布视障者携带导盲犬乘坐滴滴网约车相关短视频</t>
-[...1 lines deleted...]
-  <si>
     <t>抖音用户“疯癫菜菜”</t>
   </si>
   <si>
     <t>滴滴指派盲人乘客！通过聊天，他们乐观的生活态度感觉比正常人更升华了一个境界！面对残障人士更要用对待正常人的平常心对待</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7539899220482346298</t>
   </si>
   <si>
     <t>滴滴司机分享跑车日常，接到无障碍服务订单有相关播报提示，接到乘客后发现是一位视障者和一位听障人士。</t>
   </si>
   <si>
     <t>2025-08-18 20:19:00</t>
   </si>
   <si>
     <t>抖音用户“疯癫菜菜”发布滴滴司机接到无障碍服务订单相关短视频</t>
   </si>
   <si>
     <t>微信公众号“深圳残疾人”</t>
   </si>
   <si>
     <t>深圳以无障碍传递城市温暖、彰显责任担当！</t>
   </si>
   <si>
     <t>https://mp.weixin.qq.com/s/2rrdwqLMuzOe5d0gduoWcg</t>
@@ -7901,53 +10577,50 @@
   <si>
     <t>2025-07-18 13:14:00</t>
   </si>
   <si>
     <t>微博用户“叮冬冬同学”发布不支持听障人士驾驶网约车相关博文</t>
   </si>
   <si>
     <t>微博用户“惹惹怪的惹惹”</t>
   </si>
   <si>
     <t>打滴滴打到聋哑人</t>
   </si>
   <si>
     <t>https://m.weibo.cn/status/PBz97shj8?mblogid=PBz97shj8&amp;display=0&amp;retcode=6102</t>
   </si>
   <si>
     <t>用户乘坐滴滴网约车遇到听障司机，下车时用手语给司机打出谢谢，看到司机的微笑很治愈。</t>
   </si>
   <si>
     <t>2025-07-17 23:00:00</t>
   </si>
   <si>
     <t>微博用户“惹惹怪的惹惹”发布乘坐滴滴网约车遇到听障司机相关图文</t>
   </si>
   <si>
-    <t>微信公众号“中国互联网协会”</t>
-[...1 lines deleted...]
-  <si>
     <t>数字扬帆丨中国互联网协会信息无障碍项目获得2025年信息社会世界峰会项目提名奖</t>
   </si>
   <si>
     <t>https://mp.weixin.qq.com/s/yVGGDbd6ynsTBz6soDPTvg</t>
   </si>
   <si>
     <t>在瑞士日内瓦举办的2025年信息社会世界峰会上，中国互联网协会主导的“中国互联网应用适老化及无障碍公共服务平台”项目获得电子科学项目提名奖。该项目从973个申报项目中脱颖而出，体现了国际社会对其在数字技术适老化及信息无障碍领域创新实践的认可，彰显了中国在推动信息社会包容性建设方面的贡献。</t>
   </si>
   <si>
     <t>2025-07-17 19:05:00</t>
   </si>
   <si>
     <t>微信公众号“中国互联网协会”发布“中国互联网应用适老化及无障碍公共服务平台”项目获得电子科学项目提名奖相关推文</t>
   </si>
   <si>
     <t>抖音用户“95后跑滴滴”</t>
   </si>
   <si>
     <t>#旺季跑滴滴的理由#滴滴司机活动多</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7527966907564035364</t>
   </si>
   <si>
     <t>滴滴司机分享参加由滴滴举办的无障碍出行体验活动，通过戴眼罩乘坐轮椅等体验，理解到了残障人群出行的障碍，呼吁公众对他们多一些关爱。</t>
@@ -10077,53 +12750,50 @@
     <t>文章提到在西博会上，丰田展出的无障碍车成为亮点，其bZ3无障碍车副驾驶的旋转座椅方便老年人、残疾人从轮椅快速衔接至座椅，后备箱还可存放折叠轮椅。丰田展区负责人李茜表示，老年群体就医是刚需场景，丰田希望与机构、医院合作开展陪诊服务，方便老人就医。四川是人口大省，老年群体庞大，且成都是丰田设置无障碍车租赁服务的城市之一，丰田希望借助西博会拓展更大市场空间。</t>
   </si>
   <si>
     <t>2025-05-27 16:49:00</t>
   </si>
   <si>
     <t>中国青年报发布西博会上丰田展出无障碍车相关新闻报道</t>
   </si>
   <si>
     <t>微博热搜</t>
   </si>
   <si>
     <t>#脑瘫女孩首次见到艾莎激动跟唱主题曲#</t>
   </si>
   <si>
     <t>https://weibo.com/p/23152232f93520db19f6c758a0f3269357b3b1</t>
   </si>
   <si>
     <t>中国助残志愿者协会借助上海第1批无障碍网约车落地，组织脑瘫患儿乘坐无障碍网约车坐轮椅前往迪士尼游玩。</t>
   </si>
   <si>
     <t>2025-05-27 16:46:00</t>
   </si>
   <si>
     <t>脑瘫儿童乘坐上海无障碍网约车前往迪士尼游玩相关事件登上微博热搜</t>
-  </si>
-[...1 lines deleted...]
-    <t>潮新闻</t>
   </si>
   <si>
     <t>“推进互联网适老化及无障碍建设高质量发展共同行动大会”在京举行</t>
   </si>
   <si>
     <t>https://tidenews.com.cn/news.html?id=3135071&amp;app_jump=1</t>
   </si>
   <si>
     <t>2025年5月25日，“推进互联网适老化及无障碍建设高质量发展共同行动大会”在北京举行。活动由中国互联网协会等三协会主办，主题为“数字技术适老助残”，旨在响应国家积极老龄化和保障残疾人权益战略，推动互联网行业践行社会责任。会上启动了相关行动，上线了意见建议平台和专题，发布了行动方案及报告，还揭牌了中国助残志愿者协会无障碍信息智能科创专业委员会。</t>
   </si>
   <si>
     <t>2025-05-26 17:30:00</t>
   </si>
   <si>
     <t>潮新闻发布互联网适老化及信息无障碍建设行动大会相关新闻报道</t>
   </si>
   <si>
     <t>刚开始犹豫的滴滴司机听说我携带的是导盲犬后爽快的同意我们上车</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7508504163953724691</t>
   </si>
   <si>
     <t>视障用户携带导盲犬乘坐滴滴网约车，乘客没有使用无障碍认证的账号叫车，提前电话与司机联系告知有导盲犬乘车，司机爽快同意可以带导盲犬乘车。</t>
   </si>
@@ -13529,53 +16199,50 @@
     <t>全国政协委员杨洋在全国两会期间提出，应加快推进听障群体无障碍化建设。她指出，中国有2.06亿听力障碍者，需通过同步字幕等方式获取信息。她建议广电总局在相关法规中增加可关闭字幕要求，推动试点落地；推进12345政务服务热线无障碍化，增设文字、视频（手语）接入方式；优化听力残疾人考试无障碍服务，明确申请流程和监考人员培训要求，保障听障群体平等参与社会生活。</t>
   </si>
   <si>
     <t>2025-03-04 17:29:00</t>
   </si>
   <si>
     <t>新京报发布政协委员听障群体无障碍建设相关提案新闻报道</t>
   </si>
   <si>
     <t>天坦社区用户“刘京皓”</t>
   </si>
   <si>
     <t>问大家一个滴滴出行的事情</t>
   </si>
   <si>
     <t>https://bbs.tatans.cn/topic/83811</t>
   </si>
   <si>
     <t>视障用户在滴滴APP中进行删除订单操作遇到困难发帖求助</t>
   </si>
   <si>
     <t>2025-03-03 22:38:00</t>
   </si>
   <si>
     <t>天坦社区用户“刘京皓”发布滴滴APP无障碍操作问题相关帖</t>
-  </si>
-[...1 lines deleted...]
-    <t>抖音用户“叶子在追光”</t>
   </si>
   <si>
     <t>盲人女生打车去上班啦，因为看不见，常常还需要大家更多的耐心和包容。</t>
   </si>
   <si>
     <t>https://www.douyin.com/video/7477570797540855099</t>
   </si>
   <si>
     <t>视障者使用滴滴叫车，司机到达后开窗询问乘客爆出自己车牌尾号，但乘客以为是手机尾号，认为不是自己叫的车，后来电话联系才确认车辆</t>
   </si>
   <si>
     <t>2025-03-03 21:13:00</t>
   </si>
   <si>
     <t>抖音用户“叶子在追光发布视障者乘坐滴滴网约车相关短视频”</t>
   </si>
   <si>
     <t>打破听障人士急救沟通壁垒，无障碍急救平台让每一个“无声呼救”都被听到</t>
   </si>
   <si>
     <t>https://m.chinatimes.net.cn/article/143316.html</t>
   </si>
   <si>
     <t>3月1日，无障碍急救平台入驻国家无障碍环境展示馆，并启动《听障人士120急救呼叫服务规范》贯标行动。该平台由北京依众公益基金会捐赠，听障人士通过微信小程序注册后，可一键呼救并视频沟通，无需依赖语音[^1^][^2^]。目前，平台已覆盖全国60余个城市，为2800万听力残疾人和4000万弱听老年群体提供急救服务[^3^]。</t>
   </si>
@@ -15658,26656 +18325,31296 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I918"/>
+  <dimension ref="A1:I1078"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>921</v>
+        <v>1080</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I2">
-        <v>0</v>
+        <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>923</v>
+        <v>1082</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>19</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="I3">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>922</v>
+        <v>1083</v>
       </c>
       <c r="B4" t="s">
         <v>21</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="I4">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>919</v>
+        <v>1081</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5" t="s">
         <v>28</v>
       </c>
       <c r="D5" t="s">
         <v>29</v>
       </c>
       <c r="E5" t="s">
         <v>30</v>
       </c>
       <c r="F5" t="s">
         <v>31</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I5">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>924</v>
+        <v>1084</v>
       </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>
       <c r="C6" t="s">
         <v>34</v>
       </c>
       <c r="D6" t="s">
         <v>35</v>
       </c>
       <c r="E6" t="s">
         <v>36</v>
       </c>
       <c r="F6" t="s">
         <v>37</v>
       </c>
       <c r="G6" t="s">
         <v>38</v>
       </c>
       <c r="H6">
-        <v>171</v>
+        <v>13</v>
       </c>
       <c r="I6">
-        <v>17</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>920</v>
+        <v>1078</v>
       </c>
       <c r="B7" t="s">
         <v>39</v>
       </c>
       <c r="C7" t="s">
         <v>40</v>
       </c>
       <c r="D7" t="s">
         <v>41</v>
       </c>
       <c r="E7" t="s">
         <v>42</v>
       </c>
       <c r="F7" t="s">
         <v>43</v>
       </c>
       <c r="G7" t="s">
         <v>44</v>
       </c>
       <c r="H7">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="I7">
-        <v>228</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>918</v>
+        <v>1079</v>
       </c>
       <c r="B8" t="s">
         <v>45</v>
       </c>
       <c r="C8" t="s">
         <v>46</v>
       </c>
       <c r="D8" t="s">
         <v>47</v>
       </c>
       <c r="E8" t="s">
         <v>48</v>
       </c>
       <c r="F8" t="s">
         <v>49</v>
       </c>
       <c r="G8" t="s">
         <v>50</v>
       </c>
       <c r="H8">
         <v>1</v>
       </c>
       <c r="I8">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>917</v>
+        <v>1076</v>
       </c>
       <c r="B9" t="s">
+        <v>15</v>
+      </c>
+      <c r="C9" t="s">
         <v>51</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>52</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>53</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
         <v>54</v>
       </c>
-      <c r="F9" t="s">
+      <c r="G9" t="s">
         <v>55</v>
       </c>
-      <c r="G9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H9">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="I9">
-        <v>0</v>
+        <v>7</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>915</v>
+        <v>1077</v>
       </c>
       <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
         <v>57</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>58</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>59</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
         <v>60</v>
       </c>
-      <c r="F10" t="s">
+      <c r="G10" t="s">
         <v>61</v>
       </c>
-      <c r="G10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H10">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I10">
-        <v>2</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>916</v>
+        <v>1068</v>
       </c>
       <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
         <v>63</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>64</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>65</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
         <v>66</v>
       </c>
-      <c r="F11" t="s">
+      <c r="G11" t="s">
         <v>67</v>
       </c>
-      <c r="G11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H11">
-        <v>48</v>
+        <v>5</v>
       </c>
       <c r="I11">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>912</v>
+        <v>1070</v>
       </c>
       <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" t="s">
         <v>69</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>70</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>71</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
         <v>72</v>
       </c>
-      <c r="F12" t="s">
+      <c r="G12" t="s">
         <v>73</v>
       </c>
-      <c r="G12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H12">
-        <v>144</v>
+        <v>0</v>
       </c>
       <c r="I12">
-        <v>43</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>914</v>
+        <v>1069</v>
       </c>
       <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
         <v>75</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>76</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>77</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
         <v>78</v>
       </c>
-      <c r="F13" t="s">
+      <c r="G13" t="s">
         <v>79</v>
       </c>
-      <c r="G13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H13">
-        <v>62</v>
+        <v>0</v>
       </c>
       <c r="I13">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>906</v>
+        <v>1071</v>
       </c>
       <c r="B14" t="s">
+        <v>80</v>
+      </c>
+      <c r="C14" t="s">
         <v>81</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>82</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>83</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
         <v>84</v>
       </c>
-      <c r="F14" t="s">
+      <c r="G14" t="s">
         <v>85</v>
       </c>
-      <c r="G14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H14">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I14">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>911</v>
+        <v>1067</v>
       </c>
       <c r="B15" t="s">
+        <v>86</v>
+      </c>
+      <c r="C15" t="s">
         <v>87</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>88</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>89</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
         <v>90</v>
       </c>
-      <c r="F15" t="s">
+      <c r="G15" t="s">
         <v>91</v>
       </c>
-      <c r="G15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H15">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="I15">
-        <v>0</v>
+        <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>907</v>
+        <v>1072</v>
       </c>
       <c r="B16" t="s">
+        <v>92</v>
+      </c>
+      <c r="C16" t="s">
         <v>93</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>94</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>95</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
         <v>96</v>
       </c>
-      <c r="F16" t="s">
+      <c r="G16" t="s">
         <v>97</v>
       </c>
-      <c r="G16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H16">
-        <v>11</v>
+        <v>480</v>
       </c>
       <c r="I16">
-        <v>3</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>908</v>
+        <v>1065</v>
       </c>
       <c r="B17" t="s">
+        <v>80</v>
+      </c>
+      <c r="C17" t="s">
+        <v>98</v>
+      </c>
+      <c r="D17" t="s">
         <v>99</v>
       </c>
-      <c r="C17" t="s">
+      <c r="E17" t="s">
         <v>100</v>
       </c>
-      <c r="D17" t="s">
+      <c r="F17" t="s">
         <v>101</v>
       </c>
-      <c r="E17" t="s">
+      <c r="G17" t="s">
         <v>102</v>
       </c>
-      <c r="F17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H17">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I17">
-        <v>33</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>913</v>
+        <v>1074</v>
       </c>
       <c r="B18" t="s">
+        <v>15</v>
+      </c>
+      <c r="C18" t="s">
+        <v>103</v>
+      </c>
+      <c r="D18" t="s">
+        <v>104</v>
+      </c>
+      <c r="E18" t="s">
         <v>105</v>
       </c>
-      <c r="C18" t="s">
+      <c r="F18" t="s">
         <v>106</v>
       </c>
-      <c r="D18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G18" t="s">
-        <v>110</v>
+        <v>55</v>
       </c>
       <c r="H18">
-        <v>86</v>
+        <v>4</v>
       </c>
       <c r="I18">
-        <v>65</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>910</v>
+        <v>1073</v>
       </c>
       <c r="B19" t="s">
+        <v>107</v>
+      </c>
+      <c r="C19" t="s">
+        <v>108</v>
+      </c>
+      <c r="D19" t="s">
+        <v>109</v>
+      </c>
+      <c r="E19" t="s">
+        <v>110</v>
+      </c>
+      <c r="F19" t="s">
         <v>111</v>
       </c>
-      <c r="C19" t="s">
+      <c r="G19" t="s">
         <v>112</v>
       </c>
-      <c r="D19" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H19">
-        <v>38</v>
+        <v>0</v>
       </c>
       <c r="I19">
-        <v>17</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>903</v>
+        <v>1064</v>
       </c>
       <c r="B20" t="s">
+        <v>113</v>
+      </c>
+      <c r="C20" t="s">
+        <v>114</v>
+      </c>
+      <c r="D20" t="s">
+        <v>115</v>
+      </c>
+      <c r="E20" t="s">
+        <v>116</v>
+      </c>
+      <c r="F20" t="s">
         <v>117</v>
       </c>
-      <c r="C20" t="s">
+      <c r="G20" t="s">
         <v>118</v>
       </c>
-      <c r="D20" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H20">
-        <v>1563</v>
+        <v>6</v>
       </c>
       <c r="I20">
-        <v>85</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>909</v>
+        <v>1062</v>
       </c>
       <c r="B21" t="s">
+        <v>119</v>
+      </c>
+      <c r="C21" t="s">
+        <v>120</v>
+      </c>
+      <c r="D21" t="s">
+        <v>121</v>
+      </c>
+      <c r="E21" t="s">
+        <v>122</v>
+      </c>
+      <c r="F21" t="s">
         <v>123</v>
       </c>
-      <c r="C21" t="s">
+      <c r="G21" t="s">
         <v>124</v>
       </c>
-      <c r="D21" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H21">
-        <v>39</v>
+        <v>535</v>
       </c>
       <c r="I21">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>904</v>
+        <v>1075</v>
       </c>
       <c r="B22" t="s">
+        <v>125</v>
+      </c>
+      <c r="C22" t="s">
+        <v>126</v>
+      </c>
+      <c r="D22" t="s">
+        <v>127</v>
+      </c>
+      <c r="E22" t="s">
+        <v>128</v>
+      </c>
+      <c r="F22" t="s">
         <v>129</v>
       </c>
-      <c r="C22" t="s">
+      <c r="G22" t="s">
         <v>130</v>
       </c>
-      <c r="D22" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H22">
-        <v>1954</v>
+        <v>16</v>
       </c>
       <c r="I22">
-        <v>113</v>
+        <v>239</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>900</v>
+        <v>1066</v>
       </c>
       <c r="B23" t="s">
+        <v>131</v>
+      </c>
+      <c r="C23" t="s">
+        <v>132</v>
+      </c>
+      <c r="D23" t="s">
+        <v>133</v>
+      </c>
+      <c r="E23" t="s">
+        <v>134</v>
+      </c>
+      <c r="F23" t="s">
         <v>135</v>
       </c>
-      <c r="C23" t="s">
+      <c r="G23" t="s">
         <v>136</v>
       </c>
-      <c r="D23" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H23">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="I23">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>902</v>
+        <v>1063</v>
       </c>
       <c r="B24" t="s">
+        <v>137</v>
+      </c>
+      <c r="C24" t="s">
+        <v>138</v>
+      </c>
+      <c r="D24" t="s">
+        <v>139</v>
+      </c>
+      <c r="E24" t="s">
+        <v>140</v>
+      </c>
+      <c r="F24" t="s">
         <v>141</v>
       </c>
-      <c r="C24" t="s">
+      <c r="G24" t="s">
         <v>142</v>
       </c>
-      <c r="D24" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H24">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="I24">
-        <v>8</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>901</v>
+        <v>1060</v>
       </c>
       <c r="B25" t="s">
+        <v>143</v>
+      </c>
+      <c r="C25" t="s">
+        <v>144</v>
+      </c>
+      <c r="D25" t="s">
+        <v>145</v>
+      </c>
+      <c r="E25" t="s">
+        <v>146</v>
+      </c>
+      <c r="F25" t="s">
         <v>147</v>
       </c>
-      <c r="C25" t="s">
+      <c r="G25" t="s">
         <v>148</v>
       </c>
-      <c r="D25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H25">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I25">
-        <v>1</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>899</v>
+        <v>1059</v>
       </c>
       <c r="B26" t="s">
+        <v>149</v>
+      </c>
+      <c r="C26" t="s">
+        <v>150</v>
+      </c>
+      <c r="D26" t="s">
+        <v>151</v>
+      </c>
+      <c r="E26" t="s">
+        <v>152</v>
+      </c>
+      <c r="F26" t="s">
         <v>153</v>
       </c>
-      <c r="C26" t="s">
+      <c r="G26" t="s">
         <v>154</v>
       </c>
-      <c r="D26" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H26">
-        <v>967</v>
+        <v>4</v>
       </c>
       <c r="I26">
-        <v>12</v>
+        <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>905</v>
+        <v>1057</v>
       </c>
       <c r="B27" t="s">
+        <v>155</v>
+      </c>
+      <c r="C27" t="s">
+        <v>156</v>
+      </c>
+      <c r="D27" t="s">
+        <v>157</v>
+      </c>
+      <c r="E27" t="s">
+        <v>158</v>
+      </c>
+      <c r="F27" t="s">
         <v>159</v>
       </c>
-      <c r="C27" t="s">
+      <c r="G27" t="s">
         <v>160</v>
       </c>
-      <c r="D27" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H27">
-        <v>4</v>
+        <v>349</v>
       </c>
       <c r="I27">
-        <v>0</v>
+        <v>108</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>898</v>
+        <v>1052</v>
       </c>
       <c r="B28" t="s">
-        <v>165</v>
+        <v>15</v>
       </c>
       <c r="C28" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="D28" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="E28" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="F28" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="G28" t="s">
-        <v>170</v>
+        <v>55</v>
       </c>
       <c r="H28">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="I28">
-        <v>1</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>897</v>
+        <v>1058</v>
       </c>
       <c r="B29" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C29" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="D29" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="E29" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="F29" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="G29" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="H29">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I29">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>896</v>
+        <v>1061</v>
       </c>
       <c r="B30" t="s">
-        <v>111</v>
+        <v>171</v>
       </c>
       <c r="C30" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="D30" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="E30" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="F30" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="G30" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="H30">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="I30">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>893</v>
+        <v>1051</v>
       </c>
       <c r="B31" t="s">
+        <v>177</v>
+      </c>
+      <c r="C31" t="s">
+        <v>178</v>
+      </c>
+      <c r="D31" t="s">
+        <v>179</v>
+      </c>
+      <c r="E31" t="s">
+        <v>180</v>
+      </c>
+      <c r="F31" t="s">
+        <v>181</v>
+      </c>
+      <c r="G31" t="s">
         <v>182</v>
       </c>
-      <c r="C31" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H31">
-        <v>178</v>
+        <v>0</v>
       </c>
       <c r="I31">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>894</v>
+        <v>1050</v>
       </c>
       <c r="B32" t="s">
+        <v>183</v>
+      </c>
+      <c r="C32" t="s">
+        <v>184</v>
+      </c>
+      <c r="D32" t="s">
+        <v>185</v>
+      </c>
+      <c r="E32" t="s">
+        <v>186</v>
+      </c>
+      <c r="F32" t="s">
+        <v>187</v>
+      </c>
+      <c r="G32" t="s">
         <v>188</v>
       </c>
-      <c r="C32" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H32">
-        <v>65</v>
+        <v>385</v>
       </c>
       <c r="I32">
-        <v>2</v>
+        <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>895</v>
+        <v>1048</v>
       </c>
       <c r="B33" t="s">
+        <v>189</v>
+      </c>
+      <c r="C33" t="s">
+        <v>190</v>
+      </c>
+      <c r="D33" t="s">
+        <v>191</v>
+      </c>
+      <c r="E33" t="s">
         <v>192</v>
       </c>
-      <c r="C33" t="s">
+      <c r="F33" t="s">
         <v>193</v>
       </c>
-      <c r="D33" t="s">
+      <c r="G33" t="s">
         <v>194</v>
       </c>
-      <c r="E33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H33">
-        <v>1</v>
+        <v>35</v>
       </c>
       <c r="I33">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>892</v>
+        <v>1045</v>
       </c>
       <c r="B34" t="s">
+        <v>195</v>
+      </c>
+      <c r="C34" t="s">
+        <v>196</v>
+      </c>
+      <c r="D34" t="s">
         <v>197</v>
       </c>
-      <c r="C34" t="s">
+      <c r="E34" t="s">
         <v>198</v>
       </c>
-      <c r="D34" t="s">
+      <c r="F34" t="s">
         <v>199</v>
       </c>
-      <c r="E34" t="s">
+      <c r="G34" t="s">
         <v>200</v>
       </c>
-      <c r="F34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H34">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="I34">
-        <v>13</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>891</v>
+        <v>1049</v>
       </c>
       <c r="B35" t="s">
+        <v>201</v>
+      </c>
+      <c r="C35" t="s">
+        <v>202</v>
+      </c>
+      <c r="D35" t="s">
         <v>203</v>
       </c>
-      <c r="C35" t="s">
+      <c r="E35" t="s">
         <v>204</v>
       </c>
-      <c r="D35" t="s">
+      <c r="F35" t="s">
         <v>205</v>
       </c>
-      <c r="E35" t="s">
+      <c r="G35" t="s">
         <v>206</v>
       </c>
-      <c r="F35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H35">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I35">
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>888</v>
+        <v>1047</v>
       </c>
       <c r="B36" t="s">
+        <v>207</v>
+      </c>
+      <c r="C36" t="s">
+        <v>208</v>
+      </c>
+      <c r="D36" t="s">
         <v>209</v>
       </c>
-      <c r="C36" t="s">
+      <c r="E36" t="s">
         <v>210</v>
       </c>
-      <c r="D36" t="s">
+      <c r="F36" t="s">
         <v>211</v>
       </c>
-      <c r="E36" t="s">
+      <c r="G36" t="s">
         <v>212</v>
       </c>
-      <c r="F36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H36">
-        <v>5504</v>
+        <v>0</v>
       </c>
       <c r="I36">
-        <v>700</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>890</v>
+        <v>1044</v>
       </c>
       <c r="B37" t="s">
+        <v>213</v>
+      </c>
+      <c r="C37" t="s">
+        <v>214</v>
+      </c>
+      <c r="D37" t="s">
         <v>215</v>
       </c>
-      <c r="C37" t="s">
+      <c r="E37" t="s">
         <v>216</v>
       </c>
-      <c r="D37" t="s">
+      <c r="F37" t="s">
         <v>217</v>
       </c>
-      <c r="E37" t="s">
+      <c r="G37" t="s">
         <v>218</v>
       </c>
-      <c r="F37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H37">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="I37">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>889</v>
+        <v>1041</v>
       </c>
       <c r="B38" t="s">
+        <v>165</v>
+      </c>
+      <c r="C38" t="s">
+        <v>219</v>
+      </c>
+      <c r="D38" t="s">
+        <v>220</v>
+      </c>
+      <c r="E38" t="s">
         <v>221</v>
       </c>
-      <c r="C38" t="s">
+      <c r="F38" t="s">
         <v>222</v>
       </c>
-      <c r="D38" t="s">
+      <c r="G38" t="s">
         <v>223</v>
       </c>
-      <c r="E38" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H38">
         <v>0</v>
       </c>
       <c r="I38">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>884</v>
+        <v>1046</v>
       </c>
       <c r="B39" t="s">
+        <v>224</v>
+      </c>
+      <c r="C39" t="s">
+        <v>225</v>
+      </c>
+      <c r="D39" t="s">
+        <v>226</v>
+      </c>
+      <c r="E39" t="s">
         <v>227</v>
       </c>
-      <c r="C39" t="s">
+      <c r="F39" t="s">
         <v>228</v>
       </c>
-      <c r="D39" t="s">
+      <c r="G39" t="s">
         <v>229</v>
       </c>
-      <c r="E39" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H39">
-        <v>4718</v>
+        <v>57</v>
       </c>
       <c r="I39">
-        <v>179</v>
+        <v>28</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>886</v>
+        <v>1035</v>
       </c>
       <c r="B40" t="s">
+        <v>230</v>
+      </c>
+      <c r="C40" t="s">
+        <v>231</v>
+      </c>
+      <c r="D40" t="s">
+        <v>232</v>
+      </c>
+      <c r="E40" t="s">
         <v>233</v>
       </c>
-      <c r="C40" t="s">
+      <c r="F40" t="s">
         <v>234</v>
       </c>
-      <c r="D40" t="s">
+      <c r="G40" t="s">
         <v>235</v>
       </c>
-      <c r="E40" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H40">
-        <v>1997</v>
+        <v>3140</v>
       </c>
       <c r="I40">
-        <v>75</v>
+        <v>440</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>883</v>
+        <v>1039</v>
       </c>
       <c r="B41" t="s">
+        <v>236</v>
+      </c>
+      <c r="C41" t="s">
+        <v>237</v>
+      </c>
+      <c r="D41" t="s">
+        <v>238</v>
+      </c>
+      <c r="E41" t="s">
         <v>239</v>
       </c>
-      <c r="C41" t="s">
+      <c r="F41" t="s">
         <v>240</v>
       </c>
-      <c r="D41" t="s">
+      <c r="G41" t="s">
         <v>241</v>
       </c>
-      <c r="E41" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H41">
         <v>0</v>
       </c>
       <c r="I41">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>879</v>
+        <v>1037</v>
       </c>
       <c r="B42" t="s">
+        <v>242</v>
+      </c>
+      <c r="C42" t="s">
+        <v>243</v>
+      </c>
+      <c r="D42" t="s">
+        <v>244</v>
+      </c>
+      <c r="E42" t="s">
         <v>245</v>
       </c>
-      <c r="C42" t="s">
+      <c r="F42" t="s">
         <v>246</v>
       </c>
-      <c r="D42" t="s">
+      <c r="G42" t="s">
         <v>247</v>
       </c>
-      <c r="E42" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H42">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="I42">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>881</v>
+        <v>1053</v>
       </c>
       <c r="B43" t="s">
+        <v>248</v>
+      </c>
+      <c r="C43" t="s">
+        <v>249</v>
+      </c>
+      <c r="D43" t="s">
+        <v>250</v>
+      </c>
+      <c r="E43" t="s">
         <v>251</v>
       </c>
-      <c r="C43" t="s">
+      <c r="F43" t="s">
         <v>252</v>
       </c>
-      <c r="D43" t="s">
+      <c r="G43" t="s">
         <v>253</v>
-      </c>
-[...7 lines deleted...]
-        <v>256</v>
       </c>
       <c r="H43">
         <v>0</v>
       </c>
       <c r="I43">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>878</v>
+        <v>1054</v>
       </c>
       <c r="B44" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="C44" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D44" t="s">
-        <v>259</v>
+        <v>250</v>
       </c>
       <c r="E44" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="F44" t="s">
-        <v>261</v>
+        <v>252</v>
       </c>
       <c r="G44" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="H44">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I44">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>880</v>
+        <v>1055</v>
       </c>
       <c r="B45" t="s">
-        <v>263</v>
+        <v>248</v>
       </c>
       <c r="C45" t="s">
-        <v>264</v>
+        <v>249</v>
       </c>
       <c r="D45" t="s">
-        <v>265</v>
+        <v>250</v>
       </c>
       <c r="E45" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="F45" t="s">
-        <v>267</v>
+        <v>252</v>
       </c>
       <c r="G45" t="s">
-        <v>268</v>
+        <v>257</v>
       </c>
       <c r="H45">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="I45">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>877</v>
+        <v>1056</v>
       </c>
       <c r="B46" t="s">
-        <v>269</v>
+        <v>248</v>
       </c>
       <c r="C46" t="s">
-        <v>270</v>
+        <v>249</v>
       </c>
       <c r="D46" t="s">
-        <v>271</v>
+        <v>250</v>
       </c>
       <c r="E46" t="s">
-        <v>272</v>
+        <v>258</v>
       </c>
       <c r="F46" t="s">
-        <v>273</v>
+        <v>252</v>
       </c>
       <c r="G46" t="s">
-        <v>274</v>
+        <v>257</v>
       </c>
       <c r="H46">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="I46">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>876</v>
+        <v>1042</v>
       </c>
       <c r="B47" t="s">
-        <v>275</v>
+        <v>259</v>
       </c>
       <c r="C47" t="s">
-        <v>276</v>
+        <v>260</v>
       </c>
       <c r="D47" t="s">
-        <v>277</v>
+        <v>261</v>
       </c>
       <c r="E47" t="s">
-        <v>278</v>
+        <v>262</v>
       </c>
       <c r="F47" t="s">
-        <v>279</v>
+        <v>263</v>
       </c>
       <c r="G47" t="s">
-        <v>280</v>
+        <v>264</v>
       </c>
       <c r="H47">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="I47">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>874</v>
+        <v>1043</v>
       </c>
       <c r="B48" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="C48" t="s">
-        <v>282</v>
+        <v>266</v>
       </c>
       <c r="D48" t="s">
-        <v>283</v>
+        <v>267</v>
       </c>
       <c r="E48" t="s">
-        <v>284</v>
+        <v>268</v>
       </c>
       <c r="F48" t="s">
-        <v>285</v>
+        <v>269</v>
       </c>
       <c r="G48" t="s">
-        <v>286</v>
+        <v>270</v>
       </c>
       <c r="H48">
-        <v>4404</v>
+        <v>1</v>
       </c>
       <c r="I48">
-        <v>13</v>
+        <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>875</v>
+        <v>1036</v>
       </c>
       <c r="B49" t="s">
-        <v>287</v>
+        <v>271</v>
       </c>
       <c r="C49" t="s">
-        <v>288</v>
+        <v>272</v>
       </c>
       <c r="D49" t="s">
-        <v>289</v>
+        <v>273</v>
       </c>
       <c r="E49" t="s">
-        <v>290</v>
+        <v>274</v>
       </c>
       <c r="F49" t="s">
-        <v>291</v>
+        <v>275</v>
       </c>
       <c r="G49" t="s">
-        <v>292</v>
+        <v>276</v>
       </c>
       <c r="H49">
-        <v>51</v>
+        <v>8</v>
       </c>
       <c r="I49">
-        <v>4</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>882</v>
+        <v>1040</v>
       </c>
       <c r="B50" t="s">
-        <v>293</v>
+        <v>277</v>
       </c>
       <c r="C50" t="s">
-        <v>294</v>
+        <v>278</v>
       </c>
       <c r="D50" t="s">
-        <v>295</v>
+        <v>279</v>
       </c>
       <c r="E50" t="s">
-        <v>296</v>
+        <v>280</v>
       </c>
       <c r="F50" t="s">
-        <v>297</v>
+        <v>281</v>
       </c>
       <c r="G50" t="s">
-        <v>298</v>
+        <v>282</v>
       </c>
       <c r="H50">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I50">
-        <v>0</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
-        <v>887</v>
+        <v>1033</v>
       </c>
       <c r="B51" t="s">
-        <v>299</v>
+        <v>283</v>
       </c>
       <c r="C51" t="s">
-        <v>300</v>
+        <v>284</v>
       </c>
       <c r="D51" t="s">
-        <v>301</v>
+        <v>285</v>
       </c>
       <c r="E51" t="s">
-        <v>302</v>
+        <v>286</v>
       </c>
       <c r="F51" t="s">
-        <v>303</v>
+        <v>287</v>
       </c>
       <c r="G51" t="s">
-        <v>304</v>
+        <v>288</v>
       </c>
       <c r="H51">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="I51">
-        <v>11</v>
+        <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
-        <v>873</v>
+        <v>1032</v>
       </c>
       <c r="B52" t="s">
-        <v>305</v>
+        <v>289</v>
       </c>
       <c r="C52" t="s">
-        <v>306</v>
+        <v>290</v>
       </c>
       <c r="D52" t="s">
-        <v>307</v>
+        <v>291</v>
       </c>
       <c r="E52" t="s">
-        <v>308</v>
+        <v>292</v>
       </c>
       <c r="F52" t="s">
-        <v>309</v>
+        <v>293</v>
       </c>
       <c r="G52" t="s">
-        <v>310</v>
+        <v>294</v>
       </c>
       <c r="H52">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="I52">
-        <v>0</v>
+        <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
-        <v>885</v>
+        <v>1038</v>
       </c>
       <c r="B53" t="s">
-        <v>311</v>
+        <v>295</v>
       </c>
       <c r="C53" t="s">
-        <v>312</v>
+        <v>296</v>
       </c>
       <c r="D53" t="s">
-        <v>313</v>
+        <v>297</v>
       </c>
       <c r="E53" t="s">
-        <v>314</v>
+        <v>298</v>
       </c>
       <c r="F53" t="s">
-        <v>315</v>
+        <v>299</v>
       </c>
       <c r="G53" t="s">
-        <v>316</v>
+        <v>300</v>
       </c>
       <c r="H53">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I53">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
-        <v>870</v>
+        <v>1030</v>
       </c>
       <c r="B54" t="s">
-        <v>317</v>
+        <v>301</v>
       </c>
       <c r="C54" t="s">
-        <v>318</v>
+        <v>302</v>
       </c>
       <c r="D54" t="s">
-        <v>319</v>
+        <v>303</v>
       </c>
       <c r="E54" t="s">
-        <v>320</v>
+        <v>304</v>
       </c>
       <c r="F54" t="s">
-        <v>321</v>
+        <v>305</v>
       </c>
       <c r="G54" t="s">
-        <v>322</v>
+        <v>306</v>
       </c>
       <c r="H54">
-        <v>45</v>
+        <v>4</v>
       </c>
       <c r="I54">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>871</v>
+        <v>1029</v>
       </c>
       <c r="B55" t="s">
-        <v>323</v>
+        <v>307</v>
       </c>
       <c r="C55" t="s">
-        <v>324</v>
+        <v>308</v>
       </c>
       <c r="D55" t="s">
-        <v>325</v>
+        <v>309</v>
       </c>
       <c r="E55" t="s">
-        <v>326</v>
+        <v>310</v>
       </c>
       <c r="F55" t="s">
-        <v>327</v>
+        <v>311</v>
       </c>
       <c r="G55" t="s">
-        <v>328</v>
+        <v>312</v>
       </c>
       <c r="H55">
         <v>0</v>
       </c>
       <c r="I55">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
-        <v>872</v>
+        <v>1028</v>
       </c>
       <c r="B56" t="s">
-        <v>329</v>
+        <v>313</v>
       </c>
       <c r="C56" t="s">
-        <v>330</v>
+        <v>314</v>
       </c>
       <c r="D56" t="s">
-        <v>331</v>
+        <v>315</v>
       </c>
       <c r="E56" t="s">
-        <v>332</v>
+        <v>316</v>
       </c>
       <c r="F56" t="s">
-        <v>333</v>
+        <v>317</v>
       </c>
       <c r="G56" t="s">
-        <v>334</v>
+        <v>318</v>
       </c>
       <c r="H56">
         <v>4</v>
       </c>
       <c r="I56">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
-        <v>869</v>
+        <v>1025</v>
       </c>
       <c r="B57" t="s">
-        <v>335</v>
+        <v>319</v>
       </c>
       <c r="C57" t="s">
-        <v>336</v>
+        <v>320</v>
       </c>
       <c r="D57" t="s">
-        <v>337</v>
+        <v>321</v>
       </c>
       <c r="E57" t="s">
-        <v>338</v>
+        <v>322</v>
       </c>
       <c r="F57" t="s">
-        <v>339</v>
+        <v>323</v>
       </c>
       <c r="G57" t="s">
-        <v>340</v>
+        <v>324</v>
       </c>
       <c r="H57">
-        <v>1348</v>
+        <v>57</v>
       </c>
       <c r="I57">
-        <v>115</v>
+        <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
-        <v>868</v>
+        <v>1027</v>
       </c>
       <c r="B58" t="s">
-        <v>341</v>
+        <v>325</v>
       </c>
       <c r="C58" t="s">
-        <v>342</v>
+        <v>326</v>
       </c>
       <c r="D58" t="s">
-        <v>343</v>
+        <v>327</v>
       </c>
       <c r="E58" t="s">
-        <v>344</v>
+        <v>328</v>
       </c>
       <c r="F58" t="s">
-        <v>345</v>
+        <v>329</v>
       </c>
       <c r="G58" t="s">
-        <v>346</v>
+        <v>330</v>
       </c>
       <c r="H58">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="I58">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
-        <v>867</v>
+        <v>1024</v>
       </c>
       <c r="B59" t="s">
-        <v>347</v>
+        <v>86</v>
       </c>
       <c r="C59" t="s">
-        <v>348</v>
+        <v>331</v>
       </c>
       <c r="D59" t="s">
-        <v>349</v>
+        <v>332</v>
       </c>
       <c r="E59" t="s">
-        <v>350</v>
+        <v>333</v>
       </c>
       <c r="F59" t="s">
-        <v>351</v>
+        <v>334</v>
       </c>
       <c r="G59" t="s">
-        <v>352</v>
+        <v>335</v>
       </c>
       <c r="H59">
-        <v>1527</v>
+        <v>24</v>
       </c>
       <c r="I59">
-        <v>279</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
-        <v>863</v>
+        <v>1034</v>
       </c>
       <c r="B60" t="s">
-        <v>353</v>
+        <v>336</v>
       </c>
       <c r="C60" t="s">
-        <v>354</v>
+        <v>337</v>
       </c>
       <c r="D60" t="s">
-        <v>355</v>
+        <v>338</v>
       </c>
       <c r="E60" t="s">
-        <v>356</v>
+        <v>339</v>
       </c>
       <c r="F60" t="s">
-        <v>357</v>
+        <v>340</v>
       </c>
       <c r="G60" t="s">
-        <v>358</v>
+        <v>341</v>
       </c>
       <c r="H60">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="I60">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
-        <v>864</v>
+        <v>1022</v>
       </c>
       <c r="B61" t="s">
-        <v>359</v>
+        <v>342</v>
       </c>
       <c r="C61" t="s">
-        <v>360</v>
+        <v>343</v>
       </c>
       <c r="D61" t="s">
-        <v>361</v>
+        <v>344</v>
       </c>
       <c r="E61" t="s">
-        <v>362</v>
+        <v>345</v>
       </c>
       <c r="F61" t="s">
-        <v>363</v>
+        <v>346</v>
       </c>
       <c r="G61" t="s">
-        <v>364</v>
+        <v>347</v>
       </c>
       <c r="H61">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="I61">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
-        <v>861</v>
+        <v>1026</v>
       </c>
       <c r="B62" t="s">
-        <v>365</v>
+        <v>348</v>
       </c>
       <c r="C62" t="s">
-        <v>366</v>
+        <v>349</v>
       </c>
       <c r="D62" t="s">
-        <v>367</v>
+        <v>350</v>
       </c>
       <c r="E62" t="s">
-        <v>368</v>
+        <v>351</v>
       </c>
       <c r="F62" t="s">
-        <v>369</v>
+        <v>352</v>
       </c>
       <c r="G62" t="s">
-        <v>370</v>
+        <v>353</v>
       </c>
       <c r="H62">
-        <v>2</v>
+        <v>22</v>
       </c>
       <c r="I62">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
-        <v>865</v>
+        <v>1023</v>
       </c>
       <c r="B63" t="s">
-        <v>371</v>
+        <v>354</v>
       </c>
       <c r="C63" t="s">
-        <v>372</v>
+        <v>355</v>
       </c>
       <c r="D63" t="s">
-        <v>373</v>
+        <v>356</v>
       </c>
       <c r="E63" t="s">
-        <v>374</v>
+        <v>357</v>
       </c>
       <c r="F63" t="s">
-        <v>375</v>
+        <v>358</v>
       </c>
       <c r="G63" t="s">
-        <v>376</v>
+        <v>359</v>
       </c>
       <c r="H63">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="I63">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
-        <v>862</v>
+        <v>1031</v>
       </c>
       <c r="B64" t="s">
-        <v>377</v>
+        <v>336</v>
       </c>
       <c r="C64" t="s">
-        <v>378</v>
+        <v>360</v>
       </c>
       <c r="D64" t="s">
-        <v>379</v>
+        <v>361</v>
       </c>
       <c r="E64" t="s">
-        <v>380</v>
+        <v>362</v>
       </c>
       <c r="F64" t="s">
-        <v>381</v>
+        <v>363</v>
       </c>
       <c r="G64" t="s">
-        <v>382</v>
+        <v>364</v>
       </c>
       <c r="H64">
-        <v>908</v>
+        <v>0</v>
       </c>
       <c r="I64">
-        <v>217</v>
+        <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
-        <v>859</v>
+        <v>1021</v>
       </c>
       <c r="B65" t="s">
-        <v>383</v>
+        <v>365</v>
       </c>
       <c r="C65" t="s">
-        <v>384</v>
+        <v>366</v>
       </c>
       <c r="D65" t="s">
-        <v>385</v>
+        <v>367</v>
       </c>
       <c r="E65" t="s">
-        <v>386</v>
+        <v>368</v>
       </c>
       <c r="F65" t="s">
-        <v>387</v>
+        <v>369</v>
       </c>
       <c r="G65" t="s">
-        <v>388</v>
+        <v>370</v>
       </c>
       <c r="H65">
         <v>1</v>
       </c>
       <c r="I65">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
-        <v>860</v>
+        <v>1020</v>
       </c>
       <c r="B66" t="s">
-        <v>389</v>
+        <v>371</v>
       </c>
       <c r="C66" t="s">
-        <v>390</v>
+        <v>372</v>
       </c>
       <c r="D66" t="s">
-        <v>391</v>
+        <v>373</v>
       </c>
       <c r="E66" t="s">
-        <v>392</v>
+        <v>374</v>
       </c>
       <c r="F66" t="s">
-        <v>393</v>
+        <v>375</v>
       </c>
       <c r="G66" t="s">
-        <v>394</v>
+        <v>376</v>
       </c>
       <c r="H66">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="I66">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
-        <v>858</v>
+        <v>1019</v>
       </c>
       <c r="B67" t="s">
-        <v>395</v>
+        <v>377</v>
       </c>
       <c r="C67" t="s">
-        <v>396</v>
+        <v>378</v>
       </c>
       <c r="D67" t="s">
-        <v>397</v>
+        <v>379</v>
       </c>
       <c r="E67" t="s">
-        <v>398</v>
+        <v>380</v>
       </c>
       <c r="F67" t="s">
-        <v>399</v>
+        <v>381</v>
       </c>
       <c r="G67" t="s">
-        <v>400</v>
+        <v>382</v>
       </c>
       <c r="H67">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I67">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
-        <v>855</v>
+        <v>1015</v>
       </c>
       <c r="B68" t="s">
-        <v>401</v>
+        <v>383</v>
       </c>
       <c r="C68" t="s">
-        <v>402</v>
+        <v>384</v>
       </c>
       <c r="D68" t="s">
-        <v>403</v>
+        <v>385</v>
       </c>
       <c r="E68" t="s">
-        <v>404</v>
+        <v>386</v>
       </c>
       <c r="F68" t="s">
-        <v>405</v>
+        <v>387</v>
       </c>
       <c r="G68" t="s">
-        <v>406</v>
+        <v>388</v>
       </c>
       <c r="H68">
-        <v>7</v>
+        <v>1117</v>
       </c>
       <c r="I68">
-        <v>2</v>
+        <v>562</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
-        <v>856</v>
+        <v>1016</v>
       </c>
       <c r="B69" t="s">
-        <v>407</v>
+        <v>383</v>
       </c>
       <c r="C69" t="s">
-        <v>408</v>
+        <v>384</v>
       </c>
       <c r="D69" t="s">
-        <v>409</v>
+        <v>385</v>
       </c>
       <c r="E69" t="s">
-        <v>410</v>
+        <v>386</v>
       </c>
       <c r="F69" t="s">
-        <v>411</v>
+        <v>387</v>
       </c>
       <c r="G69" t="s">
-        <v>412</v>
+        <v>389</v>
       </c>
       <c r="H69">
-        <v>132</v>
+        <v>1117</v>
       </c>
       <c r="I69">
-        <v>45</v>
+        <v>562</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
-        <v>852</v>
+        <v>1018</v>
       </c>
       <c r="B70" t="s">
-        <v>413</v>
+        <v>80</v>
       </c>
       <c r="C70" t="s">
-        <v>414</v>
+        <v>390</v>
       </c>
       <c r="D70" t="s">
-        <v>415</v>
+        <v>391</v>
       </c>
       <c r="E70" t="s">
-        <v>416</v>
+        <v>392</v>
       </c>
       <c r="F70" t="s">
-        <v>417</v>
+        <v>393</v>
       </c>
       <c r="G70" t="s">
-        <v>418</v>
+        <v>394</v>
       </c>
       <c r="H70">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="I70">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
-        <v>853</v>
+        <v>1014</v>
       </c>
       <c r="B71" t="s">
-        <v>419</v>
+        <v>395</v>
       </c>
       <c r="C71" t="s">
-        <v>420</v>
+        <v>396</v>
       </c>
       <c r="D71" t="s">
-        <v>421</v>
+        <v>397</v>
       </c>
       <c r="E71" t="s">
-        <v>422</v>
+        <v>398</v>
       </c>
       <c r="F71" t="s">
-        <v>423</v>
+        <v>399</v>
       </c>
       <c r="G71" t="s">
-        <v>424</v>
+        <v>400</v>
       </c>
       <c r="H71">
-        <v>106</v>
+        <v>3</v>
       </c>
       <c r="I71">
-        <v>21</v>
+        <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
-        <v>850</v>
+        <v>1017</v>
       </c>
       <c r="B72" t="s">
-        <v>425</v>
+        <v>401</v>
       </c>
       <c r="C72" t="s">
-        <v>426</v>
+        <v>402</v>
       </c>
       <c r="D72" t="s">
-        <v>427</v>
+        <v>403</v>
       </c>
       <c r="E72" t="s">
-        <v>428</v>
+        <v>404</v>
       </c>
       <c r="F72" t="s">
-        <v>429</v>
+        <v>405</v>
       </c>
       <c r="G72" t="s">
-        <v>430</v>
+        <v>406</v>
       </c>
       <c r="H72">
         <v>0</v>
       </c>
       <c r="I72">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
-        <v>866</v>
+        <v>1009</v>
       </c>
       <c r="B73" t="s">
-        <v>335</v>
+        <v>407</v>
+      </c>
+      <c r="C73" t="s">
+        <v>408</v>
       </c>
       <c r="D73" t="s">
-        <v>431</v>
+        <v>409</v>
       </c>
       <c r="E73" t="s">
-        <v>432</v>
+        <v>410</v>
       </c>
       <c r="F73" t="s">
-        <v>433</v>
+        <v>411</v>
       </c>
       <c r="G73" t="s">
-        <v>434</v>
+        <v>412</v>
       </c>
       <c r="H73">
-        <v>1</v>
+        <v>51</v>
       </c>
       <c r="I73">
-        <v>1284</v>
+        <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
-        <v>851</v>
+        <v>1010</v>
       </c>
       <c r="B74" t="s">
-        <v>435</v>
+        <v>413</v>
       </c>
       <c r="C74" t="s">
-        <v>436</v>
+        <v>414</v>
       </c>
       <c r="D74" t="s">
-        <v>437</v>
+        <v>415</v>
       </c>
       <c r="E74" t="s">
-        <v>438</v>
+        <v>416</v>
       </c>
       <c r="F74" t="s">
-        <v>439</v>
+        <v>417</v>
       </c>
       <c r="G74" t="s">
-        <v>440</v>
+        <v>418</v>
       </c>
       <c r="H74">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="I74">
-        <v>5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
-        <v>857</v>
+        <v>1012</v>
       </c>
       <c r="B75" t="s">
-        <v>441</v>
+        <v>419</v>
       </c>
       <c r="C75" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="D75" t="s">
-        <v>443</v>
+        <v>421</v>
       </c>
       <c r="E75" t="s">
-        <v>444</v>
+        <v>422</v>
       </c>
       <c r="F75" t="s">
-        <v>445</v>
+        <v>423</v>
       </c>
       <c r="G75" t="s">
-        <v>446</v>
+        <v>424</v>
       </c>
       <c r="H75">
-        <v>1</v>
+        <v>1253</v>
       </c>
       <c r="I75">
-        <v>2</v>
+        <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
-        <v>849</v>
+        <v>1013</v>
       </c>
       <c r="B76" t="s">
-        <v>447</v>
+        <v>425</v>
       </c>
       <c r="C76" t="s">
-        <v>448</v>
+        <v>426</v>
       </c>
       <c r="D76" t="s">
-        <v>449</v>
+        <v>427</v>
       </c>
       <c r="E76" t="s">
-        <v>450</v>
+        <v>428</v>
       </c>
       <c r="F76" t="s">
-        <v>451</v>
+        <v>429</v>
       </c>
       <c r="G76" t="s">
-        <v>452</v>
+        <v>430</v>
       </c>
       <c r="H76">
-        <v>2</v>
+        <v>515</v>
       </c>
       <c r="I76">
-        <v>3</v>
+        <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
-        <v>854</v>
+        <v>1011</v>
       </c>
       <c r="B77" t="s">
-        <v>453</v>
+        <v>431</v>
       </c>
       <c r="C77" t="s">
-        <v>454</v>
+        <v>432</v>
       </c>
       <c r="D77" t="s">
-        <v>455</v>
+        <v>433</v>
       </c>
       <c r="E77" t="s">
-        <v>456</v>
+        <v>434</v>
       </c>
       <c r="F77" t="s">
-        <v>457</v>
+        <v>435</v>
       </c>
       <c r="G77" t="s">
-        <v>458</v>
+        <v>436</v>
       </c>
       <c r="H77">
-        <v>1892</v>
+        <v>22</v>
       </c>
       <c r="I77">
-        <v>40</v>
+        <v>7</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
-        <v>847</v>
+        <v>1007</v>
       </c>
       <c r="B78" t="s">
-        <v>459</v>
+        <v>437</v>
       </c>
       <c r="C78" t="s">
-        <v>460</v>
+        <v>438</v>
       </c>
       <c r="D78" t="s">
-        <v>461</v>
+        <v>439</v>
       </c>
       <c r="E78" t="s">
-        <v>462</v>
+        <v>440</v>
       </c>
       <c r="F78" t="s">
-        <v>463</v>
+        <v>441</v>
       </c>
       <c r="G78" t="s">
-        <v>464</v>
+        <v>442</v>
       </c>
       <c r="H78">
-        <v>482</v>
+        <v>8</v>
       </c>
       <c r="I78">
-        <v>16</v>
+        <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
-        <v>845</v>
+        <v>1006</v>
       </c>
       <c r="B79" t="s">
+        <v>443</v>
+      </c>
+      <c r="C79" t="s">
+        <v>444</v>
+      </c>
+      <c r="D79" t="s">
+        <v>445</v>
+      </c>
+      <c r="E79" t="s">
+        <v>446</v>
+      </c>
+      <c r="F79" t="s">
         <v>447</v>
       </c>
-      <c r="C79" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G79" t="s">
-        <v>469</v>
+        <v>448</v>
       </c>
       <c r="H79">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="I79">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
-        <v>848</v>
+        <v>997</v>
       </c>
       <c r="B80" t="s">
-        <v>203</v>
+        <v>449</v>
       </c>
       <c r="C80" t="s">
-        <v>470</v>
+        <v>190</v>
       </c>
       <c r="D80" t="s">
-        <v>471</v>
+        <v>450</v>
       </c>
       <c r="E80" t="s">
-        <v>472</v>
+        <v>451</v>
       </c>
       <c r="F80" t="s">
-        <v>473</v>
+        <v>452</v>
       </c>
       <c r="G80" t="s">
-        <v>474</v>
+        <v>453</v>
       </c>
       <c r="H80">
-        <v>4</v>
+        <v>8242</v>
       </c>
       <c r="I80">
-        <v>0</v>
+        <v>330</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
-        <v>844</v>
+        <v>1008</v>
       </c>
       <c r="B81" t="s">
-        <v>377</v>
+        <v>454</v>
       </c>
       <c r="C81" t="s">
-        <v>378</v>
+        <v>455</v>
       </c>
       <c r="D81" t="s">
-        <v>475</v>
+        <v>456</v>
       </c>
       <c r="E81" t="s">
-        <v>476</v>
+        <v>457</v>
       </c>
       <c r="F81" t="s">
-        <v>477</v>
+        <v>458</v>
       </c>
       <c r="G81" t="s">
-        <v>382</v>
+        <v>459</v>
       </c>
       <c r="H81">
-        <v>1081</v>
+        <v>5589</v>
       </c>
       <c r="I81">
-        <v>931</v>
+        <v>168</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
-        <v>842</v>
+        <v>995</v>
       </c>
       <c r="B82" t="s">
-        <v>401</v>
+        <v>460</v>
       </c>
       <c r="C82" t="s">
-        <v>478</v>
+        <v>461</v>
       </c>
       <c r="D82" t="s">
-        <v>479</v>
+        <v>462</v>
       </c>
       <c r="E82" t="s">
-        <v>480</v>
+        <v>463</v>
       </c>
       <c r="F82" t="s">
-        <v>481</v>
+        <v>464</v>
       </c>
       <c r="G82" t="s">
-        <v>482</v>
+        <v>465</v>
       </c>
       <c r="H82">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="I82">
-        <v>4</v>
+        <v>34</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
-        <v>838</v>
+        <v>1002</v>
       </c>
       <c r="B83" t="s">
-        <v>323</v>
+        <v>466</v>
       </c>
       <c r="C83" t="s">
-        <v>483</v>
+        <v>467</v>
       </c>
       <c r="D83" t="s">
-        <v>484</v>
+        <v>468</v>
       </c>
       <c r="E83" t="s">
-        <v>485</v>
+        <v>469</v>
       </c>
       <c r="F83" t="s">
-        <v>486</v>
+        <v>470</v>
       </c>
       <c r="G83" t="s">
-        <v>487</v>
+        <v>471</v>
       </c>
       <c r="H83">
-        <v>0</v>
+        <v>134</v>
       </c>
       <c r="I83">
-        <v>0</v>
+        <v>34</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
-        <v>840</v>
+        <v>1000</v>
       </c>
       <c r="B84" t="s">
-        <v>197</v>
+        <v>472</v>
       </c>
       <c r="C84" t="s">
-        <v>488</v>
+        <v>473</v>
       </c>
       <c r="D84" t="s">
-        <v>489</v>
+        <v>474</v>
       </c>
       <c r="E84" t="s">
-        <v>490</v>
+        <v>475</v>
       </c>
       <c r="F84" t="s">
-        <v>491</v>
+        <v>476</v>
       </c>
       <c r="G84" t="s">
-        <v>492</v>
+        <v>477</v>
       </c>
       <c r="H84">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="I84">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
-        <v>836</v>
+        <v>999</v>
       </c>
       <c r="B85" t="s">
-        <v>493</v>
+        <v>478</v>
       </c>
       <c r="C85" t="s">
-        <v>494</v>
+        <v>479</v>
       </c>
       <c r="D85" t="s">
-        <v>495</v>
+        <v>480</v>
       </c>
       <c r="E85" t="s">
-        <v>496</v>
+        <v>481</v>
       </c>
       <c r="F85" t="s">
-        <v>497</v>
+        <v>482</v>
       </c>
       <c r="G85" t="s">
-        <v>498</v>
+        <v>483</v>
       </c>
       <c r="H85">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="I85">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
-        <v>841</v>
+        <v>1003</v>
       </c>
       <c r="B86" t="s">
-        <v>499</v>
+        <v>484</v>
       </c>
       <c r="C86" t="s">
-        <v>500</v>
+        <v>485</v>
       </c>
       <c r="D86" t="s">
-        <v>501</v>
+        <v>486</v>
       </c>
       <c r="E86" t="s">
-        <v>502</v>
+        <v>487</v>
       </c>
       <c r="F86" t="s">
-        <v>503</v>
+        <v>488</v>
       </c>
       <c r="G86" t="s">
-        <v>504</v>
+        <v>489</v>
       </c>
       <c r="H86">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="I86">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
-        <v>843</v>
+        <v>996</v>
       </c>
       <c r="B87" t="s">
-        <v>251</v>
+        <v>490</v>
       </c>
       <c r="C87" t="s">
-        <v>505</v>
+        <v>491</v>
       </c>
       <c r="D87" t="s">
-        <v>506</v>
+        <v>492</v>
       </c>
       <c r="E87" t="s">
-        <v>507</v>
+        <v>493</v>
       </c>
       <c r="F87" t="s">
-        <v>508</v>
+        <v>494</v>
       </c>
       <c r="G87" t="s">
-        <v>509</v>
+        <v>495</v>
       </c>
       <c r="H87">
-        <v>0</v>
+        <v>2468</v>
       </c>
       <c r="I87">
-        <v>0</v>
+        <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
-        <v>835</v>
+        <v>993</v>
       </c>
       <c r="B88" t="s">
-        <v>510</v>
+        <v>496</v>
       </c>
       <c r="C88" t="s">
-        <v>511</v>
+        <v>497</v>
       </c>
       <c r="D88" t="s">
-        <v>512</v>
+        <v>498</v>
       </c>
       <c r="E88" t="s">
-        <v>513</v>
+        <v>499</v>
       </c>
       <c r="F88" t="s">
-        <v>514</v>
+        <v>500</v>
       </c>
       <c r="G88" t="s">
-        <v>515</v>
+        <v>501</v>
       </c>
       <c r="H88">
-        <v>1</v>
+        <v>168</v>
       </c>
       <c r="I88">
-        <v>3</v>
+        <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
-        <v>846</v>
+        <v>994</v>
       </c>
       <c r="B89" t="s">
-        <v>516</v>
+        <v>502</v>
       </c>
       <c r="C89" t="s">
-        <v>517</v>
+        <v>503</v>
       </c>
       <c r="D89" t="s">
-        <v>518</v>
+        <v>504</v>
       </c>
       <c r="E89" t="s">
-        <v>519</v>
+        <v>505</v>
       </c>
       <c r="F89" t="s">
-        <v>520</v>
+        <v>506</v>
       </c>
       <c r="G89" t="s">
-        <v>521</v>
+        <v>507</v>
       </c>
       <c r="H89">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="I89">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
-        <v>839</v>
+        <v>1004</v>
       </c>
       <c r="B90" t="s">
-        <v>251</v>
+        <v>508</v>
       </c>
       <c r="C90" t="s">
-        <v>522</v>
+        <v>509</v>
       </c>
       <c r="D90" t="s">
-        <v>523</v>
+        <v>510</v>
       </c>
       <c r="E90" t="s">
-        <v>524</v>
+        <v>511</v>
       </c>
       <c r="F90" t="s">
-        <v>525</v>
+        <v>512</v>
       </c>
       <c r="G90" t="s">
-        <v>526</v>
+        <v>513</v>
       </c>
       <c r="H90">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I90">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
-        <v>834</v>
+        <v>992</v>
       </c>
       <c r="B91" t="s">
-        <v>527</v>
+        <v>514</v>
       </c>
       <c r="C91" t="s">
-        <v>528</v>
+        <v>515</v>
       </c>
       <c r="D91" t="s">
-        <v>529</v>
+        <v>516</v>
       </c>
       <c r="E91" t="s">
-        <v>530</v>
+        <v>517</v>
       </c>
       <c r="F91" t="s">
-        <v>531</v>
+        <v>518</v>
       </c>
       <c r="G91" t="s">
-        <v>532</v>
+        <v>519</v>
       </c>
       <c r="H91">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="I91">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
-        <v>837</v>
+        <v>1005</v>
       </c>
       <c r="B92" t="s">
-        <v>533</v>
+        <v>520</v>
       </c>
       <c r="C92" t="s">
-        <v>534</v>
+        <v>521</v>
       </c>
       <c r="D92" t="s">
-        <v>535</v>
+        <v>522</v>
       </c>
       <c r="E92" t="s">
-        <v>536</v>
+        <v>523</v>
       </c>
       <c r="F92" t="s">
-        <v>537</v>
+        <v>524</v>
       </c>
       <c r="G92" t="s">
-        <v>538</v>
+        <v>525</v>
       </c>
       <c r="H92">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="I92">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
-        <v>832</v>
+        <v>998</v>
       </c>
       <c r="B93" t="s">
-        <v>539</v>
+        <v>526</v>
       </c>
       <c r="C93" t="s">
-        <v>540</v>
+        <v>527</v>
       </c>
       <c r="D93" t="s">
-        <v>541</v>
+        <v>528</v>
       </c>
       <c r="E93" t="s">
-        <v>542</v>
+        <v>529</v>
       </c>
       <c r="F93" t="s">
-        <v>543</v>
+        <v>530</v>
       </c>
       <c r="G93" t="s">
-        <v>544</v>
+        <v>531</v>
       </c>
       <c r="H93">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I93">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
-        <v>831</v>
+        <v>1001</v>
       </c>
       <c r="B94" t="s">
-        <v>545</v>
+        <v>532</v>
       </c>
       <c r="C94" t="s">
-        <v>546</v>
+        <v>533</v>
       </c>
       <c r="D94" t="s">
-        <v>547</v>
+        <v>534</v>
       </c>
       <c r="E94" t="s">
-        <v>548</v>
+        <v>535</v>
       </c>
       <c r="F94" t="s">
-        <v>549</v>
+        <v>536</v>
       </c>
       <c r="G94" t="s">
-        <v>550</v>
+        <v>537</v>
       </c>
       <c r="H94">
-        <v>22</v>
+        <v>1043</v>
       </c>
       <c r="I94">
-        <v>4</v>
+        <v>109</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
-        <v>829</v>
+        <v>991</v>
       </c>
       <c r="B95" t="s">
-        <v>551</v>
+        <v>538</v>
       </c>
       <c r="C95" t="s">
-        <v>552</v>
+        <v>539</v>
       </c>
       <c r="D95" t="s">
-        <v>553</v>
+        <v>540</v>
       </c>
       <c r="E95" t="s">
-        <v>554</v>
+        <v>541</v>
       </c>
       <c r="F95" t="s">
-        <v>555</v>
+        <v>542</v>
       </c>
       <c r="G95" t="s">
-        <v>556</v>
+        <v>543</v>
       </c>
       <c r="H95">
         <v>0</v>
       </c>
       <c r="I95">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96">
-        <v>833</v>
+        <v>988</v>
       </c>
       <c r="B96" t="s">
-        <v>557</v>
+        <v>544</v>
       </c>
       <c r="C96" t="s">
-        <v>558</v>
+        <v>545</v>
       </c>
       <c r="D96" t="s">
-        <v>559</v>
+        <v>546</v>
       </c>
       <c r="E96" t="s">
-        <v>560</v>
+        <v>547</v>
       </c>
       <c r="F96" t="s">
-        <v>561</v>
+        <v>548</v>
       </c>
       <c r="G96" t="s">
-        <v>562</v>
+        <v>544</v>
       </c>
       <c r="H96">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I96">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
-        <v>828</v>
+        <v>989</v>
       </c>
       <c r="B97" t="s">
-        <v>563</v>
+        <v>549</v>
       </c>
       <c r="C97" t="s">
-        <v>564</v>
+        <v>550</v>
       </c>
       <c r="D97" t="s">
-        <v>565</v>
+        <v>551</v>
       </c>
       <c r="E97" t="s">
-        <v>566</v>
+        <v>552</v>
       </c>
       <c r="F97" t="s">
-        <v>567</v>
+        <v>553</v>
       </c>
       <c r="G97" t="s">
-        <v>568</v>
+        <v>554</v>
       </c>
       <c r="H97">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="I97">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
-        <v>830</v>
+        <v>983</v>
       </c>
       <c r="B98" t="s">
-        <v>569</v>
+        <v>555</v>
       </c>
       <c r="C98" t="s">
-        <v>570</v>
+        <v>556</v>
       </c>
       <c r="D98" t="s">
-        <v>571</v>
+        <v>557</v>
       </c>
       <c r="E98" t="s">
-        <v>572</v>
+        <v>558</v>
       </c>
       <c r="F98" t="s">
-        <v>573</v>
+        <v>559</v>
       </c>
       <c r="G98" t="s">
-        <v>574</v>
+        <v>560</v>
       </c>
       <c r="H98">
-        <v>55</v>
+        <v>3</v>
       </c>
       <c r="I98">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
-        <v>827</v>
+        <v>990</v>
       </c>
       <c r="B99" t="s">
-        <v>575</v>
+        <v>561</v>
       </c>
       <c r="C99" t="s">
-        <v>576</v>
+        <v>562</v>
       </c>
       <c r="D99" t="s">
-        <v>577</v>
+        <v>563</v>
       </c>
       <c r="E99" t="s">
-        <v>578</v>
+        <v>564</v>
       </c>
       <c r="F99" t="s">
-        <v>579</v>
+        <v>565</v>
       </c>
       <c r="G99" t="s">
-        <v>580</v>
+        <v>566</v>
       </c>
       <c r="H99">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I99">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
-        <v>824</v>
+        <v>984</v>
       </c>
       <c r="B100" t="s">
-        <v>581</v>
+        <v>567</v>
       </c>
       <c r="C100" t="s">
-        <v>582</v>
+        <v>568</v>
       </c>
       <c r="D100" t="s">
-        <v>583</v>
+        <v>569</v>
       </c>
       <c r="E100" t="s">
-        <v>584</v>
+        <v>570</v>
       </c>
       <c r="F100" t="s">
-        <v>585</v>
+        <v>571</v>
       </c>
       <c r="G100" t="s">
-        <v>586</v>
+        <v>572</v>
       </c>
       <c r="H100">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I100">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101">
-        <v>822</v>
+        <v>985</v>
       </c>
       <c r="B101" t="s">
-        <v>587</v>
+        <v>573</v>
       </c>
       <c r="C101" t="s">
-        <v>588</v>
+        <v>574</v>
       </c>
       <c r="D101" t="s">
-        <v>589</v>
+        <v>575</v>
       </c>
       <c r="E101" t="s">
-        <v>590</v>
+        <v>576</v>
       </c>
       <c r="F101" t="s">
-        <v>591</v>
+        <v>577</v>
       </c>
       <c r="G101" t="s">
-        <v>592</v>
+        <v>578</v>
       </c>
       <c r="H101">
-        <v>158</v>
+        <v>1</v>
       </c>
       <c r="I101">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102">
-        <v>823</v>
+        <v>986</v>
       </c>
       <c r="B102" t="s">
-        <v>593</v>
+        <v>579</v>
       </c>
       <c r="C102" t="s">
-        <v>594</v>
+        <v>580</v>
       </c>
       <c r="D102" t="s">
-        <v>595</v>
+        <v>581</v>
       </c>
       <c r="E102" t="s">
-        <v>596</v>
+        <v>582</v>
       </c>
       <c r="F102" t="s">
-        <v>597</v>
+        <v>583</v>
       </c>
       <c r="G102" t="s">
-        <v>598</v>
+        <v>584</v>
       </c>
       <c r="H102">
-        <v>1</v>
+        <v>3553</v>
       </c>
       <c r="I102">
-        <v>589</v>
+        <v>144</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103">
-        <v>821</v>
+        <v>982</v>
       </c>
       <c r="B103" t="s">
-        <v>197</v>
+        <v>585</v>
       </c>
       <c r="C103" t="s">
-        <v>599</v>
+        <v>586</v>
       </c>
       <c r="D103" t="s">
-        <v>600</v>
+        <v>587</v>
       </c>
       <c r="E103" t="s">
-        <v>601</v>
+        <v>588</v>
       </c>
       <c r="F103" t="s">
-        <v>602</v>
+        <v>589</v>
       </c>
       <c r="G103" t="s">
-        <v>603</v>
+        <v>590</v>
       </c>
       <c r="H103">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I103">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104">
-        <v>820</v>
+        <v>987</v>
       </c>
       <c r="B104" t="s">
-        <v>604</v>
+        <v>591</v>
       </c>
       <c r="C104" t="s">
-        <v>605</v>
+        <v>592</v>
       </c>
       <c r="D104" t="s">
-        <v>606</v>
+        <v>593</v>
       </c>
       <c r="E104" t="s">
-        <v>607</v>
+        <v>594</v>
       </c>
       <c r="F104" t="s">
-        <v>608</v>
+        <v>595</v>
       </c>
       <c r="G104" t="s">
-        <v>609</v>
+        <v>596</v>
       </c>
       <c r="H104">
-        <v>4</v>
+        <v>62</v>
       </c>
       <c r="I104">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105">
-        <v>819</v>
+        <v>980</v>
       </c>
       <c r="B105" t="s">
-        <v>610</v>
+        <v>597</v>
       </c>
       <c r="C105" t="s">
-        <v>611</v>
+        <v>598</v>
       </c>
       <c r="D105" t="s">
-        <v>612</v>
+        <v>599</v>
       </c>
       <c r="E105" t="s">
-        <v>613</v>
+        <v>600</v>
       </c>
       <c r="F105" t="s">
-        <v>614</v>
+        <v>601</v>
       </c>
       <c r="G105" t="s">
-        <v>615</v>
+        <v>602</v>
       </c>
       <c r="H105">
-        <v>258</v>
+        <v>206</v>
       </c>
       <c r="I105">
-        <v>101</v>
+        <v>24</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106">
-        <v>818</v>
+        <v>979</v>
       </c>
       <c r="B106" t="s">
-        <v>616</v>
+        <v>591</v>
       </c>
       <c r="C106" t="s">
-        <v>617</v>
+        <v>603</v>
       </c>
       <c r="D106" t="s">
-        <v>618</v>
+        <v>604</v>
       </c>
       <c r="E106" t="s">
-        <v>619</v>
+        <v>605</v>
       </c>
       <c r="F106" t="s">
-        <v>620</v>
+        <v>606</v>
       </c>
       <c r="G106" t="s">
-        <v>621</v>
+        <v>607</v>
       </c>
       <c r="H106">
-        <v>19</v>
+        <v>177</v>
       </c>
       <c r="I106">
-        <v>0</v>
+        <v>66</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107">
-        <v>826</v>
+        <v>975</v>
       </c>
       <c r="B107" t="s">
-        <v>622</v>
+        <v>608</v>
       </c>
       <c r="C107" t="s">
-        <v>623</v>
+        <v>609</v>
       </c>
       <c r="D107" t="s">
-        <v>624</v>
+        <v>610</v>
       </c>
       <c r="E107" t="s">
-        <v>625</v>
+        <v>611</v>
       </c>
       <c r="F107" t="s">
-        <v>626</v>
+        <v>612</v>
       </c>
       <c r="G107" t="s">
-        <v>627</v>
+        <v>613</v>
       </c>
       <c r="H107">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="I107">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108">
-        <v>825</v>
+        <v>981</v>
       </c>
       <c r="B108" t="s">
-        <v>628</v>
+        <v>614</v>
       </c>
       <c r="C108" t="s">
-        <v>629</v>
+        <v>615</v>
       </c>
       <c r="D108" t="s">
-        <v>630</v>
+        <v>616</v>
       </c>
       <c r="E108" t="s">
-        <v>631</v>
+        <v>617</v>
       </c>
       <c r="F108" t="s">
-        <v>632</v>
+        <v>618</v>
       </c>
       <c r="G108" t="s">
-        <v>633</v>
+        <v>619</v>
       </c>
       <c r="H108">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="I108">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
-        <v>817</v>
+        <v>977</v>
       </c>
       <c r="B109" t="s">
-        <v>634</v>
+        <v>620</v>
       </c>
       <c r="C109" t="s">
-        <v>635</v>
+        <v>621</v>
       </c>
       <c r="D109" t="s">
-        <v>636</v>
+        <v>622</v>
       </c>
       <c r="E109" t="s">
-        <v>637</v>
+        <v>623</v>
       </c>
       <c r="F109" t="s">
-        <v>638</v>
+        <v>624</v>
       </c>
       <c r="G109" t="s">
-        <v>639</v>
+        <v>625</v>
       </c>
       <c r="H109">
-        <v>0</v>
+        <v>529</v>
       </c>
       <c r="I109">
-        <v>1</v>
+        <v>69</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110">
-        <v>816</v>
+        <v>978</v>
       </c>
       <c r="B110" t="s">
-        <v>640</v>
+        <v>490</v>
       </c>
       <c r="C110" t="s">
-        <v>641</v>
+        <v>626</v>
       </c>
       <c r="D110" t="s">
-        <v>642</v>
+        <v>627</v>
       </c>
       <c r="E110" t="s">
-        <v>643</v>
+        <v>628</v>
       </c>
       <c r="F110" t="s">
-        <v>644</v>
+        <v>629</v>
       </c>
       <c r="G110" t="s">
-        <v>645</v>
+        <v>495</v>
       </c>
       <c r="H110">
-        <v>0</v>
+        <v>1769</v>
       </c>
       <c r="I110">
-        <v>5</v>
+        <v>131</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111">
-        <v>815</v>
+        <v>976</v>
       </c>
       <c r="B111" t="s">
-        <v>646</v>
+        <v>630</v>
       </c>
       <c r="C111" t="s">
-        <v>647</v>
+        <v>631</v>
       </c>
       <c r="D111" t="s">
-        <v>648</v>
+        <v>632</v>
       </c>
       <c r="E111" t="s">
-        <v>649</v>
+        <v>633</v>
       </c>
       <c r="F111" t="s">
-        <v>650</v>
+        <v>634</v>
       </c>
       <c r="G111" t="s">
-        <v>651</v>
+        <v>635</v>
       </c>
       <c r="H111">
-        <v>3</v>
+        <v>44</v>
       </c>
       <c r="I111">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112">
-        <v>808</v>
+        <v>974</v>
       </c>
       <c r="B112" t="s">
-        <v>652</v>
+        <v>636</v>
       </c>
       <c r="C112" t="s">
-        <v>653</v>
+        <v>637</v>
       </c>
       <c r="D112" t="s">
-        <v>654</v>
+        <v>638</v>
       </c>
       <c r="E112" t="s">
-        <v>655</v>
+        <v>639</v>
       </c>
       <c r="F112" t="s">
-        <v>656</v>
+        <v>640</v>
       </c>
       <c r="G112" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="H112">
         <v>2</v>
       </c>
       <c r="I112">
         <v>3</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113">
-        <v>812</v>
+        <v>971</v>
       </c>
       <c r="B113" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="C113" t="s">
-        <v>659</v>
+        <v>643</v>
       </c>
       <c r="D113" t="s">
-        <v>660</v>
+        <v>644</v>
       </c>
       <c r="E113" t="s">
-        <v>661</v>
+        <v>645</v>
       </c>
       <c r="F113" t="s">
-        <v>662</v>
+        <v>646</v>
       </c>
       <c r="G113" t="s">
-        <v>663</v>
+        <v>647</v>
       </c>
       <c r="H113">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="I113">
-        <v>35</v>
+        <v>9</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114">
-        <v>813</v>
+        <v>972</v>
       </c>
       <c r="B114" t="s">
-        <v>658</v>
+        <v>630</v>
       </c>
       <c r="C114" t="s">
-        <v>659</v>
+        <v>648</v>
       </c>
       <c r="D114" t="s">
-        <v>664</v>
+        <v>649</v>
       </c>
       <c r="E114" t="s">
-        <v>661</v>
+        <v>650</v>
       </c>
       <c r="F114" t="s">
-        <v>662</v>
+        <v>651</v>
       </c>
       <c r="G114" t="s">
-        <v>663</v>
+        <v>652</v>
       </c>
       <c r="H114">
-        <v>0</v>
+        <v>47</v>
       </c>
       <c r="I114">
-        <v>35</v>
+        <v>11</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115">
-        <v>810</v>
+        <v>973</v>
       </c>
       <c r="B115" t="s">
-        <v>665</v>
+        <v>653</v>
       </c>
       <c r="C115" t="s">
-        <v>666</v>
+        <v>654</v>
       </c>
       <c r="D115" t="s">
-        <v>667</v>
+        <v>655</v>
       </c>
       <c r="E115" t="s">
-        <v>668</v>
+        <v>656</v>
       </c>
       <c r="F115" t="s">
-        <v>669</v>
+        <v>657</v>
       </c>
       <c r="G115" t="s">
-        <v>670</v>
+        <v>658</v>
       </c>
       <c r="H115">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I115">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116">
-        <v>804</v>
+        <v>970</v>
       </c>
       <c r="B116" t="s">
-        <v>395</v>
+        <v>659</v>
       </c>
       <c r="C116" t="s">
-        <v>671</v>
+        <v>660</v>
       </c>
       <c r="D116" t="s">
-        <v>672</v>
+        <v>661</v>
       </c>
       <c r="E116" t="s">
-        <v>673</v>
+        <v>662</v>
       </c>
       <c r="F116" t="s">
-        <v>674</v>
+        <v>663</v>
       </c>
       <c r="G116" t="s">
-        <v>675</v>
+        <v>664</v>
       </c>
       <c r="H116">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I116">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117">
-        <v>809</v>
+        <v>967</v>
       </c>
       <c r="B117" t="s">
-        <v>676</v>
+        <v>665</v>
       </c>
       <c r="C117" t="s">
-        <v>677</v>
+        <v>666</v>
       </c>
       <c r="D117" t="s">
-        <v>678</v>
+        <v>667</v>
       </c>
       <c r="E117" t="s">
-        <v>679</v>
+        <v>668</v>
       </c>
       <c r="F117" t="s">
-        <v>680</v>
+        <v>669</v>
       </c>
       <c r="G117" t="s">
-        <v>681</v>
+        <v>670</v>
       </c>
       <c r="H117">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="I117">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118">
-        <v>807</v>
+        <v>966</v>
       </c>
       <c r="B118" t="s">
-        <v>682</v>
+        <v>671</v>
       </c>
       <c r="C118" t="s">
-        <v>683</v>
+        <v>672</v>
       </c>
       <c r="D118" t="s">
-        <v>684</v>
+        <v>673</v>
       </c>
       <c r="E118" t="s">
-        <v>685</v>
+        <v>674</v>
       </c>
       <c r="F118" t="s">
-        <v>686</v>
+        <v>675</v>
       </c>
       <c r="G118" t="s">
-        <v>687</v>
+        <v>676</v>
       </c>
       <c r="H118">
-        <v>0</v>
+        <v>153</v>
       </c>
       <c r="I118">
-        <v>0</v>
+        <v>14</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119">
-        <v>811</v>
+        <v>968</v>
       </c>
       <c r="B119" t="s">
-        <v>688</v>
+        <v>677</v>
       </c>
       <c r="C119" t="s">
-        <v>689</v>
+        <v>678</v>
       </c>
       <c r="D119" t="s">
-        <v>690</v>
+        <v>679</v>
       </c>
       <c r="E119" t="s">
-        <v>691</v>
+        <v>680</v>
       </c>
       <c r="F119" t="s">
-        <v>692</v>
+        <v>681</v>
       </c>
       <c r="G119" t="s">
-        <v>693</v>
+        <v>682</v>
       </c>
       <c r="H119">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="I119">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120">
-        <v>805</v>
+        <v>969</v>
       </c>
       <c r="B120" t="s">
-        <v>694</v>
+        <v>683</v>
       </c>
       <c r="C120" t="s">
-        <v>695</v>
+        <v>684</v>
       </c>
       <c r="D120" t="s">
-        <v>696</v>
+        <v>685</v>
       </c>
       <c r="E120" t="s">
-        <v>697</v>
+        <v>686</v>
       </c>
       <c r="F120" t="s">
-        <v>698</v>
+        <v>687</v>
       </c>
       <c r="G120" t="s">
-        <v>699</v>
+        <v>688</v>
       </c>
       <c r="H120">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="I120">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121">
-        <v>803</v>
+        <v>965</v>
       </c>
       <c r="B121" t="s">
-        <v>700</v>
+        <v>689</v>
       </c>
       <c r="C121" t="s">
-        <v>701</v>
+        <v>690</v>
       </c>
       <c r="D121" t="s">
-        <v>702</v>
+        <v>691</v>
       </c>
       <c r="E121" t="s">
-        <v>703</v>
+        <v>692</v>
       </c>
       <c r="F121" t="s">
-        <v>704</v>
+        <v>693</v>
       </c>
       <c r="G121" t="s">
-        <v>705</v>
+        <v>694</v>
       </c>
       <c r="H121">
-        <v>233</v>
+        <v>377</v>
       </c>
       <c r="I121">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122">
-        <v>802</v>
+        <v>964</v>
       </c>
       <c r="B122" t="s">
-        <v>706</v>
+        <v>695</v>
       </c>
       <c r="C122" t="s">
-        <v>707</v>
+        <v>696</v>
       </c>
       <c r="D122" t="s">
-        <v>708</v>
+        <v>697</v>
       </c>
       <c r="E122" t="s">
-        <v>709</v>
+        <v>698</v>
       </c>
       <c r="F122" t="s">
-        <v>710</v>
+        <v>699</v>
       </c>
       <c r="G122" t="s">
-        <v>711</v>
+        <v>700</v>
       </c>
       <c r="H122">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I122">
-        <v>8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123">
-        <v>801</v>
+        <v>960</v>
       </c>
       <c r="B123" t="s">
-        <v>712</v>
+        <v>701</v>
       </c>
       <c r="C123" t="s">
-        <v>713</v>
+        <v>702</v>
       </c>
       <c r="D123" t="s">
-        <v>714</v>
+        <v>703</v>
       </c>
       <c r="E123" t="s">
-        <v>715</v>
+        <v>704</v>
       </c>
       <c r="F123" t="s">
-        <v>716</v>
+        <v>705</v>
       </c>
       <c r="G123" t="s">
-        <v>717</v>
+        <v>706</v>
       </c>
       <c r="H123">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I123">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124">
-        <v>793</v>
+        <v>959</v>
       </c>
       <c r="B124" t="s">
-        <v>718</v>
+        <v>490</v>
       </c>
       <c r="C124" t="s">
-        <v>719</v>
+        <v>707</v>
       </c>
       <c r="D124" t="s">
-        <v>720</v>
+        <v>708</v>
       </c>
       <c r="E124" t="s">
-        <v>721</v>
+        <v>709</v>
       </c>
       <c r="F124" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="G124" t="s">
-        <v>723</v>
+        <v>495</v>
       </c>
       <c r="H124">
-        <v>14</v>
+        <v>5685</v>
       </c>
       <c r="I124">
-        <v>5</v>
+        <v>429</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125">
-        <v>797</v>
+        <v>958</v>
       </c>
       <c r="B125" t="s">
-        <v>724</v>
+        <v>711</v>
       </c>
       <c r="C125" t="s">
-        <v>725</v>
+        <v>712</v>
       </c>
       <c r="D125" t="s">
-        <v>726</v>
+        <v>713</v>
       </c>
       <c r="E125" t="s">
-        <v>727</v>
+        <v>714</v>
       </c>
       <c r="F125" t="s">
-        <v>728</v>
+        <v>715</v>
       </c>
       <c r="G125" t="s">
-        <v>729</v>
+        <v>716</v>
       </c>
       <c r="H125">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="I125">
-        <v>1</v>
+        <v>28</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126">
-        <v>800</v>
+        <v>957</v>
       </c>
       <c r="B126" t="s">
-        <v>730</v>
+        <v>717</v>
       </c>
       <c r="C126" t="s">
-        <v>731</v>
+        <v>718</v>
       </c>
       <c r="D126" t="s">
-        <v>732</v>
+        <v>719</v>
       </c>
       <c r="E126" t="s">
-        <v>733</v>
+        <v>720</v>
       </c>
       <c r="F126" t="s">
-        <v>734</v>
+        <v>721</v>
       </c>
       <c r="G126" t="s">
-        <v>735</v>
+        <v>722</v>
       </c>
       <c r="H126">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="I126">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127">
-        <v>790</v>
+        <v>962</v>
       </c>
       <c r="B127" t="s">
-        <v>736</v>
+        <v>723</v>
       </c>
       <c r="C127" t="s">
-        <v>737</v>
+        <v>724</v>
       </c>
       <c r="D127" t="s">
-        <v>738</v>
+        <v>725</v>
       </c>
       <c r="E127" t="s">
-        <v>739</v>
+        <v>726</v>
       </c>
       <c r="F127" t="s">
-        <v>740</v>
+        <v>727</v>
       </c>
       <c r="G127" t="s">
-        <v>741</v>
+        <v>728</v>
       </c>
       <c r="H127">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="I127">
-        <v>16</v>
+        <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128">
-        <v>806</v>
+        <v>963</v>
       </c>
       <c r="B128" t="s">
-        <v>742</v>
+        <v>729</v>
       </c>
       <c r="C128" t="s">
-        <v>743</v>
+        <v>730</v>
       </c>
       <c r="D128" t="s">
-        <v>744</v>
+        <v>731</v>
       </c>
       <c r="E128" t="s">
-        <v>745</v>
+        <v>732</v>
       </c>
       <c r="F128" t="s">
-        <v>746</v>
+        <v>733</v>
       </c>
       <c r="G128" t="s">
-        <v>747</v>
+        <v>734</v>
       </c>
       <c r="H128">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="I128">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129">
-        <v>791</v>
+        <v>956</v>
       </c>
       <c r="B129" t="s">
-        <v>748</v>
+        <v>735</v>
       </c>
       <c r="C129" t="s">
-        <v>749</v>
+        <v>736</v>
       </c>
       <c r="D129" t="s">
-        <v>750</v>
+        <v>737</v>
       </c>
       <c r="E129" t="s">
-        <v>751</v>
+        <v>738</v>
       </c>
       <c r="F129" t="s">
-        <v>752</v>
+        <v>739</v>
       </c>
       <c r="G129" t="s">
-        <v>753</v>
+        <v>740</v>
       </c>
       <c r="H129">
-        <v>50</v>
+        <v>6</v>
       </c>
       <c r="I129">
-        <v>8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130">
-        <v>794</v>
+        <v>961</v>
       </c>
       <c r="B130" t="s">
-        <v>401</v>
+        <v>741</v>
       </c>
       <c r="C130" t="s">
-        <v>754</v>
+        <v>742</v>
       </c>
       <c r="D130" t="s">
-        <v>755</v>
+        <v>743</v>
       </c>
       <c r="E130" t="s">
-        <v>756</v>
+        <v>744</v>
       </c>
       <c r="F130" t="s">
-        <v>757</v>
+        <v>745</v>
       </c>
       <c r="G130" t="s">
-        <v>758</v>
+        <v>746</v>
       </c>
       <c r="H130">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="I130">
-        <v>8</v>
+        <v>59</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131">
-        <v>789</v>
+        <v>954</v>
       </c>
       <c r="B131" t="s">
-        <v>759</v>
+        <v>747</v>
       </c>
       <c r="C131" t="s">
-        <v>760</v>
+        <v>748</v>
       </c>
       <c r="D131" t="s">
-        <v>761</v>
+        <v>749</v>
       </c>
       <c r="E131" t="s">
-        <v>762</v>
+        <v>750</v>
       </c>
       <c r="F131" t="s">
-        <v>763</v>
+        <v>751</v>
       </c>
       <c r="G131" t="s">
-        <v>764</v>
+        <v>752</v>
       </c>
       <c r="H131">
         <v>0</v>
       </c>
       <c r="I131">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132">
-        <v>796</v>
+        <v>953</v>
       </c>
       <c r="B132" t="s">
-        <v>765</v>
+        <v>753</v>
       </c>
       <c r="C132" t="s">
-        <v>766</v>
+        <v>754</v>
       </c>
       <c r="D132" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="E132" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="F132" t="s">
-        <v>769</v>
+        <v>757</v>
       </c>
       <c r="G132" t="s">
-        <v>770</v>
+        <v>758</v>
       </c>
       <c r="H132">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="I132">
-        <v>8</v>
+        <v>18</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133">
-        <v>795</v>
+        <v>951</v>
       </c>
       <c r="B133" t="s">
-        <v>593</v>
+        <v>759</v>
       </c>
       <c r="C133" t="s">
-        <v>771</v>
+        <v>760</v>
       </c>
       <c r="D133" t="s">
-        <v>772</v>
+        <v>761</v>
       </c>
       <c r="E133" t="s">
-        <v>773</v>
+        <v>762</v>
       </c>
       <c r="F133" t="s">
-        <v>774</v>
+        <v>763</v>
       </c>
       <c r="G133" t="s">
-        <v>775</v>
+        <v>764</v>
       </c>
       <c r="H133">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="I133">
-        <v>1187</v>
+        <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134">
-        <v>798</v>
+        <v>949</v>
       </c>
       <c r="B134" t="s">
-        <v>776</v>
+        <v>765</v>
       </c>
       <c r="C134" t="s">
-        <v>777</v>
+        <v>766</v>
       </c>
       <c r="D134" t="s">
-        <v>778</v>
+        <v>767</v>
       </c>
       <c r="E134" t="s">
-        <v>779</v>
+        <v>768</v>
       </c>
       <c r="F134" t="s">
-        <v>780</v>
+        <v>769</v>
       </c>
       <c r="G134" t="s">
-        <v>781</v>
+        <v>770</v>
       </c>
       <c r="H134">
-        <v>7019</v>
+        <v>1</v>
       </c>
       <c r="I134">
-        <v>683</v>
+        <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135">
-        <v>799</v>
+        <v>948</v>
       </c>
       <c r="B135" t="s">
+        <v>771</v>
+      </c>
+      <c r="C135" t="s">
+        <v>772</v>
+      </c>
+      <c r="D135" t="s">
+        <v>773</v>
+      </c>
+      <c r="E135" t="s">
+        <v>774</v>
+      </c>
+      <c r="F135" t="s">
+        <v>775</v>
+      </c>
+      <c r="G135" t="s">
         <v>776</v>
       </c>
-      <c r="C135" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H135">
-        <v>7019</v>
+        <v>2</v>
       </c>
       <c r="I135">
-        <v>683</v>
+        <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136">
-        <v>814</v>
+        <v>947</v>
       </c>
       <c r="B136" t="s">
+        <v>777</v>
+      </c>
+      <c r="C136" t="s">
+        <v>778</v>
+      </c>
+      <c r="D136" t="s">
+        <v>779</v>
+      </c>
+      <c r="E136" t="s">
+        <v>780</v>
+      </c>
+      <c r="F136" t="s">
+        <v>781</v>
+      </c>
+      <c r="G136" t="s">
         <v>782</v>
       </c>
-      <c r="C136" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H136">
-        <v>177</v>
+        <v>2</v>
       </c>
       <c r="I136">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137">
-        <v>792</v>
+        <v>952</v>
       </c>
       <c r="B137" t="s">
+        <v>783</v>
+      </c>
+      <c r="C137" t="s">
+        <v>784</v>
+      </c>
+      <c r="D137" t="s">
+        <v>785</v>
+      </c>
+      <c r="E137" t="s">
+        <v>786</v>
+      </c>
+      <c r="F137" t="s">
+        <v>787</v>
+      </c>
+      <c r="G137" t="s">
         <v>788</v>
       </c>
-      <c r="C137" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H137">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="I137">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138">
-        <v>786</v>
+        <v>955</v>
       </c>
       <c r="B138" t="s">
+        <v>789</v>
+      </c>
+      <c r="C138" t="s">
+        <v>790</v>
+      </c>
+      <c r="D138" t="s">
+        <v>791</v>
+      </c>
+      <c r="E138" t="s">
+        <v>792</v>
+      </c>
+      <c r="F138" t="s">
+        <v>793</v>
+      </c>
+      <c r="G138" t="s">
         <v>794</v>
       </c>
-      <c r="C138" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H138">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="I138">
-        <v>2</v>
+        <v>17</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139">
-        <v>787</v>
+        <v>950</v>
       </c>
       <c r="B139" t="s">
+        <v>795</v>
+      </c>
+      <c r="C139" t="s">
+        <v>796</v>
+      </c>
+      <c r="D139" t="s">
+        <v>797</v>
+      </c>
+      <c r="E139" t="s">
+        <v>798</v>
+      </c>
+      <c r="F139" t="s">
+        <v>799</v>
+      </c>
+      <c r="G139" t="s">
         <v>800</v>
       </c>
-      <c r="C139" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H139">
-        <v>315</v>
+        <v>6</v>
       </c>
       <c r="I139">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140">
-        <v>788</v>
+        <v>944</v>
       </c>
       <c r="B140" t="s">
+        <v>801</v>
+      </c>
+      <c r="C140" t="s">
+        <v>802</v>
+      </c>
+      <c r="D140" t="s">
+        <v>803</v>
+      </c>
+      <c r="E140" t="s">
+        <v>804</v>
+      </c>
+      <c r="F140" t="s">
+        <v>805</v>
+      </c>
+      <c r="G140" t="s">
         <v>806</v>
       </c>
-      <c r="C140" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H140">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="I140">
-        <v>11</v>
+        <v>3</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141">
-        <v>783</v>
+        <v>945</v>
       </c>
       <c r="B141" t="s">
+        <v>807</v>
+      </c>
+      <c r="C141" t="s">
+        <v>808</v>
+      </c>
+      <c r="D141" t="s">
+        <v>809</v>
+      </c>
+      <c r="E141" t="s">
+        <v>810</v>
+      </c>
+      <c r="F141" t="s">
+        <v>811</v>
+      </c>
+      <c r="G141" t="s">
         <v>812</v>
       </c>
-      <c r="C141" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H141">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="I141">
-        <v>0</v>
+        <v>7</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142">
-        <v>782</v>
+        <v>946</v>
       </c>
       <c r="B142" t="s">
+        <v>813</v>
+      </c>
+      <c r="C142" t="s">
+        <v>814</v>
+      </c>
+      <c r="D142" t="s">
+        <v>815</v>
+      </c>
+      <c r="E142" t="s">
+        <v>816</v>
+      </c>
+      <c r="F142" t="s">
+        <v>817</v>
+      </c>
+      <c r="G142" t="s">
         <v>818</v>
       </c>
-      <c r="C142" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H142">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I142">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143">
-        <v>781</v>
+        <v>943</v>
       </c>
       <c r="B143" t="s">
+        <v>819</v>
+      </c>
+      <c r="C143" t="s">
+        <v>820</v>
+      </c>
+      <c r="D143" t="s">
+        <v>821</v>
+      </c>
+      <c r="E143" t="s">
+        <v>822</v>
+      </c>
+      <c r="F143" t="s">
+        <v>823</v>
+      </c>
+      <c r="G143" t="s">
         <v>824</v>
       </c>
-      <c r="C143" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H143">
         <v>0</v>
       </c>
       <c r="I143">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144">
-        <v>780</v>
+        <v>941</v>
       </c>
       <c r="B144" t="s">
-        <v>401</v>
+        <v>532</v>
       </c>
       <c r="C144" t="s">
-        <v>830</v>
+        <v>825</v>
       </c>
       <c r="D144" t="s">
-        <v>831</v>
+        <v>826</v>
       </c>
       <c r="E144" t="s">
-        <v>832</v>
+        <v>827</v>
       </c>
       <c r="F144" t="s">
-        <v>833</v>
+        <v>828</v>
       </c>
       <c r="G144" t="s">
-        <v>758</v>
+        <v>829</v>
       </c>
       <c r="H144">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="I144">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145">
-        <v>777</v>
+        <v>939</v>
       </c>
       <c r="B145" t="s">
+        <v>830</v>
+      </c>
+      <c r="C145" t="s">
+        <v>831</v>
+      </c>
+      <c r="D145" t="s">
+        <v>832</v>
+      </c>
+      <c r="E145" t="s">
+        <v>833</v>
+      </c>
+      <c r="F145" t="s">
         <v>834</v>
       </c>
-      <c r="C145" t="s">
+      <c r="G145" t="s">
         <v>835</v>
       </c>
-      <c r="D145" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H145">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="I145">
-        <v>13</v>
+        <v>69</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146">
-        <v>779</v>
+        <v>940</v>
       </c>
       <c r="B146" t="s">
+        <v>630</v>
+      </c>
+      <c r="C146" t="s">
+        <v>836</v>
+      </c>
+      <c r="D146" t="s">
+        <v>837</v>
+      </c>
+      <c r="E146" t="s">
+        <v>838</v>
+      </c>
+      <c r="F146" t="s">
+        <v>839</v>
+      </c>
+      <c r="G146" t="s">
         <v>840</v>
       </c>
-      <c r="C146" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H146">
-        <v>510</v>
+        <v>77</v>
       </c>
       <c r="I146">
-        <v>156</v>
+        <v>17</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147">
-        <v>776</v>
+        <v>935</v>
       </c>
       <c r="B147" t="s">
+        <v>841</v>
+      </c>
+      <c r="C147" t="s">
+        <v>842</v>
+      </c>
+      <c r="D147" t="s">
+        <v>843</v>
+      </c>
+      <c r="E147" t="s">
+        <v>844</v>
+      </c>
+      <c r="F147" t="s">
+        <v>845</v>
+      </c>
+      <c r="G147" t="s">
         <v>846</v>
       </c>
-      <c r="C147" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H147">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I147">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148">
-        <v>775</v>
+        <v>934</v>
       </c>
       <c r="B148" t="s">
+        <v>847</v>
+      </c>
+      <c r="C148" t="s">
+        <v>848</v>
+      </c>
+      <c r="D148" t="s">
+        <v>849</v>
+      </c>
+      <c r="E148" t="s">
+        <v>850</v>
+      </c>
+      <c r="F148" t="s">
+        <v>851</v>
+      </c>
+      <c r="G148" t="s">
         <v>852</v>
       </c>
-      <c r="C148" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H148">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="I148">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149">
-        <v>784</v>
+        <v>936</v>
       </c>
       <c r="B149" t="s">
+        <v>853</v>
+      </c>
+      <c r="C149" t="s">
+        <v>854</v>
+      </c>
+      <c r="D149" t="s">
+        <v>855</v>
+      </c>
+      <c r="E149" t="s">
+        <v>856</v>
+      </c>
+      <c r="F149" t="s">
+        <v>857</v>
+      </c>
+      <c r="G149" t="s">
         <v>858</v>
       </c>
-      <c r="C149" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H149">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="I149">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150">
-        <v>785</v>
+        <v>938</v>
       </c>
       <c r="B150" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="C150" t="s">
         <v>860</v>
       </c>
       <c r="D150" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="E150" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="F150" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="G150" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="H150">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="I150">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151">
-        <v>774</v>
+        <v>930</v>
       </c>
       <c r="B151" t="s">
-        <v>718</v>
+        <v>865</v>
       </c>
       <c r="C151" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="D151" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="E151" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="F151" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="G151" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="H151">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="I151">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152">
-        <v>778</v>
+        <v>932</v>
       </c>
       <c r="B152" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="C152" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="D152" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="E152" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="F152" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="G152" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="H152">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="I152">
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153">
-        <v>772</v>
+        <v>925</v>
       </c>
       <c r="B153" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="C153" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="D153" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="E153" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="F153" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="G153" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="H153">
-        <v>1</v>
+        <v>158</v>
       </c>
       <c r="I153">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154">
-        <v>773</v>
+        <v>933</v>
       </c>
       <c r="B154" t="s">
-        <v>371</v>
+        <v>883</v>
       </c>
       <c r="C154" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="D154" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="E154" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="F154" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="G154" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="H154">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I154">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155">
-        <v>771</v>
+        <v>929</v>
       </c>
       <c r="B155" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="C155" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="D155" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="E155" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="F155" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="G155" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="H155">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I155">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156">
-        <v>770</v>
+        <v>937</v>
       </c>
       <c r="B156" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="C156" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="D156" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="E156" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="F156" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="G156" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="H156">
-        <v>104</v>
+        <v>0</v>
       </c>
       <c r="I156">
-        <v>99</v>
+        <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157">
-        <v>767</v>
+        <v>926</v>
       </c>
       <c r="B157" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="C157" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="D157" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="E157" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="F157" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="G157" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="H157">
         <v>0</v>
       </c>
       <c r="I157">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158">
-        <v>769</v>
+        <v>942</v>
       </c>
       <c r="B158" t="s">
-        <v>700</v>
+        <v>907</v>
       </c>
       <c r="C158" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="D158" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="E158" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="F158" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="G158" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="H158">
-        <v>3452</v>
+        <v>107</v>
       </c>
       <c r="I158">
-        <v>1859</v>
+        <v>78</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159">
-        <v>768</v>
+        <v>931</v>
       </c>
       <c r="B159" t="s">
-        <v>909</v>
+        <v>783</v>
       </c>
       <c r="C159" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="D159" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="E159" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="F159" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="G159" t="s">
-        <v>914</v>
+        <v>788</v>
       </c>
       <c r="H159">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="I159">
-        <v>0</v>
+        <v>34</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160">
-        <v>766</v>
+        <v>928</v>
       </c>
       <c r="B160" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="C160" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="D160" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="E160" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="F160" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="G160" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="H160">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I160">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161">
-        <v>765</v>
+        <v>927</v>
       </c>
       <c r="B161" t="s">
-        <v>892</v>
+        <v>923</v>
       </c>
       <c r="C161" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="D161" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="E161" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="F161" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="G161" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="H161">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="I161">
-        <v>43</v>
+        <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162">
-        <v>761</v>
+        <v>921</v>
       </c>
       <c r="B162" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="C162" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="D162" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="E162" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="F162" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="G162" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="H162">
-        <v>39</v>
+        <v>0</v>
       </c>
       <c r="I162">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163">
-        <v>763</v>
+        <v>923</v>
       </c>
       <c r="B163" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="C163" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="D163" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="E163" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="F163" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="G163" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="H163">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="I163">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164">
-        <v>762</v>
+        <v>922</v>
       </c>
       <c r="B164" t="s">
-        <v>353</v>
+        <v>941</v>
       </c>
       <c r="C164" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="D164" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="E164" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="F164" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="G164" t="s">
-        <v>358</v>
+        <v>946</v>
       </c>
       <c r="H164">
-        <v>1289</v>
+        <v>2</v>
       </c>
       <c r="I164">
-        <v>545</v>
+        <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165">
-        <v>760</v>
+        <v>919</v>
       </c>
       <c r="B165" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="C165" t="s">
-        <v>943</v>
+        <v>948</v>
       </c>
       <c r="D165" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
       <c r="E165" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
       <c r="F165" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="G165" t="s">
-        <v>947</v>
+        <v>952</v>
       </c>
       <c r="H165">
+        <v>0</v>
+      </c>
+      <c r="I165">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166">
-        <v>764</v>
+        <v>924</v>
       </c>
       <c r="B166" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
       <c r="C166" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
       <c r="D166" t="s">
-        <v>950</v>
+        <v>955</v>
       </c>
       <c r="E166" t="s">
-        <v>951</v>
+        <v>956</v>
       </c>
       <c r="F166" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="G166" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
       <c r="H166">
-        <v>8</v>
+        <v>171</v>
       </c>
       <c r="I166">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167">
-        <v>758</v>
+        <v>920</v>
       </c>
       <c r="B167" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
       <c r="C167" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="D167" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
       <c r="E167" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="F167" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="G167" t="s">
-        <v>959</v>
+        <v>964</v>
       </c>
       <c r="H167">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="I167">
-        <v>2</v>
+        <v>228</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168">
-        <v>755</v>
+        <v>918</v>
       </c>
       <c r="B168" t="s">
-        <v>353</v>
+        <v>965</v>
       </c>
       <c r="C168" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="D168" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="E168" t="s">
-        <v>962</v>
+        <v>968</v>
       </c>
       <c r="F168" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="G168" t="s">
-        <v>964</v>
+        <v>970</v>
       </c>
       <c r="H168">
-        <v>108</v>
+        <v>1</v>
       </c>
       <c r="I168">
-        <v>43</v>
+        <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169">
-        <v>757</v>
+        <v>917</v>
       </c>
       <c r="B169" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="C169" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="D169" t="s">
-        <v>967</v>
+        <v>973</v>
       </c>
       <c r="E169" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="F169" t="s">
-        <v>969</v>
+        <v>975</v>
       </c>
       <c r="G169" t="s">
-        <v>970</v>
+        <v>976</v>
       </c>
       <c r="H169">
         <v>0</v>
       </c>
       <c r="I169">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170">
-        <v>754</v>
+        <v>915</v>
       </c>
       <c r="B170" t="s">
-        <v>401</v>
+        <v>977</v>
       </c>
       <c r="C170" t="s">
-        <v>971</v>
+        <v>978</v>
       </c>
       <c r="D170" t="s">
-        <v>972</v>
+        <v>979</v>
       </c>
       <c r="E170" t="s">
-        <v>973</v>
+        <v>980</v>
       </c>
       <c r="F170" t="s">
-        <v>974</v>
+        <v>981</v>
       </c>
       <c r="G170" t="s">
-        <v>482</v>
+        <v>982</v>
       </c>
       <c r="H170">
-        <v>73</v>
+        <v>1</v>
       </c>
       <c r="I170">
-        <v>14</v>
+        <v>2</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171">
-        <v>753</v>
+        <v>916</v>
       </c>
       <c r="B171" t="s">
-        <v>975</v>
+        <v>983</v>
       </c>
       <c r="C171" t="s">
-        <v>976</v>
+        <v>984</v>
       </c>
       <c r="D171" t="s">
-        <v>977</v>
+        <v>985</v>
       </c>
       <c r="E171" t="s">
-        <v>978</v>
+        <v>986</v>
       </c>
       <c r="F171" t="s">
-        <v>979</v>
+        <v>987</v>
       </c>
       <c r="G171" t="s">
-        <v>980</v>
+        <v>988</v>
       </c>
       <c r="H171">
-        <v>261</v>
+        <v>48</v>
       </c>
       <c r="I171">
-        <v>79</v>
+        <v>4</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172">
-        <v>759</v>
+        <v>912</v>
       </c>
       <c r="B172" t="s">
-        <v>892</v>
+        <v>989</v>
       </c>
       <c r="C172" t="s">
-        <v>981</v>
+        <v>990</v>
       </c>
       <c r="D172" t="s">
-        <v>982</v>
+        <v>991</v>
       </c>
       <c r="E172" t="s">
-        <v>983</v>
+        <v>992</v>
       </c>
       <c r="F172" t="s">
-        <v>984</v>
+        <v>993</v>
       </c>
       <c r="G172" t="s">
-        <v>985</v>
+        <v>994</v>
       </c>
       <c r="H172">
-        <v>6744</v>
+        <v>144</v>
       </c>
       <c r="I172">
-        <v>2</v>
+        <v>43</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173">
-        <v>752</v>
+        <v>914</v>
       </c>
       <c r="B173" t="s">
-        <v>776</v>
+        <v>995</v>
       </c>
       <c r="C173" t="s">
-        <v>986</v>
+        <v>996</v>
       </c>
       <c r="D173" t="s">
-        <v>987</v>
+        <v>997</v>
       </c>
       <c r="E173" t="s">
-        <v>988</v>
+        <v>998</v>
       </c>
       <c r="F173" t="s">
-        <v>989</v>
+        <v>999</v>
       </c>
       <c r="G173" t="s">
-        <v>990</v>
+        <v>1000</v>
       </c>
       <c r="H173">
-        <v>1229</v>
+        <v>62</v>
       </c>
       <c r="I173">
-        <v>232</v>
+        <v>5</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174">
-        <v>756</v>
+        <v>906</v>
       </c>
       <c r="B174" t="s">
-        <v>581</v>
+        <v>1001</v>
       </c>
       <c r="C174" t="s">
-        <v>991</v>
+        <v>1002</v>
       </c>
       <c r="D174" t="s">
-        <v>992</v>
+        <v>1003</v>
       </c>
       <c r="E174" t="s">
-        <v>993</v>
+        <v>1004</v>
       </c>
       <c r="F174" t="s">
-        <v>994</v>
+        <v>1005</v>
       </c>
       <c r="G174" t="s">
-        <v>995</v>
+        <v>1006</v>
       </c>
       <c r="H174">
-        <v>73</v>
+        <v>4</v>
       </c>
       <c r="I174">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175">
-        <v>751</v>
+        <v>911</v>
       </c>
       <c r="B175" t="s">
-        <v>996</v>
+        <v>1007</v>
       </c>
       <c r="C175" t="s">
-        <v>997</v>
+        <v>1008</v>
       </c>
       <c r="D175" t="s">
-        <v>998</v>
+        <v>1009</v>
       </c>
       <c r="E175" t="s">
-        <v>999</v>
+        <v>1010</v>
       </c>
       <c r="F175" t="s">
-        <v>1000</v>
+        <v>1011</v>
       </c>
       <c r="G175" t="s">
-        <v>1001</v>
+        <v>1012</v>
       </c>
       <c r="H175">
         <v>0</v>
       </c>
       <c r="I175">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176">
-        <v>750</v>
+        <v>907</v>
       </c>
       <c r="B176" t="s">
-        <v>1002</v>
+        <v>1013</v>
       </c>
       <c r="C176" t="s">
-        <v>1003</v>
+        <v>1014</v>
       </c>
       <c r="D176" t="s">
-        <v>1004</v>
+        <v>1015</v>
       </c>
       <c r="E176" t="s">
-        <v>1005</v>
+        <v>1016</v>
       </c>
       <c r="F176" t="s">
-        <v>1006</v>
+        <v>1017</v>
       </c>
       <c r="G176" t="s">
-        <v>1007</v>
+        <v>1018</v>
       </c>
       <c r="H176">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="I176">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177">
-        <v>748</v>
+        <v>908</v>
       </c>
       <c r="B177" t="s">
-        <v>1008</v>
+        <v>1019</v>
       </c>
       <c r="C177" t="s">
-        <v>1009</v>
+        <v>1020</v>
       </c>
       <c r="D177" t="s">
-        <v>1010</v>
+        <v>1021</v>
       </c>
       <c r="E177" t="s">
-        <v>1011</v>
+        <v>1022</v>
       </c>
       <c r="F177" t="s">
-        <v>1012</v>
+        <v>1023</v>
       </c>
       <c r="G177" t="s">
-        <v>1013</v>
+        <v>1024</v>
       </c>
       <c r="H177">
-        <v>175</v>
+        <v>0</v>
       </c>
       <c r="I177">
-        <v>88</v>
+        <v>33</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178">
-        <v>746</v>
+        <v>913</v>
       </c>
       <c r="B178" t="s">
-        <v>1014</v>
+        <v>1025</v>
       </c>
       <c r="C178" t="s">
-        <v>1015</v>
+        <v>1026</v>
       </c>
       <c r="D178" t="s">
-        <v>528</v>
+        <v>1027</v>
       </c>
       <c r="E178" t="s">
-        <v>1016</v>
+        <v>1028</v>
       </c>
       <c r="F178" t="s">
-        <v>1017</v>
+        <v>1029</v>
       </c>
       <c r="G178" t="s">
-        <v>1018</v>
+        <v>1030</v>
       </c>
       <c r="H178">
-        <v>3</v>
+        <v>86</v>
       </c>
       <c r="I178">
-        <v>0</v>
+        <v>65</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179">
-        <v>747</v>
+        <v>910</v>
       </c>
       <c r="B179" t="s">
-        <v>1014</v>
+        <v>853</v>
       </c>
       <c r="C179" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="D179" t="s">
-        <v>528</v>
+        <v>1032</v>
       </c>
       <c r="E179" t="s">
-        <v>1019</v>
+        <v>1033</v>
       </c>
       <c r="F179" t="s">
-        <v>1017</v>
+        <v>1034</v>
       </c>
       <c r="G179" t="s">
-        <v>1018</v>
+        <v>1035</v>
       </c>
       <c r="H179">
-        <v>3</v>
+        <v>38</v>
       </c>
       <c r="I179">
-        <v>0</v>
+        <v>17</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180">
-        <v>749</v>
+        <v>903</v>
       </c>
       <c r="B180" t="s">
-        <v>1020</v>
+        <v>1036</v>
       </c>
       <c r="C180" t="s">
-        <v>1021</v>
+        <v>1037</v>
       </c>
       <c r="D180" t="s">
-        <v>1022</v>
+        <v>1038</v>
       </c>
       <c r="E180" t="s">
-        <v>1023</v>
+        <v>1039</v>
       </c>
       <c r="F180" t="s">
-        <v>1024</v>
+        <v>1040</v>
       </c>
       <c r="G180" t="s">
-        <v>1025</v>
+        <v>1041</v>
       </c>
       <c r="H180">
-        <v>92</v>
+        <v>1563</v>
       </c>
       <c r="I180">
-        <v>1</v>
+        <v>85</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181">
-        <v>743</v>
+        <v>909</v>
       </c>
       <c r="B181" t="s">
-        <v>1026</v>
+        <v>1042</v>
       </c>
       <c r="C181" t="s">
-        <v>1027</v>
+        <v>1043</v>
       </c>
       <c r="D181" t="s">
-        <v>1028</v>
+        <v>1044</v>
       </c>
       <c r="E181" t="s">
-        <v>1029</v>
+        <v>1045</v>
       </c>
       <c r="F181" t="s">
-        <v>1030</v>
+        <v>1046</v>
       </c>
       <c r="G181" t="s">
-        <v>1031</v>
+        <v>1047</v>
       </c>
       <c r="H181">
-        <v>85</v>
+        <v>39</v>
       </c>
       <c r="I181">
-        <v>16</v>
+        <v>4</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182">
-        <v>744</v>
+        <v>904</v>
       </c>
       <c r="B182" t="s">
-        <v>892</v>
+        <v>1048</v>
       </c>
       <c r="C182" t="s">
-        <v>1032</v>
+        <v>1049</v>
       </c>
       <c r="D182" t="s">
-        <v>1033</v>
+        <v>1050</v>
       </c>
       <c r="E182" t="s">
-        <v>1034</v>
+        <v>1051</v>
       </c>
       <c r="F182" t="s">
-        <v>1035</v>
+        <v>1052</v>
       </c>
       <c r="G182" t="s">
-        <v>1036</v>
+        <v>1053</v>
       </c>
       <c r="H182">
-        <v>1223</v>
+        <v>1954</v>
       </c>
       <c r="I182">
-        <v>27</v>
+        <v>113</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183">
-        <v>742</v>
+        <v>900</v>
       </c>
       <c r="B183" t="s">
-        <v>1037</v>
+        <v>1054</v>
       </c>
       <c r="C183" t="s">
-        <v>1038</v>
+        <v>1055</v>
       </c>
       <c r="D183" t="s">
-        <v>1039</v>
+        <v>1056</v>
       </c>
       <c r="E183" t="s">
-        <v>1040</v>
+        <v>1057</v>
       </c>
       <c r="F183" t="s">
-        <v>1041</v>
+        <v>1058</v>
       </c>
       <c r="G183" t="s">
-        <v>1042</v>
+        <v>1059</v>
       </c>
       <c r="H183">
-        <v>22</v>
+        <v>5</v>
       </c>
       <c r="I183">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184">
-        <v>741</v>
+        <v>902</v>
       </c>
       <c r="B184" t="s">
-        <v>1043</v>
+        <v>1060</v>
       </c>
       <c r="C184" t="s">
-        <v>1044</v>
+        <v>1061</v>
       </c>
       <c r="D184" t="s">
-        <v>1045</v>
+        <v>1062</v>
       </c>
       <c r="E184" t="s">
-        <v>1046</v>
+        <v>1063</v>
       </c>
       <c r="F184" t="s">
-        <v>1047</v>
+        <v>1064</v>
       </c>
       <c r="G184" t="s">
-        <v>1048</v>
+        <v>1065</v>
       </c>
       <c r="H184">
-        <v>1477</v>
+        <v>17</v>
       </c>
       <c r="I184">
-        <v>97</v>
+        <v>8</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185">
-        <v>739</v>
+        <v>901</v>
       </c>
       <c r="B185" t="s">
-        <v>1049</v>
+        <v>1066</v>
       </c>
       <c r="C185" t="s">
-        <v>1050</v>
+        <v>1067</v>
       </c>
       <c r="D185" t="s">
-        <v>1051</v>
+        <v>1068</v>
       </c>
       <c r="E185" t="s">
-        <v>1052</v>
+        <v>1069</v>
       </c>
       <c r="F185" t="s">
-        <v>1053</v>
+        <v>1070</v>
       </c>
       <c r="G185" t="s">
-        <v>1054</v>
+        <v>1071</v>
       </c>
       <c r="H185">
-        <v>353</v>
+        <v>5</v>
       </c>
       <c r="I185">
-        <v>80</v>
+        <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186">
-        <v>740</v>
+        <v>899</v>
       </c>
       <c r="B186" t="s">
-        <v>1055</v>
+        <v>1072</v>
       </c>
       <c r="C186" t="s">
-        <v>1056</v>
+        <v>1073</v>
       </c>
       <c r="D186" t="s">
-        <v>1057</v>
+        <v>1074</v>
       </c>
       <c r="E186" t="s">
-        <v>1058</v>
+        <v>1075</v>
       </c>
       <c r="F186" t="s">
-        <v>1059</v>
+        <v>1076</v>
       </c>
       <c r="G186" t="s">
-        <v>1060</v>
+        <v>1077</v>
       </c>
       <c r="H186">
-        <v>62</v>
+        <v>967</v>
       </c>
       <c r="I186">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187">
-        <v>738</v>
+        <v>905</v>
       </c>
       <c r="B187" t="s">
-        <v>269</v>
+        <v>1078</v>
       </c>
       <c r="C187" t="s">
-        <v>1061</v>
+        <v>1079</v>
       </c>
       <c r="D187" t="s">
-        <v>1062</v>
+        <v>1080</v>
       </c>
       <c r="E187" t="s">
-        <v>1063</v>
+        <v>1081</v>
       </c>
       <c r="F187" t="s">
-        <v>1064</v>
+        <v>1082</v>
       </c>
       <c r="G187" t="s">
-        <v>1065</v>
+        <v>1083</v>
       </c>
       <c r="H187">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I187">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188">
-        <v>737</v>
+        <v>898</v>
       </c>
       <c r="B188" t="s">
-        <v>700</v>
+        <v>1084</v>
       </c>
       <c r="C188" t="s">
-        <v>1066</v>
+        <v>1085</v>
       </c>
       <c r="D188" t="s">
-        <v>1067</v>
+        <v>1086</v>
       </c>
       <c r="E188" t="s">
-        <v>1068</v>
+        <v>1087</v>
       </c>
       <c r="F188" t="s">
-        <v>1069</v>
+        <v>1088</v>
       </c>
       <c r="G188" t="s">
-        <v>700</v>
+        <v>1089</v>
       </c>
       <c r="H188">
-        <v>240</v>
+        <v>0</v>
       </c>
       <c r="I188">
-        <v>14</v>
+        <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189">
-        <v>736</v>
+        <v>897</v>
       </c>
       <c r="B189" t="s">
-        <v>353</v>
+        <v>1090</v>
       </c>
       <c r="C189" t="s">
-        <v>1070</v>
+        <v>1091</v>
       </c>
       <c r="D189" t="s">
-        <v>1071</v>
+        <v>1092</v>
       </c>
       <c r="E189" t="s">
-        <v>1072</v>
+        <v>1093</v>
       </c>
       <c r="F189" t="s">
-        <v>1073</v>
+        <v>1094</v>
       </c>
       <c r="G189" t="s">
-        <v>353</v>
+        <v>1095</v>
       </c>
       <c r="H189">
-        <v>114</v>
+        <v>2</v>
       </c>
       <c r="I189">
-        <v>18</v>
+        <v>2</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190">
-        <v>731</v>
+        <v>896</v>
       </c>
       <c r="B190" t="s">
-        <v>1074</v>
+        <v>853</v>
       </c>
       <c r="C190" t="s">
-        <v>1075</v>
+        <v>1096</v>
       </c>
       <c r="D190" t="s">
-        <v>1076</v>
+        <v>1097</v>
       </c>
       <c r="E190" t="s">
-        <v>1077</v>
+        <v>1098</v>
       </c>
       <c r="F190" t="s">
-        <v>1078</v>
+        <v>1099</v>
       </c>
       <c r="G190" t="s">
-        <v>1079</v>
+        <v>1100</v>
       </c>
       <c r="H190">
-        <v>248</v>
+        <v>3</v>
       </c>
       <c r="I190">
-        <v>24</v>
+        <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191">
-        <v>728</v>
+        <v>893</v>
       </c>
       <c r="B191" t="s">
-        <v>1080</v>
+        <v>1101</v>
       </c>
       <c r="C191" t="s">
-        <v>1081</v>
+        <v>1102</v>
       </c>
       <c r="D191" t="s">
-        <v>1082</v>
+        <v>1103</v>
       </c>
       <c r="E191" t="s">
-        <v>1083</v>
+        <v>1104</v>
       </c>
       <c r="F191" t="s">
-        <v>1084</v>
+        <v>1105</v>
       </c>
       <c r="G191" t="s">
-        <v>1085</v>
+        <v>1106</v>
       </c>
       <c r="H191">
-        <v>1</v>
+        <v>178</v>
       </c>
       <c r="I191">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192">
-        <v>732</v>
+        <v>894</v>
       </c>
       <c r="B192" t="s">
-        <v>1086</v>
+        <v>1107</v>
       </c>
       <c r="C192" t="s">
-        <v>1087</v>
+        <v>1108</v>
       </c>
       <c r="D192" t="s">
-        <v>1088</v>
+        <v>1109</v>
       </c>
       <c r="E192" t="s">
-        <v>1089</v>
+        <v>1104</v>
       </c>
       <c r="F192" t="s">
-        <v>1090</v>
+        <v>1105</v>
       </c>
       <c r="G192" t="s">
-        <v>1091</v>
+        <v>1110</v>
       </c>
       <c r="H192">
-        <v>3</v>
+        <v>65</v>
       </c>
       <c r="I192">
-        <v>21</v>
+        <v>2</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193">
-        <v>745</v>
+        <v>895</v>
       </c>
       <c r="B193" t="s">
-        <v>1092</v>
+        <v>1111</v>
       </c>
       <c r="C193" t="s">
-        <v>1093</v>
+        <v>1112</v>
       </c>
       <c r="D193" t="s">
-        <v>1094</v>
+        <v>1113</v>
       </c>
       <c r="E193" t="s">
-        <v>1095</v>
+        <v>1104</v>
       </c>
       <c r="F193" t="s">
-        <v>1096</v>
+        <v>1114</v>
       </c>
       <c r="G193" t="s">
-        <v>1097</v>
+        <v>1115</v>
       </c>
       <c r="H193">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="I193">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194">
-        <v>734</v>
+        <v>892</v>
       </c>
       <c r="B194" t="s">
-        <v>1098</v>
+        <v>80</v>
       </c>
       <c r="C194" t="s">
-        <v>1099</v>
+        <v>1116</v>
       </c>
       <c r="D194" t="s">
-        <v>1100</v>
+        <v>1117</v>
       </c>
       <c r="E194" t="s">
-        <v>1101</v>
+        <v>1118</v>
       </c>
       <c r="F194" t="s">
-        <v>1102</v>
+        <v>1119</v>
       </c>
       <c r="G194" t="s">
-        <v>1103</v>
+        <v>1120</v>
       </c>
       <c r="H194">
-        <v>42</v>
+        <v>4</v>
       </c>
       <c r="I194">
-        <v>7</v>
+        <v>13</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195">
-        <v>729</v>
+        <v>891</v>
       </c>
       <c r="B195" t="s">
-        <v>1104</v>
+        <v>1121</v>
       </c>
       <c r="C195" t="s">
-        <v>1105</v>
+        <v>1122</v>
       </c>
       <c r="D195" t="s">
-        <v>1106</v>
+        <v>1123</v>
       </c>
       <c r="E195" t="s">
-        <v>1107</v>
+        <v>1124</v>
       </c>
       <c r="F195" t="s">
-        <v>1108</v>
+        <v>1125</v>
       </c>
       <c r="G195" t="s">
-        <v>1109</v>
+        <v>1126</v>
       </c>
       <c r="H195">
-        <v>496</v>
+        <v>6</v>
       </c>
       <c r="I195">
-        <v>24</v>
+        <v>7</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196">
-        <v>730</v>
+        <v>888</v>
       </c>
       <c r="B196" t="s">
-        <v>1110</v>
+        <v>1127</v>
       </c>
       <c r="C196" t="s">
-        <v>1111</v>
+        <v>1128</v>
       </c>
       <c r="D196" t="s">
-        <v>1112</v>
+        <v>1129</v>
       </c>
       <c r="E196" t="s">
-        <v>1113</v>
+        <v>1130</v>
       </c>
       <c r="F196" t="s">
-        <v>1114</v>
+        <v>1131</v>
       </c>
       <c r="G196" t="s">
-        <v>1115</v>
+        <v>1132</v>
       </c>
       <c r="H196">
-        <v>0</v>
+        <v>5504</v>
       </c>
       <c r="I196">
-        <v>0</v>
+        <v>700</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197">
-        <v>735</v>
+        <v>890</v>
       </c>
       <c r="B197" t="s">
-        <v>1116</v>
+        <v>1133</v>
       </c>
       <c r="C197" t="s">
-        <v>1117</v>
+        <v>1134</v>
       </c>
       <c r="D197" t="s">
-        <v>1118</v>
+        <v>1135</v>
       </c>
       <c r="E197" t="s">
-        <v>1119</v>
+        <v>1136</v>
       </c>
       <c r="F197" t="s">
-        <v>1120</v>
+        <v>1137</v>
       </c>
       <c r="G197" t="s">
-        <v>1121</v>
+        <v>1138</v>
       </c>
       <c r="H197">
+        <v>33</v>
+      </c>
+      <c r="I197">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198">
-        <v>726</v>
+        <v>889</v>
       </c>
       <c r="B198" t="s">
-        <v>1122</v>
+        <v>1139</v>
       </c>
       <c r="C198" t="s">
-        <v>1123</v>
+        <v>1140</v>
       </c>
       <c r="D198" t="s">
-        <v>1124</v>
+        <v>1141</v>
       </c>
       <c r="E198" t="s">
-        <v>1125</v>
+        <v>1142</v>
       </c>
       <c r="F198" t="s">
-        <v>1126</v>
+        <v>1143</v>
       </c>
       <c r="G198" t="s">
-        <v>1127</v>
+        <v>1144</v>
       </c>
       <c r="H198">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="I198">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199">
-        <v>727</v>
+        <v>884</v>
       </c>
       <c r="B199" t="s">
-        <v>1128</v>
+        <v>1145</v>
       </c>
       <c r="C199" t="s">
-        <v>1129</v>
+        <v>1146</v>
       </c>
       <c r="D199" t="s">
-        <v>1130</v>
+        <v>1147</v>
       </c>
       <c r="E199" t="s">
-        <v>1131</v>
+        <v>1148</v>
       </c>
       <c r="F199" t="s">
-        <v>1132</v>
+        <v>1149</v>
       </c>
       <c r="G199" t="s">
-        <v>1133</v>
+        <v>1150</v>
       </c>
       <c r="H199">
-        <v>2212</v>
+        <v>4718</v>
       </c>
       <c r="I199">
-        <v>116</v>
+        <v>179</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200">
-        <v>733</v>
+        <v>886</v>
       </c>
       <c r="B200" t="s">
-        <v>926</v>
+        <v>1151</v>
       </c>
       <c r="C200" t="s">
-        <v>1134</v>
+        <v>1152</v>
       </c>
       <c r="D200" t="s">
-        <v>1135</v>
+        <v>1153</v>
       </c>
       <c r="E200" t="s">
-        <v>1136</v>
+        <v>1154</v>
       </c>
       <c r="F200" t="s">
-        <v>1137</v>
+        <v>1155</v>
       </c>
       <c r="G200" t="s">
-        <v>931</v>
+        <v>1156</v>
       </c>
       <c r="H200">
-        <v>49</v>
+        <v>1997</v>
       </c>
       <c r="I200">
-        <v>18</v>
+        <v>75</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201">
-        <v>723</v>
+        <v>883</v>
       </c>
       <c r="B201" t="s">
-        <v>1138</v>
+        <v>1157</v>
       </c>
       <c r="C201" t="s">
-        <v>1139</v>
+        <v>1158</v>
       </c>
       <c r="D201" t="s">
-        <v>1140</v>
+        <v>1159</v>
       </c>
       <c r="E201" t="s">
-        <v>1141</v>
+        <v>1160</v>
       </c>
       <c r="F201" t="s">
-        <v>1142</v>
+        <v>1161</v>
       </c>
       <c r="G201" t="s">
-        <v>1143</v>
+        <v>1162</v>
       </c>
       <c r="H201">
         <v>0</v>
       </c>
       <c r="I201">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202">
-        <v>722</v>
+        <v>879</v>
       </c>
       <c r="B202" t="s">
-        <v>1144</v>
+        <v>1163</v>
       </c>
       <c r="C202" t="s">
-        <v>1145</v>
+        <v>1164</v>
       </c>
       <c r="D202" t="s">
-        <v>1146</v>
+        <v>1165</v>
       </c>
       <c r="E202" t="s">
-        <v>1147</v>
+        <v>1166</v>
       </c>
       <c r="F202" t="s">
-        <v>1148</v>
+        <v>1167</v>
       </c>
       <c r="G202" t="s">
-        <v>1149</v>
+        <v>1168</v>
       </c>
       <c r="H202">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="I202">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203">
-        <v>721</v>
+        <v>881</v>
       </c>
       <c r="B203" t="s">
-        <v>587</v>
+        <v>165</v>
       </c>
       <c r="C203" t="s">
-        <v>1150</v>
+        <v>1169</v>
       </c>
       <c r="D203" t="s">
-        <v>1151</v>
+        <v>1170</v>
       </c>
       <c r="E203" t="s">
-        <v>1152</v>
+        <v>1171</v>
       </c>
       <c r="F203" t="s">
-        <v>1153</v>
+        <v>1172</v>
       </c>
       <c r="G203" t="s">
-        <v>1154</v>
+        <v>1173</v>
       </c>
       <c r="H203">
-        <v>206</v>
+        <v>0</v>
       </c>
       <c r="I203">
-        <v>17</v>
+        <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204">
-        <v>724</v>
+        <v>878</v>
       </c>
       <c r="B204" t="s">
-        <v>1155</v>
+        <v>1174</v>
       </c>
       <c r="C204" t="s">
-        <v>1156</v>
+        <v>1175</v>
       </c>
       <c r="D204" t="s">
-        <v>1157</v>
+        <v>1176</v>
       </c>
       <c r="E204" t="s">
-        <v>1158</v>
+        <v>1177</v>
       </c>
       <c r="F204" t="s">
-        <v>1159</v>
+        <v>1178</v>
       </c>
       <c r="G204" t="s">
-        <v>1160</v>
+        <v>1179</v>
       </c>
       <c r="H204">
         <v>2</v>
       </c>
       <c r="I204">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205">
-        <v>725</v>
+        <v>880</v>
       </c>
       <c r="B205" t="s">
-        <v>1161</v>
+        <v>1180</v>
       </c>
       <c r="C205" t="s">
-        <v>1162</v>
+        <v>1181</v>
       </c>
       <c r="D205" t="s">
-        <v>1163</v>
+        <v>1182</v>
       </c>
       <c r="E205" t="s">
-        <v>1164</v>
+        <v>1183</v>
       </c>
       <c r="F205" t="s">
-        <v>1165</v>
+        <v>1184</v>
       </c>
       <c r="G205" t="s">
-        <v>1166</v>
+        <v>1185</v>
       </c>
       <c r="H205">
-        <v>1</v>
+        <v>35</v>
       </c>
       <c r="I205">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206">
-        <v>720</v>
+        <v>877</v>
       </c>
       <c r="B206" t="s">
-        <v>1167</v>
+        <v>1186</v>
       </c>
       <c r="C206" t="s">
-        <v>1168</v>
+        <v>1187</v>
       </c>
       <c r="D206" t="s">
-        <v>1169</v>
+        <v>1188</v>
       </c>
       <c r="E206" t="s">
-        <v>1170</v>
+        <v>1189</v>
       </c>
       <c r="F206" t="s">
-        <v>1171</v>
+        <v>1190</v>
       </c>
       <c r="G206" t="s">
-        <v>1172</v>
+        <v>1191</v>
       </c>
       <c r="H206">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="I206">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207">
-        <v>718</v>
+        <v>876</v>
       </c>
       <c r="B207" t="s">
-        <v>353</v>
+        <v>1192</v>
       </c>
       <c r="C207" t="s">
-        <v>1173</v>
+        <v>1193</v>
       </c>
       <c r="D207" t="s">
-        <v>1174</v>
+        <v>1194</v>
       </c>
       <c r="E207" t="s">
-        <v>1175</v>
+        <v>1195</v>
       </c>
       <c r="F207" t="s">
-        <v>1176</v>
+        <v>1196</v>
       </c>
       <c r="G207" t="s">
-        <v>1177</v>
+        <v>1197</v>
       </c>
       <c r="H207">
-        <v>64</v>
+        <v>5</v>
       </c>
       <c r="I207">
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208">
-        <v>719</v>
+        <v>874</v>
       </c>
       <c r="B208" t="s">
-        <v>1178</v>
+        <v>1198</v>
       </c>
       <c r="C208" t="s">
-        <v>1179</v>
+        <v>1199</v>
       </c>
       <c r="D208" t="s">
-        <v>1180</v>
+        <v>1200</v>
       </c>
       <c r="E208" t="s">
-        <v>1181</v>
+        <v>1201</v>
       </c>
       <c r="F208" t="s">
-        <v>1182</v>
+        <v>1202</v>
       </c>
       <c r="G208" t="s">
-        <v>1183</v>
+        <v>1203</v>
       </c>
       <c r="H208">
-        <v>0</v>
+        <v>4404</v>
       </c>
       <c r="I208">
-        <v>0</v>
+        <v>13</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209">
-        <v>717</v>
+        <v>875</v>
       </c>
       <c r="B209" t="s">
-        <v>1184</v>
+        <v>1204</v>
       </c>
       <c r="C209" t="s">
-        <v>1185</v>
+        <v>1205</v>
       </c>
       <c r="D209" t="s">
-        <v>1186</v>
+        <v>1206</v>
       </c>
       <c r="E209" t="s">
-        <v>1187</v>
+        <v>1207</v>
       </c>
       <c r="F209" t="s">
-        <v>1188</v>
+        <v>1208</v>
       </c>
       <c r="G209" t="s">
-        <v>1189</v>
+        <v>1209</v>
       </c>
       <c r="H209">
-        <v>0</v>
+        <v>51</v>
       </c>
       <c r="I209">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210">
-        <v>716</v>
+        <v>882</v>
       </c>
       <c r="B210" t="s">
-        <v>87</v>
+        <v>1210</v>
       </c>
       <c r="C210" t="s">
-        <v>1190</v>
+        <v>1211</v>
       </c>
       <c r="D210" t="s">
-        <v>1191</v>
+        <v>1212</v>
       </c>
       <c r="E210" t="s">
-        <v>1192</v>
+        <v>1213</v>
       </c>
       <c r="F210" t="s">
-        <v>1193</v>
+        <v>1214</v>
       </c>
       <c r="G210" t="s">
-        <v>1194</v>
+        <v>1215</v>
       </c>
       <c r="H210">
         <v>0</v>
       </c>
       <c r="I210">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211">
-        <v>715</v>
+        <v>887</v>
       </c>
       <c r="B211" t="s">
-        <v>1195</v>
+        <v>1216</v>
       </c>
       <c r="C211" t="s">
-        <v>1196</v>
+        <v>1217</v>
       </c>
       <c r="D211" t="s">
-        <v>1197</v>
+        <v>1218</v>
       </c>
       <c r="E211" t="s">
-        <v>1198</v>
+        <v>1219</v>
       </c>
       <c r="F211" t="s">
-        <v>1199</v>
+        <v>1220</v>
       </c>
       <c r="G211" t="s">
-        <v>1200</v>
+        <v>1221</v>
       </c>
       <c r="H211">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="I211">
-        <v>24</v>
+        <v>11</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212">
-        <v>711</v>
+        <v>873</v>
       </c>
       <c r="B212" t="s">
-        <v>1201</v>
+        <v>1222</v>
       </c>
       <c r="C212" t="s">
-        <v>1202</v>
+        <v>1223</v>
       </c>
       <c r="D212" t="s">
-        <v>1203</v>
+        <v>1224</v>
       </c>
       <c r="E212" t="s">
-        <v>1204</v>
+        <v>1225</v>
       </c>
       <c r="F212" t="s">
-        <v>1205</v>
+        <v>1226</v>
       </c>
       <c r="G212" t="s">
-        <v>1206</v>
+        <v>1227</v>
       </c>
       <c r="H212">
         <v>0</v>
       </c>
       <c r="I212">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213">
-        <v>712</v>
+        <v>885</v>
       </c>
       <c r="B213" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="C213" t="s">
-        <v>1208</v>
+        <v>1229</v>
       </c>
       <c r="D213" t="s">
-        <v>1209</v>
+        <v>1230</v>
       </c>
       <c r="E213" t="s">
-        <v>1210</v>
+        <v>1231</v>
       </c>
       <c r="F213" t="s">
-        <v>1211</v>
+        <v>1232</v>
       </c>
       <c r="G213" t="s">
-        <v>1212</v>
+        <v>1233</v>
       </c>
       <c r="H213">
         <v>0</v>
       </c>
       <c r="I213">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214">
-        <v>714</v>
+        <v>870</v>
       </c>
       <c r="B214" t="s">
-        <v>1213</v>
+        <v>1234</v>
       </c>
       <c r="C214" t="s">
-        <v>1214</v>
+        <v>1235</v>
       </c>
       <c r="D214" t="s">
-        <v>1215</v>
+        <v>1236</v>
       </c>
       <c r="E214" t="s">
-        <v>1216</v>
+        <v>1237</v>
       </c>
       <c r="F214" t="s">
-        <v>1217</v>
+        <v>1238</v>
       </c>
       <c r="G214" t="s">
-        <v>1218</v>
+        <v>1239</v>
       </c>
       <c r="H214">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="I214">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215">
-        <v>709</v>
+        <v>871</v>
       </c>
       <c r="B215" t="s">
-        <v>401</v>
+        <v>1240</v>
       </c>
       <c r="C215" t="s">
-        <v>1219</v>
+        <v>1241</v>
       </c>
       <c r="D215" t="s">
-        <v>1220</v>
+        <v>1242</v>
       </c>
       <c r="E215" t="s">
-        <v>1221</v>
+        <v>1243</v>
       </c>
       <c r="F215" t="s">
-        <v>1222</v>
+        <v>1244</v>
       </c>
       <c r="G215" t="s">
-        <v>1223</v>
+        <v>1245</v>
       </c>
       <c r="H215">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="I215">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216">
-        <v>708</v>
+        <v>872</v>
       </c>
       <c r="B216" t="s">
-        <v>1224</v>
+        <v>1246</v>
       </c>
       <c r="C216" t="s">
-        <v>1225</v>
+        <v>1247</v>
       </c>
       <c r="D216" t="s">
-        <v>1226</v>
+        <v>1248</v>
       </c>
       <c r="E216" t="s">
-        <v>1227</v>
+        <v>1249</v>
       </c>
       <c r="F216" t="s">
-        <v>1228</v>
+        <v>1250</v>
       </c>
       <c r="G216" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="H216">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I216">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217">
-        <v>706</v>
+        <v>869</v>
       </c>
       <c r="B217" t="s">
-        <v>1230</v>
+        <v>1252</v>
       </c>
       <c r="C217" t="s">
-        <v>1231</v>
+        <v>1253</v>
       </c>
       <c r="D217" t="s">
-        <v>1232</v>
+        <v>1254</v>
       </c>
       <c r="E217" t="s">
-        <v>1233</v>
+        <v>1255</v>
       </c>
       <c r="F217" t="s">
-        <v>1234</v>
+        <v>1256</v>
       </c>
       <c r="G217" t="s">
-        <v>1235</v>
+        <v>1257</v>
       </c>
       <c r="H217">
-        <v>4</v>
+        <v>1348</v>
       </c>
       <c r="I217">
-        <v>0</v>
+        <v>115</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218">
-        <v>705</v>
+        <v>868</v>
       </c>
       <c r="B218" t="s">
-        <v>353</v>
+        <v>1258</v>
       </c>
       <c r="C218" t="s">
-        <v>1236</v>
+        <v>1259</v>
       </c>
       <c r="D218" t="s">
-        <v>1237</v>
+        <v>1260</v>
       </c>
       <c r="E218" t="s">
-        <v>1238</v>
+        <v>1261</v>
       </c>
       <c r="F218" t="s">
-        <v>1239</v>
+        <v>1262</v>
       </c>
       <c r="G218" t="s">
-        <v>358</v>
+        <v>1263</v>
       </c>
       <c r="H218">
-        <v>2621</v>
+        <v>2</v>
       </c>
       <c r="I218">
-        <v>104</v>
+        <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219">
-        <v>707</v>
+        <v>867</v>
       </c>
       <c r="B219" t="s">
-        <v>1240</v>
+        <v>1264</v>
       </c>
       <c r="C219" t="s">
-        <v>1241</v>
+        <v>1265</v>
       </c>
       <c r="D219" t="s">
-        <v>1242</v>
+        <v>1266</v>
       </c>
       <c r="E219" t="s">
-        <v>1243</v>
+        <v>1267</v>
       </c>
       <c r="F219" t="s">
-        <v>1244</v>
+        <v>1268</v>
       </c>
       <c r="G219" t="s">
-        <v>1245</v>
+        <v>1269</v>
       </c>
       <c r="H219">
-        <v>238</v>
+        <v>1527</v>
       </c>
       <c r="I219">
-        <v>21</v>
+        <v>279</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220">
-        <v>702</v>
+        <v>863</v>
       </c>
       <c r="B220" t="s">
-        <v>909</v>
+        <v>1270</v>
       </c>
       <c r="C220" t="s">
-        <v>1246</v>
+        <v>1271</v>
       </c>
       <c r="D220" t="s">
-        <v>1247</v>
+        <v>1272</v>
       </c>
       <c r="E220" t="s">
-        <v>1248</v>
+        <v>1273</v>
       </c>
       <c r="F220" t="s">
-        <v>1249</v>
+        <v>1274</v>
       </c>
       <c r="G220" t="s">
-        <v>1250</v>
+        <v>1275</v>
       </c>
       <c r="H220">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="I220">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221">
-        <v>704</v>
+        <v>864</v>
       </c>
       <c r="B221" t="s">
-        <v>1251</v>
+        <v>1276</v>
       </c>
       <c r="C221" t="s">
-        <v>1252</v>
+        <v>1277</v>
       </c>
       <c r="D221" t="s">
-        <v>1253</v>
+        <v>1278</v>
       </c>
       <c r="E221" t="s">
-        <v>1254</v>
+        <v>1279</v>
       </c>
       <c r="F221" t="s">
-        <v>1255</v>
+        <v>1280</v>
       </c>
       <c r="G221" t="s">
-        <v>1256</v>
+        <v>1281</v>
       </c>
       <c r="H221">
-        <v>107</v>
+        <v>9</v>
       </c>
       <c r="I221">
-        <v>17</v>
+        <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222">
-        <v>713</v>
+        <v>861</v>
       </c>
       <c r="B222" t="s">
-        <v>1257</v>
+        <v>1282</v>
       </c>
       <c r="C222" t="s">
-        <v>1258</v>
+        <v>1283</v>
       </c>
       <c r="D222" t="s">
-        <v>1259</v>
+        <v>1284</v>
       </c>
       <c r="E222" t="s">
-        <v>1260</v>
+        <v>1285</v>
       </c>
       <c r="F222" t="s">
-        <v>1261</v>
+        <v>1286</v>
       </c>
       <c r="G222" t="s">
-        <v>1262</v>
+        <v>1287</v>
       </c>
       <c r="H222">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="I222">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223">
-        <v>710</v>
+        <v>865</v>
       </c>
       <c r="B223" t="s">
-        <v>1263</v>
+        <v>1288</v>
       </c>
       <c r="C223" t="s">
-        <v>1264</v>
+        <v>1289</v>
       </c>
       <c r="D223" t="s">
-        <v>1265</v>
+        <v>1290</v>
       </c>
       <c r="E223" t="s">
-        <v>1266</v>
+        <v>1291</v>
       </c>
       <c r="F223" t="s">
-        <v>1267</v>
+        <v>1292</v>
       </c>
       <c r="G223" t="s">
-        <v>1268</v>
+        <v>1293</v>
       </c>
       <c r="H223">
-        <v>130</v>
+        <v>34</v>
       </c>
       <c r="I223">
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224">
-        <v>701</v>
+        <v>862</v>
       </c>
       <c r="B224" t="s">
-        <v>1269</v>
+        <v>1294</v>
       </c>
       <c r="C224" t="s">
-        <v>1270</v>
+        <v>1295</v>
       </c>
       <c r="D224" t="s">
-        <v>1271</v>
+        <v>1296</v>
       </c>
       <c r="E224" t="s">
-        <v>1272</v>
+        <v>1297</v>
       </c>
       <c r="F224" t="s">
-        <v>1273</v>
+        <v>1298</v>
       </c>
       <c r="G224" t="s">
-        <v>1274</v>
+        <v>1299</v>
       </c>
       <c r="H224">
-        <v>6506</v>
+        <v>908</v>
       </c>
       <c r="I224">
-        <v>456</v>
+        <v>217</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225">
-        <v>695</v>
+        <v>859</v>
       </c>
       <c r="B225" t="s">
-        <v>1275</v>
+        <v>1300</v>
       </c>
       <c r="C225" t="s">
-        <v>1276</v>
+        <v>1301</v>
       </c>
       <c r="D225" t="s">
-        <v>1277</v>
+        <v>1302</v>
       </c>
       <c r="E225" t="s">
-        <v>1278</v>
+        <v>1303</v>
       </c>
       <c r="F225" t="s">
-        <v>1279</v>
+        <v>1304</v>
       </c>
       <c r="G225" t="s">
-        <v>1280</v>
+        <v>1305</v>
       </c>
       <c r="H225">
         <v>1</v>
       </c>
       <c r="I225">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226">
-        <v>703</v>
+        <v>860</v>
       </c>
       <c r="B226" t="s">
-        <v>1144</v>
+        <v>1306</v>
       </c>
       <c r="C226" t="s">
-        <v>1281</v>
+        <v>1307</v>
       </c>
       <c r="D226" t="s">
-        <v>1282</v>
+        <v>1308</v>
       </c>
       <c r="E226" t="s">
-        <v>1283</v>
+        <v>1309</v>
       </c>
       <c r="F226" t="s">
-        <v>1284</v>
+        <v>1310</v>
       </c>
       <c r="G226" t="s">
-        <v>1285</v>
+        <v>1311</v>
       </c>
       <c r="H226">
         <v>0</v>
       </c>
       <c r="I226">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227">
-        <v>692</v>
+        <v>858</v>
       </c>
       <c r="B227" t="s">
-        <v>593</v>
+        <v>1312</v>
       </c>
       <c r="C227" t="s">
-        <v>1286</v>
+        <v>1313</v>
       </c>
       <c r="D227" t="s">
-        <v>1287</v>
+        <v>1314</v>
       </c>
       <c r="E227" t="s">
-        <v>1288</v>
+        <v>1315</v>
       </c>
       <c r="F227" t="s">
-        <v>1289</v>
+        <v>1316</v>
       </c>
       <c r="G227" t="s">
-        <v>1290</v>
+        <v>1317</v>
       </c>
       <c r="H227">
         <v>2</v>
       </c>
       <c r="I227">
-        <v>776</v>
+        <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228">
-        <v>696</v>
+        <v>855</v>
       </c>
       <c r="B228" t="s">
-        <v>1291</v>
+        <v>86</v>
       </c>
       <c r="C228" t="s">
-        <v>1292</v>
+        <v>1318</v>
       </c>
       <c r="D228" t="s">
-        <v>1293</v>
+        <v>1319</v>
       </c>
       <c r="E228" t="s">
-        <v>1294</v>
+        <v>1320</v>
       </c>
       <c r="F228" t="s">
-        <v>1295</v>
+        <v>1321</v>
       </c>
       <c r="G228" t="s">
-        <v>1296</v>
+        <v>1322</v>
       </c>
       <c r="H228">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="I228">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229">
-        <v>690</v>
+        <v>856</v>
       </c>
       <c r="B229" t="s">
-        <v>1297</v>
+        <v>1323</v>
       </c>
       <c r="C229" t="s">
-        <v>528</v>
+        <v>1324</v>
       </c>
       <c r="D229" t="s">
-        <v>528</v>
+        <v>1325</v>
       </c>
       <c r="E229" t="s">
-        <v>1298</v>
+        <v>1326</v>
       </c>
       <c r="F229" t="s">
-        <v>1299</v>
+        <v>1327</v>
       </c>
       <c r="G229" t="s">
-        <v>1300</v>
+        <v>1328</v>
       </c>
       <c r="H229">
-        <v>0</v>
+        <v>132</v>
       </c>
       <c r="I229">
-        <v>0</v>
+        <v>45</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230">
-        <v>699</v>
+        <v>852</v>
       </c>
       <c r="B230" t="s">
-        <v>1301</v>
+        <v>1329</v>
       </c>
       <c r="C230" t="s">
-        <v>1302</v>
+        <v>1330</v>
       </c>
       <c r="D230" t="s">
-        <v>1303</v>
+        <v>1331</v>
       </c>
       <c r="E230" t="s">
-        <v>1304</v>
+        <v>1332</v>
       </c>
       <c r="F230" t="s">
-        <v>1305</v>
+        <v>1333</v>
       </c>
       <c r="G230" t="s">
-        <v>1306</v>
+        <v>1334</v>
       </c>
       <c r="H230">
-        <v>92</v>
+        <v>7</v>
       </c>
       <c r="I230">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231">
-        <v>684</v>
+        <v>853</v>
       </c>
       <c r="B231" t="s">
-        <v>1307</v>
+        <v>1335</v>
       </c>
       <c r="C231" t="s">
-        <v>1308</v>
+        <v>1336</v>
       </c>
       <c r="D231" t="s">
-        <v>1309</v>
+        <v>1337</v>
       </c>
       <c r="E231" t="s">
-        <v>1310</v>
+        <v>1338</v>
       </c>
       <c r="F231" t="s">
-        <v>1311</v>
+        <v>1339</v>
       </c>
       <c r="G231" t="s">
-        <v>1312</v>
+        <v>1340</v>
       </c>
       <c r="H231">
-        <v>217</v>
+        <v>106</v>
       </c>
       <c r="I231">
-        <v>5</v>
+        <v>21</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232">
-        <v>688</v>
+        <v>850</v>
       </c>
       <c r="B232" t="s">
-        <v>353</v>
+        <v>1341</v>
       </c>
       <c r="C232" t="s">
-        <v>1313</v>
+        <v>1342</v>
       </c>
       <c r="D232" t="s">
-        <v>1314</v>
+        <v>1343</v>
       </c>
       <c r="E232" t="s">
-        <v>1315</v>
+        <v>1344</v>
       </c>
       <c r="F232" t="s">
-        <v>1316</v>
+        <v>1345</v>
       </c>
       <c r="G232" t="s">
-        <v>358</v>
+        <v>1346</v>
       </c>
       <c r="H232">
-        <v>246</v>
+        <v>0</v>
       </c>
       <c r="I232">
-        <v>60</v>
+        <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233">
-        <v>687</v>
+        <v>866</v>
       </c>
       <c r="B233" t="s">
-        <v>1317</v>
-[...2 lines deleted...]
-        <v>1318</v>
+        <v>1252</v>
       </c>
       <c r="D233" t="s">
-        <v>1319</v>
+        <v>1347</v>
       </c>
       <c r="E233" t="s">
-        <v>1320</v>
+        <v>1348</v>
       </c>
       <c r="F233" t="s">
-        <v>1321</v>
+        <v>1349</v>
       </c>
       <c r="G233" t="s">
-        <v>1322</v>
+        <v>1350</v>
       </c>
       <c r="H233">
-        <v>42</v>
+        <v>1</v>
       </c>
       <c r="I233">
-        <v>2</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234">
-        <v>685</v>
+        <v>851</v>
       </c>
       <c r="B234" t="s">
-        <v>1323</v>
+        <v>1351</v>
       </c>
       <c r="C234" t="s">
-        <v>1324</v>
+        <v>1352</v>
       </c>
       <c r="D234" t="s">
-        <v>1325</v>
+        <v>1353</v>
       </c>
       <c r="E234" t="s">
-        <v>1326</v>
+        <v>1354</v>
       </c>
       <c r="F234" t="s">
-        <v>1327</v>
+        <v>1355</v>
       </c>
       <c r="G234" t="s">
-        <v>1328</v>
+        <v>1356</v>
       </c>
       <c r="H234">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I234">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235">
-        <v>698</v>
+        <v>857</v>
       </c>
       <c r="B235" t="s">
-        <v>1329</v>
+        <v>1357</v>
       </c>
       <c r="C235" t="s">
-        <v>1330</v>
+        <v>1358</v>
       </c>
       <c r="D235" t="s">
-        <v>1331</v>
+        <v>1359</v>
       </c>
       <c r="E235" t="s">
-        <v>1332</v>
+        <v>1360</v>
       </c>
       <c r="F235" t="s">
-        <v>1333</v>
+        <v>1361</v>
       </c>
       <c r="G235" t="s">
-        <v>1334</v>
+        <v>1362</v>
       </c>
       <c r="H235">
-        <v>4480</v>
+        <v>1</v>
       </c>
       <c r="I235">
-        <v>331</v>
+        <v>2</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236">
-        <v>691</v>
+        <v>849</v>
       </c>
       <c r="B236" t="s">
-        <v>123</v>
+        <v>1363</v>
       </c>
       <c r="C236" t="s">
-        <v>1335</v>
+        <v>1364</v>
       </c>
       <c r="D236" t="s">
-        <v>1336</v>
+        <v>1365</v>
       </c>
       <c r="E236" t="s">
-        <v>1337</v>
+        <v>1366</v>
       </c>
       <c r="F236" t="s">
-        <v>1338</v>
+        <v>1367</v>
       </c>
       <c r="G236" t="s">
-        <v>128</v>
+        <v>1368</v>
       </c>
       <c r="H236">
-        <v>49</v>
+        <v>2</v>
       </c>
       <c r="I236">
-        <v>16</v>
+        <v>3</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237">
-        <v>694</v>
+        <v>854</v>
       </c>
       <c r="B237" t="s">
-        <v>1026</v>
+        <v>1369</v>
       </c>
       <c r="C237" t="s">
-        <v>1339</v>
+        <v>1370</v>
       </c>
       <c r="D237" t="s">
-        <v>1340</v>
+        <v>1371</v>
       </c>
       <c r="E237" t="s">
-        <v>1341</v>
+        <v>1372</v>
       </c>
       <c r="F237" t="s">
-        <v>1342</v>
+        <v>1373</v>
       </c>
       <c r="G237" t="s">
-        <v>1343</v>
+        <v>1374</v>
       </c>
       <c r="H237">
-        <v>393</v>
+        <v>1892</v>
       </c>
       <c r="I237">
-        <v>93</v>
+        <v>40</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238">
-        <v>686</v>
+        <v>847</v>
       </c>
       <c r="B238" t="s">
-        <v>1344</v>
+        <v>1375</v>
       </c>
       <c r="C238" t="s">
-        <v>1345</v>
+        <v>1376</v>
       </c>
       <c r="D238" t="s">
-        <v>1346</v>
+        <v>1377</v>
       </c>
       <c r="E238" t="s">
-        <v>1347</v>
+        <v>1378</v>
       </c>
       <c r="F238" t="s">
-        <v>1348</v>
+        <v>1379</v>
       </c>
       <c r="G238" t="s">
-        <v>1349</v>
+        <v>1380</v>
       </c>
       <c r="H238">
-        <v>0</v>
+        <v>482</v>
       </c>
       <c r="I238">
-        <v>0</v>
+        <v>16</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239">
-        <v>680</v>
+        <v>845</v>
       </c>
       <c r="B239" t="s">
-        <v>1350</v>
+        <v>1363</v>
       </c>
       <c r="C239" t="s">
-        <v>1351</v>
+        <v>1381</v>
       </c>
       <c r="D239" t="s">
-        <v>1352</v>
+        <v>1382</v>
       </c>
       <c r="E239" t="s">
-        <v>1353</v>
+        <v>1383</v>
       </c>
       <c r="F239" t="s">
-        <v>1354</v>
+        <v>1384</v>
       </c>
       <c r="G239" t="s">
-        <v>1355</v>
+        <v>1385</v>
       </c>
       <c r="H239">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="I239">
-        <v>3</v>
+        <v>12</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240">
-        <v>681</v>
+        <v>848</v>
       </c>
       <c r="B240" t="s">
-        <v>1037</v>
+        <v>1121</v>
       </c>
       <c r="C240" t="s">
-        <v>1356</v>
+        <v>1386</v>
       </c>
       <c r="D240" t="s">
-        <v>1357</v>
+        <v>1387</v>
       </c>
       <c r="E240" t="s">
-        <v>1358</v>
+        <v>1388</v>
       </c>
       <c r="F240" t="s">
-        <v>1359</v>
+        <v>1389</v>
       </c>
       <c r="G240" t="s">
-        <v>1360</v>
+        <v>1390</v>
       </c>
       <c r="H240">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="I240">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241">
-        <v>693</v>
+        <v>844</v>
       </c>
       <c r="B241" t="s">
-        <v>123</v>
+        <v>1294</v>
       </c>
       <c r="C241" t="s">
-        <v>1361</v>
+        <v>1295</v>
       </c>
       <c r="D241" t="s">
-        <v>1362</v>
+        <v>1391</v>
       </c>
       <c r="E241" t="s">
-        <v>1363</v>
+        <v>1392</v>
       </c>
       <c r="F241" t="s">
-        <v>1364</v>
+        <v>1393</v>
       </c>
       <c r="G241" t="s">
-        <v>1365</v>
+        <v>1299</v>
       </c>
       <c r="H241">
-        <v>33</v>
+        <v>1081</v>
       </c>
       <c r="I241">
-        <v>43</v>
+        <v>931</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242">
-        <v>679</v>
+        <v>842</v>
       </c>
       <c r="B242" t="s">
-        <v>1366</v>
+        <v>86</v>
       </c>
       <c r="C242" t="s">
-        <v>1367</v>
+        <v>1394</v>
       </c>
       <c r="D242" t="s">
-        <v>1368</v>
+        <v>1395</v>
       </c>
       <c r="E242" t="s">
-        <v>1369</v>
+        <v>1396</v>
       </c>
       <c r="F242" t="s">
-        <v>1370</v>
+        <v>1397</v>
       </c>
       <c r="G242" t="s">
-        <v>1371</v>
+        <v>335</v>
       </c>
       <c r="H242">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="I242">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243">
-        <v>682</v>
+        <v>838</v>
       </c>
       <c r="B243" t="s">
-        <v>371</v>
+        <v>1240</v>
       </c>
       <c r="C243" t="s">
-        <v>1372</v>
+        <v>1398</v>
       </c>
       <c r="D243" t="s">
-        <v>1373</v>
+        <v>1399</v>
       </c>
       <c r="E243" t="s">
-        <v>1374</v>
+        <v>1400</v>
       </c>
       <c r="F243" t="s">
-        <v>1375</v>
+        <v>1401</v>
       </c>
       <c r="G243" t="s">
-        <v>1376</v>
+        <v>1402</v>
       </c>
       <c r="H243">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="I243">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244">
-        <v>689</v>
+        <v>840</v>
       </c>
       <c r="B244" t="s">
-        <v>353</v>
+        <v>80</v>
       </c>
       <c r="C244" t="s">
-        <v>1377</v>
+        <v>1403</v>
       </c>
       <c r="D244" t="s">
-        <v>1378</v>
+        <v>1404</v>
       </c>
       <c r="E244" t="s">
-        <v>1379</v>
+        <v>1405</v>
       </c>
       <c r="F244" t="s">
-        <v>1380</v>
+        <v>1406</v>
       </c>
       <c r="G244" t="s">
-        <v>358</v>
+        <v>85</v>
       </c>
       <c r="H244">
-        <v>171</v>
+        <v>19</v>
       </c>
       <c r="I244">
-        <v>11</v>
+        <v>2</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245">
-        <v>677</v>
+        <v>836</v>
       </c>
       <c r="B245" t="s">
-        <v>1381</v>
+        <v>1407</v>
       </c>
       <c r="C245" t="s">
-        <v>1382</v>
+        <v>1408</v>
       </c>
       <c r="D245" t="s">
-        <v>1383</v>
+        <v>1409</v>
       </c>
       <c r="E245" t="s">
-        <v>1384</v>
+        <v>1410</v>
       </c>
       <c r="F245" t="s">
-        <v>1385</v>
+        <v>1411</v>
       </c>
       <c r="G245" t="s">
-        <v>1386</v>
+        <v>1412</v>
       </c>
       <c r="H245">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="I245">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246">
-        <v>676</v>
+        <v>841</v>
       </c>
       <c r="B246" t="s">
-        <v>1387</v>
+        <v>1413</v>
       </c>
       <c r="C246" t="s">
-        <v>1388</v>
+        <v>1414</v>
       </c>
       <c r="D246" t="s">
-        <v>1389</v>
+        <v>1415</v>
       </c>
       <c r="E246" t="s">
-        <v>1390</v>
+        <v>1416</v>
       </c>
       <c r="F246" t="s">
-        <v>1391</v>
+        <v>1417</v>
       </c>
       <c r="G246" t="s">
-        <v>1392</v>
+        <v>1418</v>
       </c>
       <c r="H246">
         <v>0</v>
       </c>
       <c r="I246">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247">
-        <v>678</v>
+        <v>843</v>
       </c>
       <c r="B247" t="s">
-        <v>1393</v>
+        <v>165</v>
       </c>
       <c r="C247" t="s">
-        <v>1394</v>
+        <v>1419</v>
       </c>
       <c r="D247" t="s">
-        <v>1395</v>
+        <v>1420</v>
       </c>
       <c r="E247" t="s">
-        <v>1396</v>
+        <v>1421</v>
       </c>
       <c r="F247" t="s">
-        <v>1397</v>
+        <v>1422</v>
       </c>
       <c r="G247" t="s">
-        <v>1398</v>
+        <v>1423</v>
       </c>
       <c r="H247">
-        <v>302</v>
+        <v>0</v>
       </c>
       <c r="I247">
-        <v>18</v>
+        <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248">
-        <v>675</v>
+        <v>835</v>
       </c>
       <c r="B248" t="s">
-        <v>1399</v>
+        <v>1424</v>
       </c>
       <c r="C248" t="s">
-        <v>1400</v>
+        <v>1425</v>
       </c>
       <c r="D248" t="s">
-        <v>1401</v>
+        <v>1426</v>
       </c>
       <c r="E248" t="s">
-        <v>1402</v>
+        <v>1427</v>
       </c>
       <c r="F248" t="s">
-        <v>1403</v>
+        <v>1428</v>
       </c>
       <c r="G248" t="s">
-        <v>1404</v>
+        <v>1429</v>
       </c>
       <c r="H248">
         <v>1</v>
       </c>
       <c r="I248">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249">
-        <v>674</v>
+        <v>846</v>
       </c>
       <c r="B249" t="s">
-        <v>1405</v>
+        <v>1430</v>
       </c>
       <c r="C249" t="s">
-        <v>1406</v>
+        <v>1431</v>
       </c>
       <c r="D249" t="s">
-        <v>1407</v>
+        <v>1432</v>
       </c>
       <c r="E249" t="s">
-        <v>1408</v>
+        <v>1433</v>
       </c>
       <c r="F249" t="s">
-        <v>1409</v>
+        <v>1434</v>
       </c>
       <c r="G249" t="s">
-        <v>1410</v>
+        <v>1435</v>
       </c>
       <c r="H249">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="I249">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="250" spans="1:9">
       <c r="A250">
-        <v>673</v>
+        <v>839</v>
       </c>
       <c r="B250" t="s">
-        <v>1411</v>
+        <v>165</v>
       </c>
       <c r="C250" t="s">
-        <v>528</v>
+        <v>1436</v>
       </c>
       <c r="D250" t="s">
-        <v>528</v>
+        <v>1437</v>
       </c>
       <c r="E250" t="s">
-        <v>1412</v>
+        <v>1438</v>
       </c>
       <c r="F250" t="s">
-        <v>1413</v>
+        <v>1439</v>
       </c>
       <c r="G250" t="s">
-        <v>1414</v>
+        <v>1440</v>
       </c>
       <c r="H250">
         <v>0</v>
       </c>
       <c r="I250">
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251">
-        <v>683</v>
+        <v>834</v>
       </c>
       <c r="B251" t="s">
-        <v>1415</v>
+        <v>1441</v>
       </c>
       <c r="C251" t="s">
-        <v>1416</v>
+        <v>1442</v>
       </c>
       <c r="D251" t="s">
-        <v>1417</v>
+        <v>1443</v>
       </c>
       <c r="E251" t="s">
-        <v>1418</v>
+        <v>1444</v>
       </c>
       <c r="F251" t="s">
-        <v>1419</v>
+        <v>1445</v>
       </c>
       <c r="G251" t="s">
-        <v>1420</v>
+        <v>1446</v>
       </c>
       <c r="H251">
         <v>3</v>
       </c>
       <c r="I251">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="252" spans="1:9">
       <c r="A252">
-        <v>671</v>
+        <v>837</v>
       </c>
       <c r="B252" t="s">
-        <v>1421</v>
+        <v>1447</v>
       </c>
       <c r="C252" t="s">
-        <v>1422</v>
+        <v>1448</v>
       </c>
       <c r="D252" t="s">
-        <v>1423</v>
+        <v>1449</v>
       </c>
       <c r="E252" t="s">
-        <v>1424</v>
+        <v>1450</v>
       </c>
       <c r="F252" t="s">
-        <v>1425</v>
+        <v>1451</v>
       </c>
       <c r="G252" t="s">
-        <v>1426</v>
+        <v>1452</v>
       </c>
       <c r="H252">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="I252">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:9">
       <c r="A253">
-        <v>672</v>
+        <v>832</v>
       </c>
       <c r="B253" t="s">
-        <v>1427</v>
+        <v>1453</v>
       </c>
       <c r="C253" t="s">
-        <v>1428</v>
+        <v>1454</v>
       </c>
       <c r="D253" t="s">
-        <v>1429</v>
+        <v>1455</v>
       </c>
       <c r="E253" t="s">
-        <v>1430</v>
+        <v>1456</v>
       </c>
       <c r="F253" t="s">
-        <v>1431</v>
+        <v>1457</v>
       </c>
       <c r="G253" t="s">
-        <v>1432</v>
+        <v>1458</v>
       </c>
       <c r="H253">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I253">
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254">
-        <v>668</v>
+        <v>831</v>
       </c>
       <c r="B254" t="s">
-        <v>1433</v>
+        <v>1459</v>
       </c>
       <c r="C254" t="s">
-        <v>1434</v>
+        <v>1460</v>
       </c>
       <c r="D254" t="s">
-        <v>1435</v>
+        <v>1461</v>
       </c>
       <c r="E254" t="s">
-        <v>1436</v>
+        <v>1462</v>
       </c>
       <c r="F254" t="s">
-        <v>1437</v>
+        <v>1463</v>
       </c>
       <c r="G254" t="s">
-        <v>1438</v>
+        <v>1464</v>
       </c>
       <c r="H254">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="I254">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255">
-        <v>669</v>
+        <v>829</v>
       </c>
       <c r="B255" t="s">
-        <v>1439</v>
+        <v>1465</v>
       </c>
       <c r="C255" t="s">
-        <v>1440</v>
+        <v>1466</v>
       </c>
       <c r="D255" t="s">
-        <v>1441</v>
+        <v>1467</v>
       </c>
       <c r="E255" t="s">
-        <v>1442</v>
+        <v>1468</v>
       </c>
       <c r="F255" t="s">
-        <v>1443</v>
+        <v>1469</v>
       </c>
       <c r="G255" t="s">
-        <v>1444</v>
+        <v>1470</v>
       </c>
       <c r="H255">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="I255">
-        <v>8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256">
-        <v>670</v>
+        <v>833</v>
       </c>
       <c r="B256" t="s">
-        <v>1445</v>
+        <v>1471</v>
       </c>
       <c r="C256" t="s">
-        <v>1446</v>
+        <v>1472</v>
       </c>
       <c r="D256" t="s">
-        <v>1447</v>
+        <v>1473</v>
       </c>
       <c r="E256" t="s">
-        <v>1448</v>
+        <v>1474</v>
       </c>
       <c r="F256" t="s">
-        <v>1449</v>
+        <v>1475</v>
       </c>
       <c r="G256" t="s">
-        <v>1450</v>
+        <v>1476</v>
       </c>
       <c r="H256">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="I256">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257">
-        <v>697</v>
+        <v>828</v>
       </c>
       <c r="B257" t="s">
-        <v>1451</v>
+        <v>1477</v>
       </c>
       <c r="C257" t="s">
-        <v>1452</v>
+        <v>1478</v>
       </c>
       <c r="D257" t="s">
-        <v>1453</v>
+        <v>1479</v>
       </c>
       <c r="E257" t="s">
-        <v>1454</v>
+        <v>1480</v>
       </c>
       <c r="F257" t="s">
-        <v>1455</v>
+        <v>1481</v>
       </c>
       <c r="G257" t="s">
-        <v>1456</v>
+        <v>1482</v>
       </c>
       <c r="H257">
-        <v>17</v>
+        <v>137</v>
       </c>
       <c r="I257">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258">
-        <v>665</v>
+        <v>830</v>
       </c>
       <c r="B258" t="s">
-        <v>1457</v>
+        <v>1483</v>
       </c>
       <c r="C258" t="s">
-        <v>1458</v>
+        <v>1484</v>
       </c>
       <c r="D258" t="s">
-        <v>1459</v>
+        <v>1485</v>
       </c>
       <c r="E258" t="s">
-        <v>1460</v>
+        <v>1486</v>
       </c>
       <c r="F258" t="s">
-        <v>1461</v>
+        <v>1487</v>
       </c>
       <c r="G258" t="s">
-        <v>1462</v>
+        <v>1488</v>
       </c>
       <c r="H258">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="I258">
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259">
-        <v>700</v>
+        <v>827</v>
       </c>
       <c r="B259" t="s">
-        <v>1463</v>
+        <v>1489</v>
       </c>
       <c r="C259" t="s">
-        <v>1464</v>
+        <v>1490</v>
       </c>
       <c r="D259" t="s">
-        <v>1465</v>
+        <v>1491</v>
       </c>
       <c r="E259" t="s">
-        <v>1466</v>
+        <v>1492</v>
       </c>
       <c r="F259" t="s">
-        <v>1467</v>
+        <v>1493</v>
       </c>
       <c r="G259" t="s">
-        <v>1468</v>
+        <v>1494</v>
       </c>
       <c r="H259">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="I259">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260">
-        <v>667</v>
+        <v>824</v>
       </c>
       <c r="B260" t="s">
-        <v>1469</v>
+        <v>801</v>
       </c>
       <c r="C260" t="s">
-        <v>1470</v>
+        <v>1495</v>
       </c>
       <c r="D260" t="s">
-        <v>1471</v>
+        <v>1496</v>
       </c>
       <c r="E260" t="s">
-        <v>1472</v>
+        <v>1497</v>
       </c>
       <c r="F260" t="s">
-        <v>1473</v>
+        <v>1498</v>
       </c>
       <c r="G260" t="s">
-        <v>1474</v>
+        <v>1499</v>
       </c>
       <c r="H260">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="I260">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261">
-        <v>662</v>
+        <v>822</v>
       </c>
       <c r="B261" t="s">
-        <v>459</v>
+        <v>689</v>
       </c>
       <c r="C261" t="s">
-        <v>1475</v>
+        <v>1500</v>
       </c>
       <c r="D261" t="s">
-        <v>1476</v>
+        <v>1501</v>
       </c>
       <c r="E261" t="s">
-        <v>1477</v>
+        <v>1502</v>
       </c>
       <c r="F261" t="s">
-        <v>1478</v>
+        <v>1503</v>
       </c>
       <c r="G261" t="s">
-        <v>1479</v>
+        <v>694</v>
       </c>
       <c r="H261">
-        <v>300</v>
+        <v>158</v>
       </c>
       <c r="I261">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262">
-        <v>663</v>
+        <v>823</v>
       </c>
       <c r="B262" t="s">
-        <v>1480</v>
+        <v>579</v>
       </c>
       <c r="C262" t="s">
-        <v>1481</v>
+        <v>1504</v>
       </c>
       <c r="D262" t="s">
-        <v>1482</v>
+        <v>1505</v>
       </c>
       <c r="E262" t="s">
-        <v>1483</v>
+        <v>1506</v>
       </c>
       <c r="F262" t="s">
-        <v>1484</v>
+        <v>1507</v>
       </c>
       <c r="G262" t="s">
-        <v>1485</v>
+        <v>1508</v>
       </c>
       <c r="H262">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I262">
-        <v>0</v>
+        <v>589</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263">
-        <v>664</v>
+        <v>821</v>
       </c>
       <c r="B263" t="s">
-        <v>1480</v>
+        <v>80</v>
       </c>
       <c r="C263" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="D263" t="s">
-        <v>1486</v>
+        <v>1510</v>
       </c>
       <c r="E263" t="s">
-        <v>1483</v>
+        <v>1511</v>
       </c>
       <c r="F263" t="s">
-        <v>1484</v>
+        <v>1512</v>
       </c>
       <c r="G263" t="s">
-        <v>1485</v>
+        <v>1513</v>
       </c>
       <c r="H263">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I263">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264">
-        <v>666</v>
+        <v>820</v>
       </c>
       <c r="B264" t="s">
-        <v>1487</v>
+        <v>1514</v>
       </c>
       <c r="C264" t="s">
-        <v>1488</v>
+        <v>1515</v>
       </c>
       <c r="D264" t="s">
-        <v>1489</v>
+        <v>1516</v>
       </c>
       <c r="E264" t="s">
-        <v>1490</v>
+        <v>1517</v>
       </c>
       <c r="F264" t="s">
-        <v>1491</v>
+        <v>1518</v>
       </c>
       <c r="G264" t="s">
-        <v>1492</v>
+        <v>1519</v>
       </c>
       <c r="H264">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="I264">
-        <v>0</v>
+        <v>7</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265">
-        <v>661</v>
+        <v>819</v>
       </c>
       <c r="B265" t="s">
-        <v>1493</v>
+        <v>1520</v>
       </c>
       <c r="C265" t="s">
-        <v>1494</v>
+        <v>1521</v>
       </c>
       <c r="D265" t="s">
-        <v>1495</v>
+        <v>1522</v>
       </c>
       <c r="E265" t="s">
-        <v>1496</v>
+        <v>1523</v>
       </c>
       <c r="F265" t="s">
-        <v>1497</v>
+        <v>1524</v>
       </c>
       <c r="G265" t="s">
-        <v>1498</v>
+        <v>1525</v>
       </c>
       <c r="H265">
-        <v>39</v>
+        <v>258</v>
       </c>
       <c r="I265">
-        <v>13</v>
+        <v>101</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266">
-        <v>659</v>
+        <v>818</v>
       </c>
       <c r="B266" t="s">
-        <v>563</v>
+        <v>1526</v>
       </c>
       <c r="C266" t="s">
-        <v>1499</v>
+        <v>1527</v>
       </c>
       <c r="D266" t="s">
-        <v>1500</v>
+        <v>1528</v>
       </c>
       <c r="E266" t="s">
-        <v>1501</v>
+        <v>1529</v>
       </c>
       <c r="F266" t="s">
-        <v>1502</v>
+        <v>1530</v>
       </c>
       <c r="G266" t="s">
-        <v>1503</v>
+        <v>1531</v>
       </c>
       <c r="H266">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="I266">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267">
-        <v>658</v>
+        <v>826</v>
       </c>
       <c r="B267" t="s">
-        <v>1224</v>
+        <v>1532</v>
       </c>
       <c r="C267" t="s">
-        <v>1504</v>
+        <v>1533</v>
       </c>
       <c r="D267" t="s">
-        <v>1505</v>
+        <v>1534</v>
       </c>
       <c r="E267" t="s">
-        <v>1506</v>
+        <v>1535</v>
       </c>
       <c r="F267" t="s">
-        <v>1507</v>
+        <v>1536</v>
       </c>
       <c r="G267" t="s">
-        <v>1508</v>
+        <v>1537</v>
       </c>
       <c r="H267">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I267">
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268">
-        <v>654</v>
+        <v>825</v>
       </c>
       <c r="B268" t="s">
-        <v>1509</v>
+        <v>573</v>
       </c>
       <c r="C268" t="s">
-        <v>1510</v>
+        <v>1538</v>
       </c>
       <c r="D268" t="s">
-        <v>1511</v>
+        <v>1539</v>
       </c>
       <c r="E268" t="s">
-        <v>1512</v>
+        <v>1540</v>
       </c>
       <c r="F268" t="s">
-        <v>1513</v>
+        <v>1541</v>
       </c>
       <c r="G268" t="s">
-        <v>1514</v>
+        <v>1542</v>
       </c>
       <c r="H268">
-        <v>462</v>
+        <v>1</v>
       </c>
       <c r="I268">
-        <v>94</v>
+        <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269">
-        <v>657</v>
+        <v>817</v>
       </c>
       <c r="B269" t="s">
-        <v>1515</v>
+        <v>1543</v>
       </c>
       <c r="C269" t="s">
-        <v>1516</v>
+        <v>1544</v>
       </c>
       <c r="D269" t="s">
-        <v>1517</v>
+        <v>1545</v>
       </c>
       <c r="E269" t="s">
-        <v>1518</v>
+        <v>1546</v>
       </c>
       <c r="F269" t="s">
-        <v>1519</v>
+        <v>1547</v>
       </c>
       <c r="G269" t="s">
-        <v>1520</v>
+        <v>1548</v>
       </c>
       <c r="H269">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="I269">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270">
-        <v>660</v>
+        <v>816</v>
       </c>
       <c r="B270" t="s">
-        <v>1521</v>
+        <v>1549</v>
       </c>
       <c r="C270" t="s">
-        <v>1522</v>
+        <v>1550</v>
       </c>
       <c r="D270" t="s">
-        <v>1523</v>
+        <v>1551</v>
       </c>
       <c r="E270" t="s">
-        <v>1524</v>
+        <v>1552</v>
       </c>
       <c r="F270" t="s">
-        <v>1525</v>
+        <v>1553</v>
       </c>
       <c r="G270" t="s">
-        <v>1526</v>
+        <v>1554</v>
       </c>
       <c r="H270">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="I270">
         <v>5</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271">
-        <v>656</v>
+        <v>815</v>
       </c>
       <c r="B271" t="s">
-        <v>1527</v>
+        <v>1555</v>
       </c>
       <c r="C271" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="D271" t="s">
-        <v>1529</v>
+        <v>1557</v>
       </c>
       <c r="E271" t="s">
-        <v>1530</v>
+        <v>1558</v>
       </c>
       <c r="F271" t="s">
-        <v>1531</v>
+        <v>1559</v>
       </c>
       <c r="G271" t="s">
-        <v>1532</v>
+        <v>1560</v>
       </c>
       <c r="H271">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="I271">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272">
-        <v>655</v>
+        <v>808</v>
       </c>
       <c r="B272" t="s">
-        <v>1533</v>
+        <v>1561</v>
       </c>
       <c r="C272" t="s">
-        <v>1534</v>
+        <v>1562</v>
       </c>
       <c r="D272" t="s">
-        <v>1535</v>
+        <v>1563</v>
       </c>
       <c r="E272" t="s">
-        <v>1536</v>
+        <v>1564</v>
       </c>
       <c r="F272" t="s">
-        <v>1537</v>
+        <v>1565</v>
       </c>
       <c r="G272" t="s">
-        <v>1538</v>
+        <v>1566</v>
       </c>
       <c r="H272">
+        <v>2</v>
+      </c>
+      <c r="I272">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273">
-        <v>647</v>
+        <v>812</v>
       </c>
       <c r="B273" t="s">
-        <v>251</v>
+        <v>1567</v>
       </c>
       <c r="C273" t="s">
-        <v>1539</v>
+        <v>1568</v>
       </c>
       <c r="D273" t="s">
-        <v>1540</v>
+        <v>1569</v>
       </c>
       <c r="E273" t="s">
-        <v>1541</v>
+        <v>1570</v>
       </c>
       <c r="F273" t="s">
-        <v>1542</v>
+        <v>1571</v>
       </c>
       <c r="G273" t="s">
-        <v>1543</v>
+        <v>1572</v>
       </c>
       <c r="H273">
         <v>0</v>
       </c>
       <c r="I273">
-        <v>2</v>
+        <v>35</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274">
-        <v>648</v>
+        <v>813</v>
       </c>
       <c r="B274" t="s">
-        <v>1544</v>
+        <v>1567</v>
       </c>
       <c r="C274" t="s">
-        <v>1545</v>
+        <v>1568</v>
       </c>
       <c r="D274" t="s">
-        <v>1546</v>
+        <v>1573</v>
       </c>
       <c r="E274" t="s">
-        <v>1547</v>
+        <v>1570</v>
       </c>
       <c r="F274" t="s">
-        <v>1548</v>
+        <v>1571</v>
       </c>
       <c r="G274" t="s">
-        <v>1549</v>
+        <v>1572</v>
       </c>
       <c r="H274">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I274">
-        <v>0</v>
+        <v>35</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275">
-        <v>650</v>
+        <v>810</v>
       </c>
       <c r="B275" t="s">
-        <v>1550</v>
+        <v>1574</v>
       </c>
       <c r="C275" t="s">
-        <v>1551</v>
+        <v>1575</v>
       </c>
       <c r="D275" t="s">
-        <v>1552</v>
+        <v>1576</v>
       </c>
       <c r="E275" t="s">
-        <v>1553</v>
+        <v>1577</v>
       </c>
       <c r="F275" t="s">
-        <v>1554</v>
+        <v>1578</v>
       </c>
       <c r="G275" t="s">
-        <v>1555</v>
+        <v>1579</v>
       </c>
       <c r="H275">
-        <v>42</v>
+        <v>1</v>
       </c>
       <c r="I275">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276">
-        <v>651</v>
+        <v>804</v>
       </c>
       <c r="B276" t="s">
-        <v>1556</v>
+        <v>1312</v>
       </c>
       <c r="C276" t="s">
-        <v>1557</v>
+        <v>1580</v>
       </c>
       <c r="D276" t="s">
-        <v>1558</v>
+        <v>1581</v>
       </c>
       <c r="E276" t="s">
-        <v>1559</v>
+        <v>1582</v>
       </c>
       <c r="F276" t="s">
-        <v>1560</v>
+        <v>1583</v>
       </c>
       <c r="G276" t="s">
-        <v>1561</v>
+        <v>1584</v>
       </c>
       <c r="H276">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I276">
         <v>3</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277">
-        <v>653</v>
+        <v>809</v>
       </c>
       <c r="B277" t="s">
-        <v>1562</v>
+        <v>1585</v>
       </c>
       <c r="C277" t="s">
-        <v>1563</v>
+        <v>1586</v>
       </c>
       <c r="D277" t="s">
-        <v>1564</v>
+        <v>1587</v>
       </c>
       <c r="E277" t="s">
-        <v>1565</v>
+        <v>1588</v>
       </c>
       <c r="F277" t="s">
-        <v>1566</v>
+        <v>1589</v>
       </c>
       <c r="G277" t="s">
-        <v>1567</v>
+        <v>1590</v>
       </c>
       <c r="H277">
-        <v>2</v>
+        <v>26</v>
       </c>
       <c r="I277">
-        <v>0</v>
+        <v>7</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278">
-        <v>646</v>
+        <v>807</v>
       </c>
       <c r="B278" t="s">
-        <v>1568</v>
+        <v>1591</v>
       </c>
       <c r="C278" t="s">
-        <v>1569</v>
+        <v>1592</v>
       </c>
       <c r="D278" t="s">
-        <v>1570</v>
+        <v>1593</v>
       </c>
       <c r="E278" t="s">
-        <v>1571</v>
+        <v>1594</v>
       </c>
       <c r="F278" t="s">
-        <v>1572</v>
+        <v>1595</v>
       </c>
       <c r="G278" t="s">
-        <v>1573</v>
+        <v>1596</v>
       </c>
       <c r="H278">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="I278">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279">
-        <v>645</v>
+        <v>811</v>
       </c>
       <c r="B279" t="s">
-        <v>776</v>
+        <v>1597</v>
       </c>
       <c r="C279" t="s">
-        <v>1574</v>
+        <v>1598</v>
       </c>
       <c r="D279" t="s">
-        <v>1575</v>
+        <v>1599</v>
       </c>
       <c r="E279" t="s">
-        <v>1576</v>
+        <v>1600</v>
       </c>
       <c r="F279" t="s">
-        <v>1577</v>
+        <v>1601</v>
       </c>
       <c r="G279" t="s">
-        <v>781</v>
+        <v>1602</v>
       </c>
       <c r="H279">
-        <v>366</v>
+        <v>13</v>
       </c>
       <c r="I279">
-        <v>48</v>
+        <v>13</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280">
-        <v>642</v>
+        <v>805</v>
       </c>
       <c r="B280" t="s">
-        <v>1578</v>
+        <v>1603</v>
       </c>
       <c r="C280" t="s">
-        <v>1579</v>
+        <v>1604</v>
       </c>
       <c r="D280" t="s">
-        <v>1580</v>
+        <v>1605</v>
       </c>
       <c r="E280" t="s">
-        <v>1581</v>
+        <v>1606</v>
       </c>
       <c r="F280" t="s">
-        <v>1582</v>
+        <v>1607</v>
       </c>
       <c r="G280" t="s">
-        <v>1583</v>
+        <v>1608</v>
       </c>
       <c r="H280">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="I280">
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281">
-        <v>649</v>
+        <v>803</v>
       </c>
       <c r="B281" t="s">
-        <v>1584</v>
+        <v>753</v>
       </c>
       <c r="C281" t="s">
-        <v>1585</v>
+        <v>1609</v>
       </c>
       <c r="D281" t="s">
-        <v>1586</v>
+        <v>1610</v>
       </c>
       <c r="E281" t="s">
-        <v>1587</v>
+        <v>1611</v>
       </c>
       <c r="F281" t="s">
-        <v>1588</v>
+        <v>1612</v>
       </c>
       <c r="G281" t="s">
-        <v>1589</v>
+        <v>758</v>
       </c>
       <c r="H281">
-        <v>2</v>
+        <v>233</v>
       </c>
       <c r="I281">
-        <v>1</v>
+        <v>28</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282">
-        <v>644</v>
+        <v>802</v>
       </c>
       <c r="B282" t="s">
-        <v>563</v>
+        <v>1613</v>
       </c>
       <c r="C282" t="s">
-        <v>1590</v>
+        <v>1614</v>
       </c>
       <c r="D282" t="s">
-        <v>1591</v>
+        <v>1615</v>
       </c>
       <c r="E282" t="s">
-        <v>1592</v>
+        <v>1616</v>
       </c>
       <c r="F282" t="s">
-        <v>1593</v>
+        <v>1617</v>
       </c>
       <c r="G282" t="s">
-        <v>1594</v>
+        <v>1618</v>
       </c>
       <c r="H282">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="I282">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283">
-        <v>640</v>
+        <v>801</v>
       </c>
       <c r="B283" t="s">
-        <v>1595</v>
+        <v>1619</v>
       </c>
       <c r="C283" t="s">
-        <v>1596</v>
+        <v>1620</v>
       </c>
       <c r="D283" t="s">
-        <v>1597</v>
+        <v>1621</v>
       </c>
       <c r="E283" t="s">
-        <v>1598</v>
+        <v>1622</v>
       </c>
       <c r="F283" t="s">
-        <v>1599</v>
+        <v>1623</v>
       </c>
       <c r="G283" t="s">
-        <v>1600</v>
+        <v>1624</v>
       </c>
       <c r="H283">
-        <v>27</v>
+        <v>3</v>
       </c>
       <c r="I283">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284">
-        <v>641</v>
+        <v>793</v>
       </c>
       <c r="B284" t="s">
-        <v>1601</v>
+        <v>877</v>
       </c>
       <c r="C284" t="s">
-        <v>1602</v>
+        <v>1625</v>
       </c>
       <c r="D284" t="s">
-        <v>1603</v>
+        <v>1626</v>
       </c>
       <c r="E284" t="s">
-        <v>1604</v>
+        <v>1627</v>
       </c>
       <c r="F284" t="s">
-        <v>1605</v>
+        <v>1628</v>
       </c>
       <c r="G284" t="s">
-        <v>1606</v>
+        <v>1629</v>
       </c>
       <c r="H284">
-        <v>701</v>
+        <v>14</v>
       </c>
       <c r="I284">
-        <v>372</v>
+        <v>5</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285">
-        <v>637</v>
+        <v>797</v>
       </c>
       <c r="B285" t="s">
-        <v>1607</v>
+        <v>1630</v>
       </c>
       <c r="C285" t="s">
-        <v>1608</v>
+        <v>1631</v>
       </c>
       <c r="D285" t="s">
-        <v>1609</v>
+        <v>1632</v>
       </c>
       <c r="E285" t="s">
-        <v>1610</v>
+        <v>1633</v>
       </c>
       <c r="F285" t="s">
-        <v>1611</v>
+        <v>1634</v>
       </c>
       <c r="G285" t="s">
-        <v>1608</v>
+        <v>1635</v>
       </c>
       <c r="H285">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="I285">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286">
-        <v>643</v>
+        <v>800</v>
       </c>
       <c r="B286" t="s">
-        <v>563</v>
+        <v>1636</v>
       </c>
       <c r="C286" t="s">
-        <v>1612</v>
+        <v>1637</v>
       </c>
       <c r="D286" t="s">
-        <v>1613</v>
+        <v>1638</v>
       </c>
       <c r="E286" t="s">
-        <v>1614</v>
+        <v>1639</v>
       </c>
       <c r="F286" t="s">
-        <v>1615</v>
+        <v>1640</v>
       </c>
       <c r="G286" t="s">
-        <v>1616</v>
+        <v>1641</v>
       </c>
       <c r="H286">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="I286">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287">
-        <v>639</v>
+        <v>790</v>
       </c>
       <c r="B287" t="s">
-        <v>1617</v>
+        <v>1642</v>
       </c>
       <c r="C287" t="s">
-        <v>1618</v>
+        <v>1643</v>
       </c>
       <c r="D287" t="s">
-        <v>1619</v>
+        <v>1644</v>
       </c>
       <c r="E287" t="s">
-        <v>1620</v>
+        <v>1645</v>
       </c>
       <c r="F287" t="s">
-        <v>1621</v>
+        <v>1646</v>
       </c>
       <c r="G287" t="s">
-        <v>1622</v>
+        <v>1647</v>
       </c>
       <c r="H287">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="I287">
-        <v>2</v>
+        <v>16</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288">
-        <v>638</v>
+        <v>806</v>
       </c>
       <c r="B288" t="s">
-        <v>1623</v>
+        <v>1648</v>
       </c>
       <c r="C288" t="s">
-        <v>1624</v>
+        <v>1649</v>
       </c>
       <c r="D288" t="s">
-        <v>1625</v>
+        <v>1650</v>
       </c>
       <c r="E288" t="s">
-        <v>1626</v>
+        <v>1651</v>
       </c>
       <c r="F288" t="s">
-        <v>1627</v>
+        <v>1652</v>
       </c>
       <c r="G288" t="s">
-        <v>1628</v>
+        <v>1653</v>
       </c>
       <c r="H288">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="I288">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289">
-        <v>652</v>
+        <v>791</v>
       </c>
       <c r="B289" t="s">
-        <v>1629</v>
+        <v>1654</v>
       </c>
       <c r="C289" t="s">
-        <v>1630</v>
+        <v>1655</v>
       </c>
       <c r="D289" t="s">
-        <v>1631</v>
+        <v>1656</v>
       </c>
       <c r="E289" t="s">
-        <v>1632</v>
+        <v>1657</v>
       </c>
       <c r="F289" t="s">
-        <v>1633</v>
+        <v>1658</v>
       </c>
       <c r="G289" t="s">
-        <v>1634</v>
+        <v>1659</v>
       </c>
       <c r="H289">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I289">
-        <v>28</v>
+        <v>8</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290">
-        <v>636</v>
+        <v>794</v>
       </c>
       <c r="B290" t="s">
-        <v>1635</v>
+        <v>86</v>
       </c>
       <c r="C290" t="s">
-        <v>1636</v>
+        <v>1660</v>
       </c>
       <c r="D290" t="s">
-        <v>1637</v>
+        <v>1661</v>
       </c>
       <c r="E290" t="s">
-        <v>1638</v>
+        <v>1662</v>
       </c>
       <c r="F290" t="s">
-        <v>1639</v>
+        <v>1663</v>
       </c>
       <c r="G290" t="s">
-        <v>1640</v>
+        <v>1664</v>
       </c>
       <c r="H290">
-        <v>3</v>
+        <v>47</v>
       </c>
       <c r="I290">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291">
-        <v>634</v>
+        <v>789</v>
       </c>
       <c r="B291" t="s">
-        <v>1641</v>
+        <v>1665</v>
       </c>
       <c r="C291" t="s">
-        <v>1642</v>
+        <v>1666</v>
       </c>
       <c r="D291" t="s">
-        <v>1643</v>
+        <v>1667</v>
       </c>
       <c r="E291" t="s">
-        <v>1644</v>
+        <v>1668</v>
       </c>
       <c r="F291" t="s">
-        <v>1645</v>
+        <v>1669</v>
       </c>
       <c r="G291" t="s">
-        <v>1646</v>
+        <v>1670</v>
       </c>
       <c r="H291">
-        <v>415</v>
+        <v>0</v>
       </c>
       <c r="I291">
-        <v>24</v>
+        <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292">
-        <v>633</v>
+        <v>796</v>
       </c>
       <c r="B292" t="s">
-        <v>1647</v>
+        <v>1671</v>
       </c>
       <c r="C292" t="s">
-        <v>1648</v>
+        <v>1672</v>
       </c>
       <c r="D292" t="s">
-        <v>1649</v>
+        <v>1673</v>
       </c>
       <c r="E292" t="s">
-        <v>1650</v>
+        <v>1674</v>
       </c>
       <c r="F292" t="s">
-        <v>1651</v>
+        <v>1675</v>
       </c>
       <c r="G292" t="s">
-        <v>1652</v>
+        <v>1676</v>
       </c>
       <c r="H292">
-        <v>7</v>
+        <v>49</v>
       </c>
       <c r="I292">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293">
-        <v>635</v>
+        <v>795</v>
       </c>
       <c r="B293" t="s">
-        <v>1411</v>
+        <v>579</v>
       </c>
       <c r="C293" t="s">
-        <v>528</v>
+        <v>1677</v>
       </c>
       <c r="D293" t="s">
-        <v>528</v>
+        <v>1678</v>
       </c>
       <c r="E293" t="s">
-        <v>1653</v>
+        <v>1679</v>
       </c>
       <c r="F293" t="s">
-        <v>1654</v>
+        <v>1680</v>
       </c>
       <c r="G293" t="s">
-        <v>1655</v>
+        <v>1681</v>
       </c>
       <c r="H293">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="I293">
-        <v>0</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294">
-        <v>630</v>
+        <v>798</v>
       </c>
       <c r="B294" t="s">
-        <v>1656</v>
+        <v>490</v>
       </c>
       <c r="C294" t="s">
-        <v>1657</v>
+        <v>1682</v>
       </c>
       <c r="D294" t="s">
-        <v>1658</v>
+        <v>1683</v>
       </c>
       <c r="E294" t="s">
-        <v>1659</v>
+        <v>1684</v>
       </c>
       <c r="F294" t="s">
-        <v>1660</v>
+        <v>1685</v>
       </c>
       <c r="G294" t="s">
-        <v>1661</v>
+        <v>495</v>
       </c>
       <c r="H294">
-        <v>1</v>
+        <v>7019</v>
       </c>
       <c r="I294">
-        <v>0</v>
+        <v>683</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295">
-        <v>628</v>
+        <v>799</v>
       </c>
       <c r="B295" t="s">
-        <v>1662</v>
+        <v>490</v>
       </c>
       <c r="C295" t="s">
-        <v>1663</v>
+        <v>1682</v>
       </c>
       <c r="D295" t="s">
-        <v>1664</v>
+        <v>1683</v>
       </c>
       <c r="E295" t="s">
-        <v>1665</v>
+        <v>1684</v>
       </c>
       <c r="F295" t="s">
-        <v>1666</v>
+        <v>1685</v>
       </c>
       <c r="G295" t="s">
-        <v>1667</v>
+        <v>495</v>
       </c>
       <c r="H295">
-        <v>7</v>
+        <v>7019</v>
       </c>
       <c r="I295">
-        <v>0</v>
+        <v>683</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296">
-        <v>625</v>
+        <v>814</v>
       </c>
       <c r="B296" t="s">
-        <v>371</v>
+        <v>1686</v>
       </c>
       <c r="C296" t="s">
-        <v>1668</v>
+        <v>1687</v>
       </c>
       <c r="D296" t="s">
-        <v>1669</v>
+        <v>1688</v>
       </c>
       <c r="E296" t="s">
-        <v>1670</v>
+        <v>1689</v>
       </c>
       <c r="F296" t="s">
-        <v>1671</v>
+        <v>1690</v>
       </c>
       <c r="G296" t="s">
-        <v>1672</v>
+        <v>1691</v>
       </c>
       <c r="H296">
-        <v>27</v>
+        <v>177</v>
       </c>
       <c r="I296">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297">
-        <v>622</v>
+        <v>792</v>
       </c>
       <c r="B297" t="s">
-        <v>1673</v>
+        <v>1692</v>
       </c>
       <c r="C297" t="s">
-        <v>1674</v>
+        <v>1693</v>
       </c>
       <c r="D297" t="s">
-        <v>1675</v>
+        <v>1694</v>
       </c>
       <c r="E297" t="s">
-        <v>1676</v>
+        <v>1695</v>
       </c>
       <c r="F297" t="s">
-        <v>1677</v>
+        <v>1696</v>
       </c>
       <c r="G297" t="s">
-        <v>1678</v>
+        <v>1697</v>
       </c>
       <c r="H297">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="I297">
-        <v>0</v>
+        <v>7</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298">
-        <v>629</v>
+        <v>786</v>
       </c>
       <c r="B298" t="s">
-        <v>909</v>
+        <v>1698</v>
       </c>
       <c r="C298" t="s">
-        <v>1679</v>
+        <v>1699</v>
       </c>
       <c r="D298" t="s">
-        <v>1680</v>
+        <v>1700</v>
       </c>
       <c r="E298" t="s">
-        <v>1681</v>
+        <v>1701</v>
       </c>
       <c r="F298" t="s">
-        <v>1682</v>
+        <v>1702</v>
       </c>
       <c r="G298" t="s">
-        <v>1683</v>
+        <v>1703</v>
       </c>
       <c r="H298">
         <v>0</v>
       </c>
       <c r="I298">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299">
-        <v>626</v>
+        <v>787</v>
       </c>
       <c r="B299" t="s">
-        <v>1684</v>
+        <v>1704</v>
       </c>
       <c r="C299" t="s">
-        <v>1685</v>
+        <v>1705</v>
       </c>
       <c r="D299" t="s">
-        <v>1686</v>
+        <v>1706</v>
       </c>
       <c r="E299" t="s">
-        <v>1687</v>
+        <v>1707</v>
       </c>
       <c r="F299" t="s">
-        <v>1688</v>
+        <v>1708</v>
       </c>
       <c r="G299" t="s">
-        <v>1689</v>
+        <v>1709</v>
       </c>
       <c r="H299">
-        <v>0</v>
+        <v>315</v>
       </c>
       <c r="I299">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300">
-        <v>627</v>
+        <v>788</v>
       </c>
       <c r="B300" t="s">
-        <v>1690</v>
+        <v>1710</v>
       </c>
       <c r="C300" t="s">
-        <v>1691</v>
+        <v>1711</v>
       </c>
       <c r="D300" t="s">
-        <v>1692</v>
+        <v>1712</v>
       </c>
       <c r="E300" t="s">
-        <v>1693</v>
+        <v>1713</v>
       </c>
       <c r="F300" t="s">
-        <v>1694</v>
+        <v>1714</v>
       </c>
       <c r="G300" t="s">
-        <v>1695</v>
+        <v>1715</v>
       </c>
       <c r="H300">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="I300">
-        <v>34</v>
+        <v>11</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301">
-        <v>632</v>
+        <v>783</v>
       </c>
       <c r="B301" t="s">
-        <v>1696</v>
+        <v>1716</v>
       </c>
       <c r="C301" t="s">
-        <v>1697</v>
+        <v>1717</v>
       </c>
       <c r="D301" t="s">
-        <v>1698</v>
+        <v>1718</v>
       </c>
       <c r="E301" t="s">
-        <v>1699</v>
+        <v>1719</v>
       </c>
       <c r="F301" t="s">
-        <v>1700</v>
+        <v>1720</v>
       </c>
       <c r="G301" t="s">
-        <v>1701</v>
+        <v>1721</v>
       </c>
       <c r="H301">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="I301">
         <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302">
-        <v>620</v>
+        <v>782</v>
       </c>
       <c r="B302" t="s">
-        <v>1702</v>
+        <v>1722</v>
       </c>
       <c r="C302" t="s">
-        <v>1703</v>
+        <v>1723</v>
       </c>
       <c r="D302" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="E302" t="s">
-        <v>1705</v>
+        <v>1725</v>
       </c>
       <c r="F302" t="s">
-        <v>1706</v>
+        <v>1726</v>
       </c>
       <c r="G302" t="s">
-        <v>1707</v>
+        <v>1727</v>
       </c>
       <c r="H302">
         <v>0</v>
       </c>
       <c r="I302">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303">
-        <v>615</v>
+        <v>781</v>
       </c>
       <c r="B303" t="s">
-        <v>1708</v>
+        <v>1728</v>
       </c>
       <c r="C303" t="s">
-        <v>1709</v>
+        <v>1729</v>
       </c>
       <c r="D303" t="s">
-        <v>1710</v>
+        <v>1730</v>
       </c>
       <c r="E303" t="s">
-        <v>1711</v>
+        <v>1731</v>
       </c>
       <c r="F303" t="s">
-        <v>1712</v>
+        <v>1732</v>
       </c>
       <c r="G303" t="s">
-        <v>1713</v>
+        <v>1733</v>
       </c>
       <c r="H303">
-        <v>156</v>
+        <v>0</v>
       </c>
       <c r="I303">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304">
-        <v>616</v>
+        <v>780</v>
       </c>
       <c r="B304" t="s">
-        <v>1714</v>
+        <v>86</v>
       </c>
       <c r="C304" t="s">
-        <v>1715</v>
+        <v>1734</v>
       </c>
       <c r="D304" t="s">
-        <v>1716</v>
+        <v>1735</v>
       </c>
       <c r="E304" t="s">
-        <v>1717</v>
+        <v>1736</v>
       </c>
       <c r="F304" t="s">
-        <v>1718</v>
+        <v>1737</v>
       </c>
       <c r="G304" t="s">
-        <v>1719</v>
+        <v>1664</v>
       </c>
       <c r="H304">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="I304">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305">
-        <v>619</v>
+        <v>777</v>
       </c>
       <c r="B305" t="s">
-        <v>1720</v>
+        <v>1738</v>
       </c>
       <c r="C305" t="s">
-        <v>1721</v>
+        <v>1739</v>
       </c>
       <c r="D305" t="s">
-        <v>1722</v>
+        <v>1740</v>
       </c>
       <c r="E305" t="s">
-        <v>1723</v>
+        <v>1741</v>
       </c>
       <c r="F305" t="s">
-        <v>1724</v>
+        <v>1742</v>
       </c>
       <c r="G305" t="s">
-        <v>1725</v>
+        <v>1743</v>
       </c>
       <c r="H305">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="I305">
-        <v>1</v>
+        <v>13</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="A306">
-        <v>621</v>
+        <v>779</v>
       </c>
       <c r="B306" t="s">
-        <v>1726</v>
+        <v>1744</v>
       </c>
       <c r="C306" t="s">
-        <v>1727</v>
+        <v>1745</v>
       </c>
       <c r="D306" t="s">
-        <v>1728</v>
+        <v>1746</v>
       </c>
       <c r="E306" t="s">
-        <v>1729</v>
+        <v>1747</v>
       </c>
       <c r="F306" t="s">
-        <v>1730</v>
+        <v>1748</v>
       </c>
       <c r="G306" t="s">
-        <v>1731</v>
+        <v>1749</v>
       </c>
       <c r="H306">
-        <v>197</v>
+        <v>510</v>
       </c>
       <c r="I306">
-        <v>21</v>
+        <v>156</v>
       </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307">
-        <v>610</v>
+        <v>776</v>
       </c>
       <c r="B307" t="s">
-        <v>1732</v>
+        <v>1750</v>
       </c>
       <c r="C307" t="s">
-        <v>1733</v>
+        <v>1751</v>
       </c>
       <c r="D307" t="s">
-        <v>1734</v>
+        <v>1752</v>
       </c>
       <c r="E307" t="s">
-        <v>1735</v>
+        <v>1753</v>
       </c>
       <c r="F307" t="s">
-        <v>1736</v>
+        <v>1754</v>
       </c>
       <c r="G307" t="s">
-        <v>1737</v>
+        <v>1755</v>
       </c>
       <c r="H307">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="I307">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:9">
       <c r="A308">
-        <v>614</v>
+        <v>775</v>
       </c>
       <c r="B308" t="s">
-        <v>1738</v>
+        <v>1756</v>
       </c>
       <c r="C308" t="s">
-        <v>1739</v>
+        <v>1757</v>
       </c>
       <c r="D308" t="s">
-        <v>1740</v>
+        <v>1758</v>
       </c>
       <c r="E308" t="s">
-        <v>1741</v>
+        <v>1759</v>
       </c>
       <c r="F308" t="s">
-        <v>1736</v>
+        <v>1760</v>
       </c>
       <c r="G308" t="s">
-        <v>1742</v>
+        <v>1761</v>
       </c>
       <c r="H308">
-        <v>2</v>
+        <v>26</v>
       </c>
       <c r="I308">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309">
-        <v>611</v>
+        <v>784</v>
       </c>
       <c r="B309" t="s">
-        <v>1743</v>
+        <v>1762</v>
       </c>
       <c r="C309" t="s">
-        <v>1744</v>
+        <v>1763</v>
       </c>
       <c r="D309" t="s">
-        <v>1745</v>
+        <v>1764</v>
       </c>
       <c r="E309" t="s">
-        <v>185</v>
+        <v>1765</v>
       </c>
       <c r="F309" t="s">
-        <v>1746</v>
+        <v>1766</v>
       </c>
       <c r="G309" t="s">
-        <v>1747</v>
+        <v>1767</v>
       </c>
       <c r="H309">
         <v>0</v>
       </c>
       <c r="I309">
         <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310">
-        <v>612</v>
+        <v>785</v>
       </c>
       <c r="B310" t="s">
-        <v>1743</v>
+        <v>1762</v>
       </c>
       <c r="C310" t="s">
-        <v>1744</v>
+        <v>1764</v>
       </c>
       <c r="D310" t="s">
-        <v>1745</v>
+        <v>1763</v>
       </c>
       <c r="E310" t="s">
-        <v>185</v>
+        <v>1765</v>
       </c>
       <c r="F310" t="s">
-        <v>1746</v>
+        <v>1766</v>
       </c>
       <c r="G310" t="s">
-        <v>1747</v>
+        <v>1767</v>
       </c>
       <c r="H310">
         <v>0</v>
       </c>
       <c r="I310">
         <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:9">
       <c r="A311">
-        <v>613</v>
+        <v>774</v>
       </c>
       <c r="B311" t="s">
-        <v>1748</v>
+        <v>877</v>
       </c>
       <c r="C311" t="s">
-        <v>1749</v>
+        <v>1768</v>
       </c>
       <c r="D311" t="s">
-        <v>1750</v>
+        <v>1769</v>
       </c>
       <c r="E311" t="s">
-        <v>1751</v>
+        <v>1770</v>
       </c>
       <c r="F311" t="s">
-        <v>1752</v>
+        <v>1771</v>
       </c>
       <c r="G311" t="s">
-        <v>1753</v>
+        <v>1772</v>
       </c>
       <c r="H311">
-        <v>669</v>
+        <v>8</v>
       </c>
       <c r="I311">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="312" spans="1:9">
       <c r="A312">
-        <v>623</v>
+        <v>778</v>
       </c>
       <c r="B312" t="s">
-        <v>1754</v>
+        <v>1773</v>
       </c>
       <c r="C312" t="s">
-        <v>1755</v>
+        <v>1774</v>
       </c>
       <c r="D312" t="s">
-        <v>1756</v>
+        <v>1775</v>
       </c>
       <c r="E312" t="s">
-        <v>1757</v>
+        <v>1776</v>
       </c>
       <c r="F312" t="s">
-        <v>1758</v>
+        <v>1777</v>
       </c>
       <c r="G312" t="s">
-        <v>1759</v>
+        <v>1778</v>
       </c>
       <c r="H312">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I312">
         <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:9">
       <c r="A313">
-        <v>624</v>
+        <v>772</v>
       </c>
       <c r="B313" t="s">
-        <v>1754</v>
+        <v>1779</v>
       </c>
       <c r="C313" t="s">
-        <v>1755</v>
+        <v>1780</v>
       </c>
       <c r="D313" t="s">
-        <v>1756</v>
+        <v>1781</v>
       </c>
       <c r="E313" t="s">
-        <v>1757</v>
+        <v>1782</v>
       </c>
       <c r="F313" t="s">
-        <v>1758</v>
+        <v>1783</v>
       </c>
       <c r="G313" t="s">
-        <v>1760</v>
+        <v>1784</v>
       </c>
       <c r="H313">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I313">
         <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314">
-        <v>606</v>
+        <v>773</v>
       </c>
       <c r="B314" t="s">
-        <v>1761</v>
+        <v>1288</v>
       </c>
       <c r="C314" t="s">
-        <v>1762</v>
+        <v>1785</v>
       </c>
       <c r="D314" t="s">
-        <v>1763</v>
+        <v>1786</v>
       </c>
       <c r="E314" t="s">
-        <v>1764</v>
+        <v>1787</v>
       </c>
       <c r="F314" t="s">
-        <v>1765</v>
+        <v>1788</v>
       </c>
       <c r="G314" t="s">
-        <v>1766</v>
+        <v>1789</v>
       </c>
       <c r="H314">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I314">
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:9">
       <c r="A315">
-        <v>605</v>
+        <v>771</v>
       </c>
       <c r="B315" t="s">
-        <v>1767</v>
+        <v>1790</v>
       </c>
       <c r="C315" t="s">
-        <v>1768</v>
+        <v>1791</v>
       </c>
       <c r="D315" t="s">
-        <v>1769</v>
+        <v>1792</v>
       </c>
       <c r="E315" t="s">
-        <v>1770</v>
+        <v>1793</v>
       </c>
       <c r="F315" t="s">
-        <v>1771</v>
+        <v>1794</v>
       </c>
       <c r="G315" t="s">
-        <v>1772</v>
+        <v>1795</v>
       </c>
       <c r="H315">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I315">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316">
-        <v>617</v>
+        <v>770</v>
       </c>
       <c r="B316" t="s">
-        <v>1773</v>
+        <v>383</v>
       </c>
       <c r="C316" t="s">
-        <v>1774</v>
+        <v>1796</v>
       </c>
       <c r="D316" t="s">
-        <v>1775</v>
+        <v>1797</v>
       </c>
       <c r="E316" t="s">
-        <v>1776</v>
+        <v>1798</v>
       </c>
       <c r="F316" t="s">
-        <v>1777</v>
+        <v>1799</v>
       </c>
       <c r="G316" t="s">
-        <v>1778</v>
+        <v>1800</v>
       </c>
       <c r="H316">
-        <v>9</v>
+        <v>104</v>
       </c>
       <c r="I316">
-        <v>0</v>
+        <v>99</v>
       </c>
     </row>
     <row r="317" spans="1:9">
       <c r="A317">
-        <v>618</v>
+        <v>767</v>
       </c>
       <c r="B317" t="s">
-        <v>1773</v>
+        <v>336</v>
       </c>
       <c r="C317" t="s">
-        <v>1774</v>
+        <v>1801</v>
       </c>
       <c r="D317" t="s">
-        <v>1775</v>
+        <v>1802</v>
       </c>
       <c r="E317" t="s">
-        <v>1779</v>
+        <v>1803</v>
       </c>
       <c r="F317" t="s">
-        <v>1777</v>
+        <v>1804</v>
       </c>
       <c r="G317" t="s">
-        <v>1778</v>
+        <v>1805</v>
       </c>
       <c r="H317">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="I317">
         <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:9">
       <c r="A318">
-        <v>600</v>
+        <v>769</v>
       </c>
       <c r="B318" t="s">
-        <v>1780</v>
+        <v>753</v>
       </c>
       <c r="C318" t="s">
-        <v>1781</v>
+        <v>1806</v>
       </c>
       <c r="D318" t="s">
-        <v>1782</v>
+        <v>1807</v>
       </c>
       <c r="E318" t="s">
-        <v>1783</v>
+        <v>1808</v>
       </c>
       <c r="F318" t="s">
-        <v>1784</v>
+        <v>1809</v>
       </c>
       <c r="G318" t="s">
-        <v>1785</v>
+        <v>1810</v>
       </c>
       <c r="H318">
-        <v>0</v>
+        <v>3452</v>
       </c>
       <c r="I318">
-        <v>2</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319">
-        <v>604</v>
+        <v>768</v>
       </c>
       <c r="B319" t="s">
-        <v>1786</v>
+        <v>1811</v>
       </c>
       <c r="C319" t="s">
-        <v>1787</v>
+        <v>1812</v>
       </c>
       <c r="D319" t="s">
-        <v>1788</v>
+        <v>1813</v>
       </c>
       <c r="E319" t="s">
-        <v>1789</v>
+        <v>1814</v>
       </c>
       <c r="F319" t="s">
-        <v>1790</v>
+        <v>1815</v>
       </c>
       <c r="G319" t="s">
-        <v>1791</v>
+        <v>1816</v>
       </c>
       <c r="H319">
         <v>0</v>
       </c>
       <c r="I319">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:9">
       <c r="A320">
-        <v>607</v>
+        <v>766</v>
       </c>
       <c r="B320" t="s">
-        <v>293</v>
+        <v>1817</v>
       </c>
       <c r="C320" t="s">
-        <v>1792</v>
+        <v>1818</v>
       </c>
       <c r="D320" t="s">
-        <v>1793</v>
+        <v>1819</v>
       </c>
       <c r="E320" t="s">
-        <v>1794</v>
+        <v>1820</v>
       </c>
       <c r="F320" t="s">
-        <v>1795</v>
+        <v>1821</v>
       </c>
       <c r="G320" t="s">
-        <v>1796</v>
+        <v>1822</v>
       </c>
       <c r="H320">
         <v>0</v>
       </c>
       <c r="I320">
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:9">
       <c r="A321">
-        <v>598</v>
+        <v>765</v>
       </c>
       <c r="B321" t="s">
-        <v>353</v>
+        <v>383</v>
       </c>
       <c r="C321" t="s">
-        <v>1797</v>
+        <v>1823</v>
       </c>
       <c r="D321" t="s">
-        <v>1798</v>
+        <v>1824</v>
       </c>
       <c r="E321" t="s">
-        <v>1799</v>
+        <v>1825</v>
       </c>
       <c r="F321" t="s">
-        <v>1800</v>
+        <v>1826</v>
       </c>
       <c r="G321" t="s">
-        <v>1801</v>
+        <v>1827</v>
       </c>
       <c r="H321">
-        <v>135</v>
+        <v>5</v>
       </c>
       <c r="I321">
-        <v>25</v>
+        <v>43</v>
       </c>
     </row>
     <row r="322" spans="1:9">
       <c r="A322">
-        <v>631</v>
+        <v>761</v>
       </c>
       <c r="B322" t="s">
-        <v>1802</v>
+        <v>1828</v>
       </c>
       <c r="C322" t="s">
-        <v>1803</v>
+        <v>1829</v>
       </c>
       <c r="D322" t="s">
-        <v>1804</v>
+        <v>1830</v>
       </c>
       <c r="E322" t="s">
-        <v>1805</v>
+        <v>1831</v>
       </c>
       <c r="F322" t="s">
-        <v>1806</v>
+        <v>1832</v>
       </c>
       <c r="G322" t="s">
-        <v>1807</v>
+        <v>1833</v>
       </c>
       <c r="H322">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="I322">
-        <v>19</v>
+        <v>2</v>
       </c>
     </row>
     <row r="323" spans="1:9">
       <c r="A323">
-        <v>608</v>
+        <v>763</v>
       </c>
       <c r="B323" t="s">
-        <v>33</v>
+        <v>1834</v>
       </c>
       <c r="C323" t="s">
-        <v>1808</v>
+        <v>1835</v>
       </c>
       <c r="D323" t="s">
-        <v>1809</v>
+        <v>1836</v>
       </c>
       <c r="E323" t="s">
-        <v>1810</v>
+        <v>1837</v>
       </c>
       <c r="F323" t="s">
-        <v>1811</v>
+        <v>1838</v>
       </c>
       <c r="G323" t="s">
-        <v>1812</v>
+        <v>1839</v>
       </c>
       <c r="H323">
-        <v>249</v>
+        <v>14</v>
       </c>
       <c r="I323">
-        <v>13</v>
+        <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:9">
       <c r="A324">
-        <v>593</v>
+        <v>762</v>
       </c>
       <c r="B324" t="s">
-        <v>1813</v>
+        <v>1270</v>
       </c>
       <c r="C324" t="s">
-        <v>1814</v>
+        <v>1840</v>
       </c>
       <c r="D324" t="s">
-        <v>1815</v>
+        <v>1841</v>
       </c>
       <c r="E324" t="s">
-        <v>1816</v>
+        <v>1842</v>
       </c>
       <c r="F324" t="s">
-        <v>1817</v>
+        <v>1843</v>
       </c>
       <c r="G324" t="s">
-        <v>1818</v>
+        <v>1275</v>
       </c>
       <c r="H324">
-        <v>1</v>
+        <v>1289</v>
       </c>
       <c r="I324">
-        <v>0</v>
+        <v>545</v>
       </c>
     </row>
     <row r="325" spans="1:9">
       <c r="A325">
-        <v>590</v>
+        <v>760</v>
       </c>
       <c r="B325" t="s">
-        <v>353</v>
+        <v>1844</v>
       </c>
       <c r="C325" t="s">
-        <v>1819</v>
+        <v>1845</v>
       </c>
       <c r="D325" t="s">
-        <v>1820</v>
+        <v>1846</v>
       </c>
       <c r="E325" t="s">
-        <v>1821</v>
+        <v>1847</v>
       </c>
       <c r="F325" t="s">
-        <v>1822</v>
+        <v>1848</v>
       </c>
       <c r="G325" t="s">
-        <v>1823</v>
+        <v>1849</v>
       </c>
       <c r="H325">
-        <v>121</v>
+        <v>1</v>
       </c>
       <c r="I325">
-        <v>14</v>
+        <v>2</v>
       </c>
     </row>
     <row r="326" spans="1:9">
       <c r="A326">
-        <v>591</v>
+        <v>764</v>
       </c>
       <c r="B326" t="s">
-        <v>353</v>
+        <v>1850</v>
       </c>
       <c r="C326" t="s">
-        <v>1819</v>
+        <v>1851</v>
       </c>
       <c r="D326" t="s">
-        <v>1820</v>
+        <v>1852</v>
       </c>
       <c r="E326" t="s">
-        <v>1824</v>
+        <v>1853</v>
       </c>
       <c r="F326" t="s">
-        <v>1822</v>
+        <v>1854</v>
       </c>
       <c r="G326" t="s">
-        <v>1823</v>
+        <v>1855</v>
       </c>
       <c r="H326">
-        <v>121</v>
+        <v>8</v>
       </c>
       <c r="I326">
-        <v>14</v>
+        <v>28</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327">
-        <v>603</v>
+        <v>758</v>
       </c>
       <c r="B327" t="s">
-        <v>263</v>
+        <v>1856</v>
       </c>
       <c r="C327" t="s">
-        <v>1825</v>
+        <v>1857</v>
       </c>
       <c r="D327" t="s">
-        <v>1826</v>
+        <v>1858</v>
       </c>
       <c r="E327" t="s">
-        <v>1827</v>
+        <v>1859</v>
       </c>
       <c r="F327" t="s">
-        <v>1828</v>
+        <v>1860</v>
       </c>
       <c r="G327" t="s">
-        <v>1829</v>
+        <v>1861</v>
       </c>
       <c r="H327">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="I327">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328">
-        <v>596</v>
+        <v>755</v>
       </c>
       <c r="B328" t="s">
-        <v>1830</v>
+        <v>1270</v>
       </c>
       <c r="C328" t="s">
-        <v>1831</v>
+        <v>1862</v>
       </c>
       <c r="D328" t="s">
-        <v>1832</v>
+        <v>1863</v>
       </c>
       <c r="E328" t="s">
-        <v>1833</v>
+        <v>1864</v>
       </c>
       <c r="F328" t="s">
-        <v>1834</v>
+        <v>1865</v>
       </c>
       <c r="G328" t="s">
-        <v>1835</v>
+        <v>1866</v>
       </c>
       <c r="H328">
-        <v>1</v>
+        <v>108</v>
       </c>
       <c r="I328">
-        <v>1</v>
+        <v>43</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329">
-        <v>602</v>
+        <v>757</v>
       </c>
       <c r="B329" t="s">
-        <v>1836</v>
+        <v>1867</v>
       </c>
       <c r="C329" t="s">
-        <v>1837</v>
+        <v>1868</v>
       </c>
       <c r="D329" t="s">
-        <v>1838</v>
+        <v>1869</v>
       </c>
       <c r="E329" t="s">
-        <v>1839</v>
+        <v>1870</v>
       </c>
       <c r="F329" t="s">
-        <v>1840</v>
+        <v>1871</v>
       </c>
       <c r="G329" t="s">
-        <v>1841</v>
+        <v>1872</v>
       </c>
       <c r="H329">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I329">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:9">
       <c r="A330">
-        <v>599</v>
+        <v>754</v>
       </c>
       <c r="B330" t="s">
-        <v>1842</v>
+        <v>86</v>
       </c>
       <c r="C330" t="s">
-        <v>1843</v>
+        <v>1873</v>
       </c>
       <c r="D330" t="s">
-        <v>1844</v>
+        <v>1874</v>
       </c>
       <c r="E330" t="s">
-        <v>1845</v>
+        <v>1875</v>
       </c>
       <c r="F330" t="s">
-        <v>1846</v>
+        <v>1876</v>
       </c>
       <c r="G330" t="s">
-        <v>1847</v>
+        <v>335</v>
       </c>
       <c r="H330">
-        <v>88</v>
+        <v>73</v>
       </c>
       <c r="I330">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="331" spans="1:9">
       <c r="A331">
-        <v>609</v>
+        <v>753</v>
       </c>
       <c r="B331" t="s">
-        <v>1848</v>
+        <v>1877</v>
       </c>
       <c r="C331" t="s">
-        <v>1849</v>
+        <v>1878</v>
       </c>
       <c r="D331" t="s">
-        <v>1850</v>
+        <v>1879</v>
       </c>
       <c r="E331" t="s">
-        <v>1851</v>
+        <v>1880</v>
       </c>
       <c r="F331" t="s">
-        <v>1852</v>
+        <v>1881</v>
       </c>
       <c r="G331" t="s">
-        <v>1853</v>
+        <v>1882</v>
       </c>
       <c r="H331">
-        <v>5</v>
+        <v>261</v>
       </c>
       <c r="I331">
-        <v>1</v>
+        <v>79</v>
       </c>
     </row>
     <row r="332" spans="1:9">
       <c r="A332">
-        <v>592</v>
+        <v>759</v>
       </c>
       <c r="B332" t="s">
-        <v>1854</v>
+        <v>383</v>
       </c>
       <c r="C332" t="s">
-        <v>1855</v>
+        <v>1883</v>
       </c>
       <c r="D332" t="s">
-        <v>1856</v>
+        <v>1884</v>
       </c>
       <c r="E332" t="s">
-        <v>1857</v>
+        <v>1885</v>
       </c>
       <c r="F332" t="s">
-        <v>1858</v>
+        <v>1886</v>
       </c>
       <c r="G332" t="s">
-        <v>1859</v>
+        <v>1887</v>
       </c>
       <c r="H332">
-        <v>26</v>
+        <v>6744</v>
       </c>
       <c r="I332">
         <v>2</v>
       </c>
     </row>
     <row r="333" spans="1:9">
       <c r="A333">
-        <v>595</v>
+        <v>752</v>
       </c>
       <c r="B333" t="s">
-        <v>1860</v>
+        <v>490</v>
       </c>
       <c r="C333" t="s">
-        <v>1861</v>
+        <v>1888</v>
       </c>
       <c r="D333" t="s">
-        <v>1862</v>
+        <v>1889</v>
       </c>
       <c r="E333" t="s">
-        <v>1863</v>
+        <v>1890</v>
       </c>
       <c r="F333" t="s">
-        <v>1864</v>
+        <v>1891</v>
       </c>
       <c r="G333" t="s">
-        <v>1865</v>
+        <v>1892</v>
       </c>
       <c r="H333">
-        <v>35</v>
+        <v>1229</v>
       </c>
       <c r="I333">
-        <v>4</v>
+        <v>232</v>
       </c>
     </row>
     <row r="334" spans="1:9">
       <c r="A334">
-        <v>588</v>
+        <v>756</v>
       </c>
       <c r="B334" t="s">
-        <v>1866</v>
+        <v>801</v>
       </c>
       <c r="C334" t="s">
-        <v>1867</v>
+        <v>1893</v>
       </c>
       <c r="D334" t="s">
-        <v>1868</v>
+        <v>1894</v>
       </c>
       <c r="E334" t="s">
-        <v>1869</v>
+        <v>1895</v>
       </c>
       <c r="F334" t="s">
-        <v>1870</v>
+        <v>1896</v>
       </c>
       <c r="G334" t="s">
-        <v>1871</v>
+        <v>1897</v>
       </c>
       <c r="H334">
-        <v>0</v>
+        <v>73</v>
       </c>
       <c r="I334">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="335" spans="1:9">
       <c r="A335">
-        <v>587</v>
+        <v>751</v>
       </c>
       <c r="B335" t="s">
-        <v>1872</v>
+        <v>1898</v>
       </c>
       <c r="C335" t="s">
-        <v>1873</v>
+        <v>1899</v>
       </c>
       <c r="D335" t="s">
-        <v>1874</v>
+        <v>1900</v>
       </c>
       <c r="E335" t="s">
-        <v>1875</v>
+        <v>1901</v>
       </c>
       <c r="F335" t="s">
-        <v>1876</v>
+        <v>1902</v>
       </c>
       <c r="G335" t="s">
-        <v>1877</v>
+        <v>1903</v>
       </c>
       <c r="H335">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="I335">
         <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:9">
       <c r="A336">
-        <v>594</v>
+        <v>750</v>
       </c>
       <c r="B336" t="s">
-        <v>1878</v>
+        <v>401</v>
       </c>
       <c r="C336" t="s">
-        <v>1879</v>
+        <v>1904</v>
       </c>
       <c r="D336" t="s">
-        <v>1880</v>
+        <v>1905</v>
       </c>
       <c r="E336" t="s">
-        <v>1881</v>
+        <v>1906</v>
       </c>
       <c r="F336" t="s">
-        <v>1882</v>
+        <v>1907</v>
       </c>
       <c r="G336" t="s">
-        <v>1883</v>
+        <v>1908</v>
       </c>
       <c r="H336">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I336">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:9">
       <c r="A337">
-        <v>586</v>
+        <v>748</v>
       </c>
       <c r="B337" t="s">
-        <v>1884</v>
+        <v>1909</v>
       </c>
       <c r="C337" t="s">
-        <v>1885</v>
+        <v>1910</v>
       </c>
       <c r="D337" t="s">
-        <v>1886</v>
+        <v>1911</v>
       </c>
       <c r="E337" t="s">
-        <v>1887</v>
+        <v>1912</v>
       </c>
       <c r="F337" t="s">
-        <v>1888</v>
+        <v>1913</v>
       </c>
       <c r="G337" t="s">
-        <v>1889</v>
+        <v>1914</v>
       </c>
       <c r="H337">
-        <v>0</v>
+        <v>175</v>
       </c>
       <c r="I337">
-        <v>10</v>
+        <v>88</v>
       </c>
     </row>
     <row r="338" spans="1:9">
       <c r="A338">
-        <v>589</v>
+        <v>746</v>
       </c>
       <c r="B338" t="s">
-        <v>1890</v>
+        <v>1915</v>
       </c>
       <c r="C338" t="s">
-        <v>1891</v>
+        <v>1916</v>
       </c>
       <c r="D338" t="s">
-        <v>1892</v>
+        <v>1442</v>
       </c>
       <c r="E338" t="s">
-        <v>1893</v>
+        <v>1917</v>
       </c>
       <c r="F338" t="s">
-        <v>1894</v>
+        <v>1918</v>
       </c>
       <c r="G338" t="s">
-        <v>1895</v>
+        <v>1919</v>
       </c>
       <c r="H338">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="I338">
-        <v>23</v>
+        <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:9">
       <c r="A339">
-        <v>585</v>
+        <v>747</v>
       </c>
       <c r="B339" t="s">
-        <v>1224</v>
+        <v>1915</v>
       </c>
       <c r="C339" t="s">
-        <v>1896</v>
+        <v>1916</v>
       </c>
       <c r="D339" t="s">
-        <v>1897</v>
+        <v>1442</v>
       </c>
       <c r="E339" t="s">
-        <v>1898</v>
+        <v>1920</v>
       </c>
       <c r="F339" t="s">
-        <v>1899</v>
+        <v>1918</v>
       </c>
       <c r="G339" t="s">
-        <v>1900</v>
+        <v>1919</v>
       </c>
       <c r="H339">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I339">
         <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:9">
       <c r="A340">
-        <v>584</v>
+        <v>749</v>
       </c>
       <c r="B340" t="s">
-        <v>1411</v>
+        <v>1921</v>
+      </c>
+      <c r="C340" t="s">
+        <v>1922</v>
+      </c>
+      <c r="D340" t="s">
+        <v>1923</v>
       </c>
       <c r="E340" t="s">
-        <v>1901</v>
+        <v>1924</v>
       </c>
       <c r="F340" t="s">
-        <v>1902</v>
+        <v>1925</v>
       </c>
       <c r="G340" t="s">
-        <v>1903</v>
+        <v>1926</v>
       </c>
       <c r="H340">
-        <v>0</v>
+        <v>92</v>
       </c>
       <c r="I340">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="341" spans="1:9">
       <c r="A341">
-        <v>582</v>
+        <v>743</v>
       </c>
       <c r="B341" t="s">
-        <v>1904</v>
+        <v>671</v>
+      </c>
+      <c r="C341" t="s">
+        <v>1927</v>
       </c>
       <c r="D341" t="s">
-        <v>1905</v>
+        <v>1928</v>
       </c>
       <c r="E341" t="s">
-        <v>1906</v>
+        <v>1929</v>
       </c>
       <c r="F341" t="s">
-        <v>1907</v>
+        <v>1930</v>
       </c>
       <c r="G341" t="s">
-        <v>1908</v>
+        <v>676</v>
       </c>
       <c r="H341">
-        <v>0</v>
+        <v>85</v>
       </c>
       <c r="I341">
-        <v>0</v>
+        <v>16</v>
       </c>
     </row>
     <row r="342" spans="1:9">
       <c r="A342">
-        <v>583</v>
+        <v>744</v>
       </c>
       <c r="B342" t="s">
-        <v>1909</v>
+        <v>383</v>
       </c>
       <c r="C342" t="s">
-        <v>1910</v>
+        <v>1931</v>
       </c>
       <c r="D342" t="s">
-        <v>1911</v>
+        <v>1932</v>
       </c>
       <c r="E342" t="s">
-        <v>1912</v>
+        <v>1933</v>
       </c>
       <c r="F342" t="s">
-        <v>1913</v>
+        <v>1934</v>
       </c>
       <c r="G342" t="s">
-        <v>1914</v>
+        <v>1935</v>
       </c>
       <c r="H342">
-        <v>1</v>
+        <v>1223</v>
       </c>
       <c r="I342">
-        <v>10</v>
+        <v>27</v>
       </c>
     </row>
     <row r="343" spans="1:9">
       <c r="A343">
-        <v>601</v>
+        <v>742</v>
       </c>
       <c r="B343" t="s">
-        <v>1915</v>
+        <v>1936</v>
       </c>
       <c r="C343" t="s">
-        <v>1916</v>
+        <v>1937</v>
       </c>
       <c r="D343" t="s">
-        <v>1917</v>
+        <v>1938</v>
       </c>
       <c r="E343" t="s">
-        <v>1918</v>
+        <v>1939</v>
       </c>
       <c r="F343" t="s">
-        <v>1919</v>
+        <v>1940</v>
       </c>
       <c r="G343" t="s">
-        <v>1920</v>
+        <v>1941</v>
       </c>
       <c r="H343">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="I343">
         <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="A344">
-        <v>581</v>
+        <v>741</v>
       </c>
       <c r="B344" t="s">
-        <v>1411</v>
+        <v>1942</v>
+      </c>
+      <c r="C344" t="s">
+        <v>1943</v>
+      </c>
+      <c r="D344" t="s">
+        <v>1944</v>
       </c>
       <c r="E344" t="s">
-        <v>1921</v>
+        <v>1945</v>
       </c>
       <c r="F344" t="s">
-        <v>1922</v>
+        <v>1946</v>
       </c>
       <c r="G344" t="s">
-        <v>1923</v>
+        <v>1947</v>
       </c>
       <c r="H344">
-        <v>0</v>
+        <v>1477</v>
       </c>
       <c r="I344">
-        <v>0</v>
+        <v>97</v>
       </c>
     </row>
     <row r="345" spans="1:9">
       <c r="A345">
-        <v>578</v>
+        <v>739</v>
       </c>
       <c r="B345" t="s">
-        <v>892</v>
+        <v>1948</v>
       </c>
       <c r="C345" t="s">
-        <v>1924</v>
+        <v>1949</v>
       </c>
       <c r="D345" t="s">
-        <v>1925</v>
+        <v>1950</v>
       </c>
       <c r="E345" t="s">
-        <v>1926</v>
+        <v>1951</v>
       </c>
       <c r="F345" t="s">
-        <v>1927</v>
+        <v>1952</v>
       </c>
       <c r="G345" t="s">
-        <v>1928</v>
+        <v>1953</v>
       </c>
       <c r="H345">
-        <v>51</v>
+        <v>353</v>
       </c>
       <c r="I345">
-        <v>21</v>
+        <v>80</v>
       </c>
     </row>
     <row r="346" spans="1:9">
       <c r="A346">
-        <v>580</v>
+        <v>740</v>
       </c>
       <c r="B346" t="s">
-        <v>1929</v>
+        <v>1954</v>
       </c>
       <c r="C346" t="s">
-        <v>1930</v>
+        <v>1955</v>
       </c>
       <c r="D346" t="s">
-        <v>1931</v>
+        <v>1956</v>
       </c>
       <c r="E346" t="s">
-        <v>1932</v>
+        <v>1957</v>
       </c>
       <c r="F346" t="s">
-        <v>1933</v>
+        <v>1958</v>
       </c>
       <c r="G346" t="s">
-        <v>1934</v>
+        <v>1959</v>
       </c>
       <c r="H346">
-        <v>4</v>
+        <v>62</v>
       </c>
       <c r="I346">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="347" spans="1:9">
       <c r="A347">
-        <v>579</v>
+        <v>738</v>
       </c>
       <c r="B347" t="s">
-        <v>1935</v>
+        <v>1186</v>
       </c>
       <c r="C347" t="s">
-        <v>1936</v>
+        <v>1960</v>
       </c>
       <c r="D347" t="s">
-        <v>1937</v>
+        <v>1961</v>
       </c>
       <c r="E347" t="s">
-        <v>1938</v>
+        <v>1962</v>
       </c>
       <c r="F347" t="s">
-        <v>1939</v>
+        <v>1963</v>
       </c>
       <c r="G347" t="s">
-        <v>1940</v>
+        <v>1964</v>
       </c>
       <c r="H347">
+        <v>6</v>
+      </c>
+      <c r="I347">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="348" spans="1:9">
       <c r="A348">
-        <v>573</v>
+        <v>737</v>
       </c>
       <c r="B348" t="s">
-        <v>1941</v>
+        <v>753</v>
       </c>
       <c r="C348" t="s">
-        <v>1942</v>
+        <v>1965</v>
       </c>
       <c r="D348" t="s">
-        <v>1943</v>
+        <v>1966</v>
       </c>
       <c r="E348" t="s">
-        <v>1944</v>
+        <v>1967</v>
       </c>
       <c r="F348" t="s">
-        <v>1945</v>
+        <v>1968</v>
       </c>
       <c r="G348" t="s">
-        <v>1946</v>
+        <v>753</v>
       </c>
       <c r="H348">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="I348">
-        <v>0</v>
+        <v>14</v>
       </c>
     </row>
     <row r="349" spans="1:9">
       <c r="A349">
-        <v>571</v>
+        <v>736</v>
       </c>
       <c r="B349" t="s">
-        <v>1947</v>
+        <v>1270</v>
       </c>
       <c r="C349" t="s">
-        <v>1948</v>
+        <v>1969</v>
       </c>
       <c r="D349" t="s">
-        <v>1949</v>
+        <v>1970</v>
       </c>
       <c r="E349" t="s">
-        <v>1950</v>
+        <v>1971</v>
       </c>
       <c r="F349" t="s">
-        <v>1951</v>
+        <v>1972</v>
       </c>
       <c r="G349" t="s">
-        <v>1952</v>
+        <v>1270</v>
       </c>
       <c r="H349">
-        <v>15</v>
+        <v>114</v>
       </c>
       <c r="I349">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="350" spans="1:9">
       <c r="A350">
-        <v>572</v>
+        <v>731</v>
       </c>
       <c r="B350" t="s">
-        <v>1953</v>
+        <v>1973</v>
       </c>
       <c r="C350" t="s">
-        <v>1954</v>
+        <v>1974</v>
       </c>
       <c r="D350" t="s">
-        <v>1955</v>
+        <v>1975</v>
       </c>
       <c r="E350" t="s">
-        <v>1956</v>
+        <v>1976</v>
       </c>
       <c r="F350" t="s">
-        <v>1957</v>
+        <v>1977</v>
       </c>
       <c r="G350" t="s">
-        <v>1958</v>
+        <v>1978</v>
       </c>
       <c r="H350">
-        <v>1</v>
+        <v>248</v>
       </c>
       <c r="I350">
-        <v>0</v>
+        <v>24</v>
       </c>
     </row>
     <row r="351" spans="1:9">
       <c r="A351">
-        <v>574</v>
+        <v>728</v>
       </c>
       <c r="B351" t="s">
-        <v>1959</v>
+        <v>1979</v>
       </c>
       <c r="C351" t="s">
-        <v>1960</v>
+        <v>1980</v>
       </c>
       <c r="D351" t="s">
-        <v>1961</v>
+        <v>1981</v>
       </c>
       <c r="E351" t="s">
-        <v>1962</v>
+        <v>1982</v>
       </c>
       <c r="F351" t="s">
-        <v>1963</v>
+        <v>1983</v>
       </c>
       <c r="G351" t="s">
-        <v>1964</v>
+        <v>1984</v>
       </c>
       <c r="H351">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I351">
         <v>0</v>
       </c>
     </row>
     <row r="352" spans="1:9">
       <c r="A352">
-        <v>577</v>
+        <v>732</v>
       </c>
       <c r="B352" t="s">
-        <v>1965</v>
+        <v>1985</v>
       </c>
       <c r="C352" t="s">
-        <v>1966</v>
+        <v>1986</v>
       </c>
       <c r="D352" t="s">
-        <v>1967</v>
+        <v>1987</v>
       </c>
       <c r="E352" t="s">
-        <v>1968</v>
+        <v>1988</v>
       </c>
       <c r="F352" t="s">
-        <v>1969</v>
+        <v>1989</v>
       </c>
       <c r="G352" t="s">
-        <v>1970</v>
+        <v>1990</v>
       </c>
       <c r="H352">
-        <v>119</v>
+        <v>3</v>
       </c>
       <c r="I352">
-        <v>5255</v>
+        <v>21</v>
       </c>
     </row>
     <row r="353" spans="1:9">
       <c r="A353">
-        <v>575</v>
+        <v>745</v>
       </c>
       <c r="B353" t="s">
-        <v>1971</v>
+        <v>1991</v>
       </c>
       <c r="C353" t="s">
-        <v>1972</v>
+        <v>1992</v>
       </c>
       <c r="D353" t="s">
-        <v>1973</v>
+        <v>1993</v>
       </c>
       <c r="E353" t="s">
-        <v>1974</v>
+        <v>1994</v>
       </c>
       <c r="F353" t="s">
-        <v>1975</v>
+        <v>1995</v>
       </c>
       <c r="G353" t="s">
-        <v>1976</v>
+        <v>1996</v>
       </c>
       <c r="H353">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="I353">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="354" spans="1:9">
       <c r="A354">
-        <v>568</v>
+        <v>734</v>
       </c>
       <c r="B354" t="s">
-        <v>1977</v>
+        <v>1997</v>
       </c>
       <c r="C354" t="s">
-        <v>1978</v>
+        <v>1998</v>
       </c>
       <c r="D354" t="s">
-        <v>1979</v>
+        <v>1999</v>
       </c>
       <c r="E354" t="s">
-        <v>1980</v>
+        <v>2000</v>
       </c>
       <c r="F354" t="s">
-        <v>1981</v>
+        <v>2001</v>
       </c>
       <c r="G354" t="s">
-        <v>1982</v>
+        <v>2002</v>
       </c>
       <c r="H354">
-        <v>5</v>
+        <v>42</v>
       </c>
       <c r="I354">
-        <v>0</v>
+        <v>7</v>
       </c>
     </row>
     <row r="355" spans="1:9">
       <c r="A355">
-        <v>567</v>
+        <v>729</v>
       </c>
       <c r="B355" t="s">
-        <v>1983</v>
+        <v>2003</v>
       </c>
       <c r="C355" t="s">
-        <v>1984</v>
+        <v>2004</v>
       </c>
       <c r="D355" t="s">
-        <v>1985</v>
+        <v>2005</v>
       </c>
       <c r="E355" t="s">
-        <v>1986</v>
+        <v>2006</v>
       </c>
       <c r="F355" t="s">
-        <v>1987</v>
+        <v>2007</v>
       </c>
       <c r="G355" t="s">
-        <v>1988</v>
+        <v>2008</v>
       </c>
       <c r="H355">
-        <v>3</v>
+        <v>496</v>
       </c>
       <c r="I355">
-        <v>3</v>
+        <v>24</v>
       </c>
     </row>
     <row r="356" spans="1:9">
       <c r="A356">
-        <v>566</v>
+        <v>730</v>
       </c>
       <c r="B356" t="s">
-        <v>1989</v>
+        <v>2009</v>
       </c>
       <c r="C356" t="s">
-        <v>1990</v>
+        <v>2010</v>
       </c>
       <c r="D356" t="s">
-        <v>1991</v>
+        <v>2011</v>
       </c>
       <c r="E356" t="s">
-        <v>1992</v>
+        <v>2012</v>
       </c>
       <c r="F356" t="s">
-        <v>1993</v>
+        <v>2013</v>
       </c>
       <c r="G356" t="s">
-        <v>1994</v>
+        <v>2014</v>
       </c>
       <c r="H356">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I356">
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:9">
       <c r="A357">
-        <v>565</v>
+        <v>735</v>
       </c>
       <c r="B357" t="s">
-        <v>1995</v>
+        <v>2015</v>
       </c>
       <c r="C357" t="s">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="D357" t="s">
-        <v>1997</v>
+        <v>2017</v>
       </c>
       <c r="E357" t="s">
-        <v>1998</v>
+        <v>2018</v>
       </c>
       <c r="F357" t="s">
-        <v>1999</v>
+        <v>2019</v>
       </c>
       <c r="G357" t="s">
-        <v>2000</v>
+        <v>2020</v>
       </c>
       <c r="H357">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I357">
-        <v>0</v>
+        <v>11</v>
       </c>
     </row>
     <row r="358" spans="1:9">
       <c r="A358">
-        <v>562</v>
+        <v>726</v>
       </c>
       <c r="B358" t="s">
-        <v>1184</v>
+        <v>2021</v>
       </c>
       <c r="C358" t="s">
-        <v>2001</v>
+        <v>2022</v>
       </c>
       <c r="D358" t="s">
-        <v>2002</v>
+        <v>2023</v>
       </c>
       <c r="E358" t="s">
-        <v>2003</v>
+        <v>2024</v>
       </c>
       <c r="F358" t="s">
-        <v>2004</v>
+        <v>2025</v>
       </c>
       <c r="G358" t="s">
-        <v>2005</v>
+        <v>2026</v>
       </c>
       <c r="H358">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="I358">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:9">
       <c r="A359">
-        <v>563</v>
+        <v>727</v>
       </c>
       <c r="B359" t="s">
-        <v>353</v>
+        <v>2027</v>
       </c>
       <c r="C359" t="s">
-        <v>2006</v>
+        <v>2028</v>
       </c>
       <c r="D359" t="s">
-        <v>2007</v>
+        <v>2029</v>
       </c>
       <c r="E359" t="s">
-        <v>2008</v>
+        <v>2030</v>
       </c>
       <c r="F359" t="s">
-        <v>2009</v>
+        <v>2031</v>
       </c>
       <c r="G359" t="s">
-        <v>358</v>
+        <v>2032</v>
       </c>
       <c r="H359">
-        <v>162</v>
+        <v>2212</v>
       </c>
       <c r="I359">
-        <v>19</v>
+        <v>116</v>
       </c>
     </row>
     <row r="360" spans="1:9">
       <c r="A360">
-        <v>561</v>
+        <v>733</v>
       </c>
       <c r="B360" t="s">
-        <v>1026</v>
+        <v>1828</v>
       </c>
       <c r="C360" t="s">
-        <v>2010</v>
+        <v>2033</v>
       </c>
       <c r="D360" t="s">
-        <v>2011</v>
+        <v>2034</v>
       </c>
       <c r="E360" t="s">
-        <v>2012</v>
+        <v>2035</v>
       </c>
       <c r="F360" t="s">
-        <v>2013</v>
+        <v>2036</v>
       </c>
       <c r="G360" t="s">
-        <v>2014</v>
+        <v>1833</v>
       </c>
       <c r="H360">
-        <v>267</v>
+        <v>49</v>
       </c>
       <c r="I360">
-        <v>42</v>
+        <v>18</v>
       </c>
     </row>
     <row r="361" spans="1:9">
       <c r="A361">
-        <v>560</v>
+        <v>723</v>
       </c>
       <c r="B361" t="s">
-        <v>2015</v>
+        <v>2037</v>
       </c>
       <c r="C361" t="s">
-        <v>2016</v>
+        <v>2038</v>
       </c>
       <c r="D361" t="s">
-        <v>2017</v>
+        <v>2039</v>
       </c>
       <c r="E361" t="s">
-        <v>2018</v>
+        <v>2040</v>
       </c>
       <c r="F361" t="s">
-        <v>2019</v>
+        <v>2041</v>
       </c>
       <c r="G361" t="s">
-        <v>2020</v>
+        <v>2042</v>
       </c>
       <c r="H361">
-        <v>677</v>
+        <v>0</v>
       </c>
       <c r="I361">
-        <v>296</v>
+        <v>0</v>
       </c>
     </row>
     <row r="362" spans="1:9">
       <c r="A362">
-        <v>564</v>
+        <v>722</v>
       </c>
       <c r="B362" t="s">
-        <v>2021</v>
+        <v>2043</v>
       </c>
       <c r="C362" t="s">
-        <v>2022</v>
+        <v>2044</v>
       </c>
       <c r="D362" t="s">
-        <v>2023</v>
+        <v>2045</v>
       </c>
       <c r="E362" t="s">
-        <v>2024</v>
+        <v>2046</v>
       </c>
       <c r="F362" t="s">
-        <v>2025</v>
+        <v>2047</v>
       </c>
       <c r="G362" t="s">
-        <v>2026</v>
+        <v>2048</v>
       </c>
       <c r="H362">
         <v>0</v>
       </c>
       <c r="I362">
         <v>0</v>
       </c>
     </row>
     <row r="363" spans="1:9">
       <c r="A363">
-        <v>570</v>
+        <v>721</v>
       </c>
       <c r="B363" t="s">
-        <v>2027</v>
+        <v>689</v>
       </c>
       <c r="C363" t="s">
-        <v>2028</v>
+        <v>2049</v>
       </c>
       <c r="D363" t="s">
-        <v>2029</v>
+        <v>2050</v>
       </c>
       <c r="E363" t="s">
-        <v>2030</v>
+        <v>2051</v>
       </c>
       <c r="F363" t="s">
-        <v>2031</v>
+        <v>2052</v>
       </c>
       <c r="G363" t="s">
-        <v>2032</v>
+        <v>2053</v>
       </c>
       <c r="H363">
-        <v>2</v>
+        <v>206</v>
       </c>
       <c r="I363">
-        <v>0</v>
+        <v>17</v>
       </c>
     </row>
     <row r="364" spans="1:9">
       <c r="A364">
-        <v>559</v>
+        <v>724</v>
       </c>
       <c r="B364" t="s">
-        <v>1224</v>
+        <v>2054</v>
       </c>
       <c r="C364" t="s">
-        <v>2033</v>
+        <v>2055</v>
       </c>
       <c r="D364" t="s">
-        <v>2034</v>
+        <v>2056</v>
       </c>
       <c r="E364" t="s">
-        <v>2035</v>
+        <v>2057</v>
       </c>
       <c r="F364" t="s">
-        <v>2036</v>
+        <v>2058</v>
       </c>
       <c r="G364" t="s">
-        <v>2037</v>
+        <v>2059</v>
       </c>
       <c r="H364">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I364">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="365" spans="1:9">
       <c r="A365">
-        <v>576</v>
+        <v>725</v>
       </c>
       <c r="B365" t="s">
-        <v>2038</v>
+        <v>2060</v>
       </c>
       <c r="C365" t="s">
-        <v>2039</v>
+        <v>2061</v>
       </c>
       <c r="D365" t="s">
-        <v>2040</v>
+        <v>2062</v>
       </c>
       <c r="E365" t="s">
-        <v>2041</v>
+        <v>2063</v>
       </c>
       <c r="F365" t="s">
-        <v>2042</v>
+        <v>2064</v>
       </c>
       <c r="G365" t="s">
-        <v>2043</v>
+        <v>2065</v>
       </c>
       <c r="H365">
-        <v>565</v>
+        <v>1</v>
       </c>
       <c r="I365">
-        <v>45</v>
+        <v>4</v>
       </c>
     </row>
     <row r="366" spans="1:9">
       <c r="A366">
-        <v>558</v>
+        <v>720</v>
       </c>
       <c r="B366" t="s">
-        <v>2044</v>
+        <v>2066</v>
       </c>
       <c r="C366" t="s">
-        <v>2045</v>
+        <v>2067</v>
       </c>
       <c r="D366" t="s">
-        <v>2046</v>
+        <v>2068</v>
       </c>
       <c r="E366" t="s">
-        <v>2047</v>
+        <v>2069</v>
       </c>
       <c r="F366" t="s">
-        <v>2048</v>
+        <v>2070</v>
       </c>
       <c r="G366" t="s">
-        <v>2049</v>
+        <v>2071</v>
       </c>
       <c r="H366">
-        <v>436</v>
+        <v>0</v>
       </c>
       <c r="I366">
-        <v>40</v>
+        <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:9">
       <c r="A367">
-        <v>597</v>
+        <v>718</v>
       </c>
       <c r="B367" t="s">
-        <v>2050</v>
+        <v>1270</v>
       </c>
       <c r="C367" t="s">
-        <v>2051</v>
+        <v>2072</v>
       </c>
       <c r="D367" t="s">
-        <v>2052</v>
+        <v>2073</v>
       </c>
       <c r="E367" t="s">
-        <v>2053</v>
+        <v>2074</v>
       </c>
       <c r="F367" t="s">
-        <v>2054</v>
+        <v>2075</v>
       </c>
       <c r="G367" t="s">
-        <v>2055</v>
+        <v>2076</v>
       </c>
       <c r="H367">
-        <v>3</v>
+        <v>64</v>
       </c>
       <c r="I367">
-        <v>1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="368" spans="1:9">
       <c r="A368">
-        <v>554</v>
+        <v>719</v>
       </c>
       <c r="B368" t="s">
-        <v>2056</v>
+        <v>2077</v>
       </c>
       <c r="C368" t="s">
-        <v>2057</v>
+        <v>2078</v>
       </c>
       <c r="D368" t="s">
-        <v>2058</v>
+        <v>2079</v>
       </c>
       <c r="E368" t="s">
-        <v>2059</v>
+        <v>2080</v>
       </c>
       <c r="F368" t="s">
-        <v>2060</v>
+        <v>2081</v>
       </c>
       <c r="G368" t="s">
-        <v>2061</v>
+        <v>2082</v>
       </c>
       <c r="H368">
         <v>0</v>
       </c>
       <c r="I368">
         <v>0</v>
       </c>
     </row>
     <row r="369" spans="1:9">
       <c r="A369">
-        <v>556</v>
+        <v>717</v>
       </c>
       <c r="B369" t="s">
-        <v>2062</v>
+        <v>747</v>
       </c>
       <c r="C369" t="s">
-        <v>2063</v>
+        <v>2083</v>
       </c>
       <c r="D369" t="s">
-        <v>2064</v>
+        <v>2084</v>
       </c>
       <c r="E369" t="s">
-        <v>2065</v>
+        <v>2085</v>
       </c>
       <c r="F369" t="s">
-        <v>2066</v>
+        <v>2086</v>
       </c>
       <c r="G369" t="s">
-        <v>2067</v>
+        <v>2087</v>
       </c>
       <c r="H369">
         <v>0</v>
       </c>
       <c r="I369">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:9">
       <c r="A370">
-        <v>557</v>
+        <v>716</v>
       </c>
       <c r="B370" t="s">
-        <v>2068</v>
+        <v>1007</v>
       </c>
       <c r="C370" t="s">
-        <v>2069</v>
+        <v>2088</v>
       </c>
       <c r="D370" t="s">
-        <v>2070</v>
+        <v>2089</v>
       </c>
       <c r="E370" t="s">
-        <v>2071</v>
+        <v>2090</v>
       </c>
       <c r="F370" t="s">
-        <v>2072</v>
+        <v>2091</v>
       </c>
       <c r="G370" t="s">
-        <v>2073</v>
+        <v>2092</v>
       </c>
       <c r="H370">
         <v>0</v>
       </c>
       <c r="I370">
         <v>0</v>
       </c>
     </row>
     <row r="371" spans="1:9">
       <c r="A371">
-        <v>552</v>
+        <v>715</v>
       </c>
       <c r="B371" t="s">
-        <v>1854</v>
+        <v>2093</v>
       </c>
       <c r="C371" t="s">
-        <v>2074</v>
+        <v>2094</v>
       </c>
       <c r="D371" t="s">
-        <v>2075</v>
+        <v>2095</v>
       </c>
       <c r="E371" t="s">
-        <v>2076</v>
+        <v>2096</v>
       </c>
       <c r="F371" t="s">
-        <v>2077</v>
+        <v>2097</v>
       </c>
       <c r="G371" t="s">
-        <v>2078</v>
+        <v>2098</v>
       </c>
       <c r="H371">
-        <v>51</v>
+        <v>104</v>
       </c>
       <c r="I371">
-        <v>4</v>
+        <v>24</v>
       </c>
     </row>
     <row r="372" spans="1:9">
       <c r="A372">
-        <v>555</v>
+        <v>711</v>
       </c>
       <c r="B372" t="s">
-        <v>2079</v>
+        <v>2099</v>
       </c>
       <c r="C372" t="s">
-        <v>2080</v>
+        <v>2100</v>
       </c>
       <c r="D372" t="s">
-        <v>2081</v>
+        <v>2101</v>
       </c>
       <c r="E372" t="s">
-        <v>2082</v>
+        <v>2102</v>
       </c>
       <c r="F372" t="s">
-        <v>2083</v>
+        <v>2103</v>
       </c>
       <c r="G372" t="s">
-        <v>2084</v>
+        <v>2104</v>
       </c>
       <c r="H372">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I372">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="373" spans="1:9">
       <c r="A373">
-        <v>569</v>
+        <v>712</v>
       </c>
       <c r="B373" t="s">
-        <v>2085</v>
+        <v>2105</v>
       </c>
       <c r="C373" t="s">
-        <v>2086</v>
+        <v>2106</v>
       </c>
       <c r="D373" t="s">
-        <v>2087</v>
+        <v>2107</v>
       </c>
       <c r="E373" t="s">
-        <v>2088</v>
+        <v>2108</v>
       </c>
       <c r="F373" t="s">
-        <v>2089</v>
+        <v>2109</v>
       </c>
       <c r="G373" t="s">
-        <v>2090</v>
+        <v>2110</v>
       </c>
       <c r="H373">
         <v>0</v>
       </c>
       <c r="I373">
         <v>0</v>
       </c>
     </row>
     <row r="374" spans="1:9">
       <c r="A374">
-        <v>548</v>
+        <v>714</v>
       </c>
       <c r="B374" t="s">
-        <v>2091</v>
+        <v>2111</v>
       </c>
       <c r="C374" t="s">
-        <v>2092</v>
+        <v>2112</v>
       </c>
       <c r="D374" t="s">
-        <v>2093</v>
+        <v>2113</v>
       </c>
       <c r="E374" t="s">
-        <v>2094</v>
+        <v>2114</v>
       </c>
       <c r="F374" t="s">
-        <v>2095</v>
+        <v>2115</v>
       </c>
       <c r="G374" t="s">
-        <v>2096</v>
+        <v>2116</v>
       </c>
       <c r="H374">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="I374">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="375" spans="1:9">
       <c r="A375">
-        <v>549</v>
+        <v>709</v>
       </c>
       <c r="B375" t="s">
-        <v>909</v>
+        <v>86</v>
       </c>
       <c r="C375" t="s">
-        <v>2097</v>
+        <v>2117</v>
       </c>
       <c r="D375" t="s">
-        <v>2098</v>
+        <v>2118</v>
       </c>
       <c r="E375" t="s">
-        <v>2099</v>
+        <v>2119</v>
       </c>
       <c r="F375" t="s">
-        <v>2100</v>
+        <v>2120</v>
       </c>
       <c r="G375" t="s">
-        <v>2101</v>
+        <v>2121</v>
       </c>
       <c r="H375">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="I375">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="376" spans="1:9">
       <c r="A376">
-        <v>547</v>
+        <v>708</v>
       </c>
       <c r="B376" t="s">
-        <v>2102</v>
+        <v>2122</v>
       </c>
       <c r="C376" t="s">
-        <v>2103</v>
+        <v>2123</v>
       </c>
       <c r="D376" t="s">
-        <v>2104</v>
+        <v>2124</v>
       </c>
       <c r="E376" t="s">
-        <v>2105</v>
+        <v>2125</v>
       </c>
       <c r="F376" t="s">
-        <v>2106</v>
+        <v>2126</v>
       </c>
       <c r="G376" t="s">
-        <v>2107</v>
+        <v>2127</v>
       </c>
       <c r="H376">
-        <v>248</v>
+        <v>1</v>
       </c>
       <c r="I376">
-        <v>1044</v>
+        <v>0</v>
       </c>
     </row>
     <row r="377" spans="1:9">
       <c r="A377">
-        <v>550</v>
+        <v>706</v>
       </c>
       <c r="B377" t="s">
-        <v>2108</v>
+        <v>2128</v>
       </c>
       <c r="C377" t="s">
-        <v>2109</v>
+        <v>2129</v>
       </c>
       <c r="D377" t="s">
-        <v>2110</v>
+        <v>2130</v>
       </c>
       <c r="E377" t="s">
-        <v>2111</v>
+        <v>2131</v>
       </c>
       <c r="F377" t="s">
-        <v>2112</v>
+        <v>2132</v>
       </c>
       <c r="G377" t="s">
-        <v>2113</v>
+        <v>2133</v>
       </c>
       <c r="H377">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I377">
         <v>0</v>
       </c>
     </row>
     <row r="378" spans="1:9">
       <c r="A378">
-        <v>553</v>
+        <v>705</v>
       </c>
       <c r="B378" t="s">
-        <v>2114</v>
+        <v>1270</v>
       </c>
       <c r="C378" t="s">
-        <v>2115</v>
+        <v>2134</v>
       </c>
       <c r="D378" t="s">
-        <v>2116</v>
+        <v>2135</v>
       </c>
       <c r="E378" t="s">
-        <v>2117</v>
+        <v>2136</v>
       </c>
       <c r="F378" t="s">
-        <v>2118</v>
+        <v>2137</v>
       </c>
       <c r="G378" t="s">
-        <v>2119</v>
+        <v>1275</v>
       </c>
       <c r="H378">
-        <v>9870</v>
+        <v>2621</v>
       </c>
       <c r="I378">
-        <v>738</v>
+        <v>104</v>
       </c>
     </row>
     <row r="379" spans="1:9">
       <c r="A379">
-        <v>551</v>
+        <v>707</v>
       </c>
       <c r="B379" t="s">
-        <v>2120</v>
+        <v>2138</v>
       </c>
       <c r="C379" t="s">
-        <v>2121</v>
+        <v>2139</v>
       </c>
       <c r="D379" t="s">
-        <v>2122</v>
+        <v>2140</v>
       </c>
       <c r="E379" t="s">
-        <v>2123</v>
+        <v>2141</v>
       </c>
       <c r="F379" t="s">
-        <v>2124</v>
+        <v>2142</v>
       </c>
       <c r="G379" t="s">
-        <v>2125</v>
+        <v>2143</v>
       </c>
       <c r="H379">
-        <v>0</v>
+        <v>238</v>
       </c>
       <c r="I379">
-        <v>0</v>
+        <v>21</v>
       </c>
     </row>
     <row r="380" spans="1:9">
       <c r="A380">
-        <v>545</v>
+        <v>702</v>
       </c>
       <c r="B380" t="s">
-        <v>2126</v>
+        <v>1811</v>
       </c>
       <c r="C380" t="s">
-        <v>2127</v>
+        <v>2144</v>
       </c>
       <c r="D380" t="s">
-        <v>2128</v>
+        <v>2145</v>
       </c>
       <c r="E380" t="s">
-        <v>2129</v>
+        <v>2146</v>
       </c>
       <c r="F380" t="s">
-        <v>2130</v>
+        <v>2147</v>
       </c>
       <c r="G380" t="s">
-        <v>2131</v>
+        <v>2148</v>
       </c>
       <c r="H380">
         <v>0</v>
       </c>
       <c r="I380">
         <v>0</v>
       </c>
     </row>
     <row r="381" spans="1:9">
       <c r="A381">
-        <v>544</v>
+        <v>704</v>
       </c>
       <c r="B381" t="s">
-        <v>2132</v>
+        <v>2149</v>
       </c>
       <c r="C381" t="s">
-        <v>2133</v>
+        <v>2150</v>
       </c>
       <c r="D381" t="s">
-        <v>2134</v>
+        <v>2151</v>
       </c>
       <c r="E381" t="s">
-        <v>2135</v>
+        <v>2152</v>
       </c>
       <c r="F381" t="s">
-        <v>2136</v>
+        <v>2153</v>
       </c>
       <c r="G381" t="s">
-        <v>2137</v>
+        <v>2154</v>
       </c>
       <c r="H381">
-        <v>3808</v>
+        <v>107</v>
       </c>
       <c r="I381">
-        <v>1583</v>
+        <v>17</v>
       </c>
     </row>
     <row r="382" spans="1:9">
       <c r="A382">
-        <v>542</v>
+        <v>713</v>
       </c>
       <c r="B382" t="s">
-        <v>2138</v>
+        <v>2155</v>
       </c>
       <c r="C382" t="s">
-        <v>2139</v>
+        <v>2156</v>
       </c>
       <c r="D382" t="s">
-        <v>2140</v>
+        <v>2157</v>
       </c>
       <c r="E382" t="s">
-        <v>2141</v>
+        <v>2158</v>
       </c>
       <c r="F382" t="s">
-        <v>2142</v>
+        <v>2159</v>
       </c>
       <c r="G382" t="s">
-        <v>2143</v>
+        <v>2160</v>
       </c>
       <c r="H382">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I382">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="383" spans="1:9">
       <c r="A383">
-        <v>541</v>
+        <v>710</v>
       </c>
       <c r="B383" t="s">
-        <v>2144</v>
+        <v>2161</v>
       </c>
       <c r="C383" t="s">
-        <v>2145</v>
+        <v>2162</v>
       </c>
       <c r="D383" t="s">
-        <v>2146</v>
+        <v>2163</v>
       </c>
       <c r="E383" t="s">
-        <v>2147</v>
+        <v>2164</v>
       </c>
       <c r="F383" t="s">
-        <v>2148</v>
+        <v>2165</v>
       </c>
       <c r="G383" t="s">
-        <v>2149</v>
+        <v>2166</v>
       </c>
       <c r="H383">
-        <v>3</v>
+        <v>130</v>
       </c>
       <c r="I383">
-        <v>0</v>
+        <v>28</v>
       </c>
     </row>
     <row r="384" spans="1:9">
       <c r="A384">
-        <v>540</v>
+        <v>701</v>
       </c>
       <c r="B384" t="s">
-        <v>1224</v>
+        <v>277</v>
       </c>
       <c r="C384" t="s">
-        <v>2150</v>
+        <v>2167</v>
       </c>
       <c r="D384" t="s">
-        <v>2151</v>
+        <v>2168</v>
       </c>
       <c r="E384" t="s">
-        <v>2152</v>
+        <v>2169</v>
       </c>
       <c r="F384" t="s">
-        <v>2153</v>
+        <v>2170</v>
       </c>
       <c r="G384" t="s">
-        <v>2154</v>
+        <v>2171</v>
       </c>
       <c r="H384">
-        <v>4</v>
+        <v>6506</v>
       </c>
       <c r="I384">
-        <v>0</v>
+        <v>456</v>
       </c>
     </row>
     <row r="385" spans="1:9">
       <c r="A385">
-        <v>543</v>
+        <v>695</v>
       </c>
       <c r="B385" t="s">
-        <v>2155</v>
+        <v>2172</v>
       </c>
       <c r="C385" t="s">
-        <v>2156</v>
+        <v>2173</v>
       </c>
       <c r="D385" t="s">
-        <v>2157</v>
+        <v>2174</v>
       </c>
       <c r="E385" t="s">
-        <v>2158</v>
+        <v>2175</v>
       </c>
       <c r="F385" t="s">
-        <v>2159</v>
+        <v>2176</v>
       </c>
       <c r="G385" t="s">
-        <v>2160</v>
+        <v>2177</v>
       </c>
       <c r="H385">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="I385">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="386" spans="1:9">
       <c r="A386">
-        <v>538</v>
+        <v>703</v>
       </c>
       <c r="B386" t="s">
-        <v>2161</v>
+        <v>2043</v>
       </c>
       <c r="C386" t="s">
-        <v>2162</v>
+        <v>2178</v>
       </c>
       <c r="D386" t="s">
-        <v>2163</v>
+        <v>2179</v>
       </c>
       <c r="E386" t="s">
-        <v>2164</v>
+        <v>2180</v>
       </c>
       <c r="F386" t="s">
-        <v>2165</v>
+        <v>2181</v>
       </c>
       <c r="G386" t="s">
-        <v>2166</v>
+        <v>2182</v>
       </c>
       <c r="H386">
-        <v>144</v>
+        <v>0</v>
       </c>
       <c r="I386">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="387" spans="1:9">
       <c r="A387">
-        <v>534</v>
+        <v>692</v>
       </c>
       <c r="B387" t="s">
-        <v>2167</v>
+        <v>579</v>
       </c>
       <c r="C387" t="s">
-        <v>2168</v>
+        <v>2183</v>
       </c>
       <c r="D387" t="s">
-        <v>2169</v>
+        <v>2184</v>
       </c>
       <c r="E387" t="s">
-        <v>2170</v>
+        <v>2185</v>
       </c>
       <c r="F387" t="s">
-        <v>2171</v>
+        <v>2186</v>
       </c>
       <c r="G387" t="s">
-        <v>2172</v>
+        <v>584</v>
       </c>
       <c r="H387">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I387">
-        <v>0</v>
+        <v>776</v>
       </c>
     </row>
     <row r="388" spans="1:9">
       <c r="A388">
-        <v>539</v>
+        <v>696</v>
       </c>
       <c r="B388" t="s">
-        <v>2173</v>
+        <v>2187</v>
       </c>
       <c r="C388" t="s">
-        <v>2174</v>
+        <v>2188</v>
       </c>
       <c r="D388" t="s">
-        <v>2175</v>
+        <v>2189</v>
       </c>
       <c r="E388" t="s">
-        <v>2176</v>
+        <v>2190</v>
       </c>
       <c r="F388" t="s">
-        <v>2177</v>
+        <v>2191</v>
       </c>
       <c r="G388" t="s">
-        <v>2178</v>
+        <v>2192</v>
       </c>
       <c r="H388">
-        <v>137</v>
+        <v>1</v>
       </c>
       <c r="I388">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="389" spans="1:9">
       <c r="A389">
-        <v>537</v>
+        <v>690</v>
       </c>
       <c r="B389" t="s">
-        <v>2179</v>
+        <v>2193</v>
       </c>
       <c r="C389" t="s">
-        <v>2180</v>
+        <v>1442</v>
       </c>
       <c r="D389" t="s">
-        <v>528</v>
+        <v>1442</v>
       </c>
       <c r="E389" t="s">
-        <v>2181</v>
+        <v>2194</v>
       </c>
       <c r="F389" t="s">
-        <v>2182</v>
+        <v>2195</v>
       </c>
       <c r="G389" t="s">
-        <v>2183</v>
+        <v>2196</v>
       </c>
       <c r="H389">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I389">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="390" spans="1:9">
       <c r="A390">
-        <v>533</v>
+        <v>699</v>
       </c>
       <c r="B390" t="s">
-        <v>1184</v>
+        <v>2197</v>
       </c>
       <c r="C390" t="s">
-        <v>2184</v>
+        <v>2198</v>
       </c>
       <c r="D390" t="s">
-        <v>2185</v>
+        <v>2199</v>
       </c>
       <c r="E390" t="s">
-        <v>2186</v>
+        <v>2200</v>
       </c>
       <c r="F390" t="s">
-        <v>2187</v>
+        <v>2201</v>
       </c>
       <c r="G390" t="s">
-        <v>2188</v>
+        <v>2202</v>
       </c>
       <c r="H390">
-        <v>3</v>
+        <v>92</v>
       </c>
       <c r="I390">
-        <v>4</v>
+        <v>36</v>
       </c>
     </row>
     <row r="391" spans="1:9">
       <c r="A391">
-        <v>536</v>
+        <v>684</v>
       </c>
       <c r="B391" t="s">
-        <v>2189</v>
+        <v>2203</v>
       </c>
       <c r="C391" t="s">
-        <v>2190</v>
+        <v>2204</v>
       </c>
       <c r="D391" t="s">
-        <v>2191</v>
+        <v>2205</v>
       </c>
       <c r="E391" t="s">
-        <v>2192</v>
+        <v>2206</v>
       </c>
       <c r="F391" t="s">
-        <v>2193</v>
+        <v>2207</v>
       </c>
       <c r="G391" t="s">
-        <v>2194</v>
+        <v>2208</v>
       </c>
       <c r="H391">
-        <v>1</v>
+        <v>217</v>
       </c>
       <c r="I391">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="392" spans="1:9">
       <c r="A392">
-        <v>535</v>
+        <v>688</v>
       </c>
       <c r="B392" t="s">
-        <v>2195</v>
+        <v>1270</v>
       </c>
       <c r="C392" t="s">
-        <v>2196</v>
+        <v>2209</v>
       </c>
       <c r="D392" t="s">
-        <v>2197</v>
+        <v>2210</v>
       </c>
       <c r="E392" t="s">
-        <v>2198</v>
+        <v>2211</v>
       </c>
       <c r="F392" t="s">
-        <v>2199</v>
+        <v>2212</v>
       </c>
       <c r="G392" t="s">
-        <v>2200</v>
+        <v>1275</v>
       </c>
       <c r="H392">
-        <v>0</v>
+        <v>246</v>
       </c>
       <c r="I392">
-        <v>0</v>
+        <v>60</v>
       </c>
     </row>
     <row r="393" spans="1:9">
       <c r="A393">
-        <v>546</v>
+        <v>687</v>
       </c>
       <c r="B393" t="s">
-        <v>2201</v>
+        <v>2213</v>
       </c>
       <c r="C393" t="s">
-        <v>2202</v>
+        <v>2214</v>
       </c>
       <c r="D393" t="s">
-        <v>2203</v>
+        <v>2215</v>
       </c>
       <c r="E393" t="s">
-        <v>2204</v>
+        <v>2216</v>
       </c>
       <c r="F393" t="s">
-        <v>2205</v>
+        <v>2217</v>
       </c>
       <c r="G393" t="s">
-        <v>2206</v>
+        <v>2218</v>
       </c>
       <c r="H393">
+        <v>42</v>
+      </c>
+      <c r="I393">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="394" spans="1:9">
       <c r="A394">
-        <v>531</v>
+        <v>685</v>
       </c>
       <c r="B394" t="s">
-        <v>2207</v>
+        <v>2219</v>
       </c>
       <c r="C394" t="s">
-        <v>2208</v>
+        <v>2220</v>
       </c>
       <c r="D394" t="s">
-        <v>2209</v>
+        <v>2221</v>
       </c>
       <c r="E394" t="s">
-        <v>2210</v>
+        <v>2222</v>
       </c>
       <c r="F394" t="s">
-        <v>2211</v>
+        <v>2223</v>
       </c>
       <c r="G394" t="s">
-        <v>2212</v>
+        <v>2224</v>
       </c>
       <c r="H394">
         <v>0</v>
       </c>
       <c r="I394">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="395" spans="1:9">
       <c r="A395">
-        <v>532</v>
+        <v>698</v>
       </c>
       <c r="B395" t="s">
-        <v>2213</v>
+        <v>2225</v>
       </c>
       <c r="C395" t="s">
-        <v>2214</v>
+        <v>2226</v>
       </c>
       <c r="D395" t="s">
-        <v>2215</v>
+        <v>2227</v>
       </c>
       <c r="E395" t="s">
-        <v>2216</v>
+        <v>2228</v>
       </c>
       <c r="F395" t="s">
-        <v>2217</v>
+        <v>2229</v>
       </c>
       <c r="G395" t="s">
-        <v>2218</v>
+        <v>2230</v>
       </c>
       <c r="H395">
-        <v>270</v>
+        <v>4480</v>
       </c>
       <c r="I395">
-        <v>10</v>
+        <v>331</v>
       </c>
     </row>
     <row r="396" spans="1:9">
       <c r="A396">
-        <v>528</v>
+        <v>691</v>
       </c>
       <c r="B396" t="s">
-        <v>353</v>
+        <v>1042</v>
       </c>
       <c r="C396" t="s">
-        <v>2219</v>
+        <v>2231</v>
       </c>
       <c r="D396" t="s">
-        <v>2220</v>
+        <v>2232</v>
       </c>
       <c r="E396" t="s">
-        <v>2221</v>
+        <v>2233</v>
       </c>
       <c r="F396" t="s">
-        <v>2222</v>
+        <v>2234</v>
       </c>
       <c r="G396" t="s">
-        <v>358</v>
+        <v>1047</v>
       </c>
       <c r="H396">
-        <v>103</v>
+        <v>49</v>
       </c>
       <c r="I396">
-        <v>4</v>
+        <v>16</v>
       </c>
     </row>
     <row r="397" spans="1:9">
       <c r="A397">
-        <v>529</v>
+        <v>694</v>
       </c>
       <c r="B397" t="s">
-        <v>2223</v>
+        <v>671</v>
       </c>
       <c r="C397" t="s">
-        <v>2224</v>
+        <v>2235</v>
       </c>
       <c r="D397" t="s">
-        <v>2225</v>
+        <v>2236</v>
       </c>
       <c r="E397" t="s">
-        <v>2226</v>
+        <v>2237</v>
       </c>
       <c r="F397" t="s">
-        <v>2227</v>
+        <v>2238</v>
       </c>
       <c r="G397" t="s">
-        <v>2228</v>
+        <v>2239</v>
       </c>
       <c r="H397">
-        <v>8</v>
+        <v>393</v>
       </c>
       <c r="I397">
-        <v>0</v>
+        <v>93</v>
       </c>
     </row>
     <row r="398" spans="1:9">
       <c r="A398">
-        <v>530</v>
+        <v>686</v>
       </c>
       <c r="B398" t="s">
-        <v>2229</v>
+        <v>2240</v>
       </c>
       <c r="C398" t="s">
-        <v>2230</v>
+        <v>2241</v>
       </c>
       <c r="D398" t="s">
-        <v>2231</v>
+        <v>2242</v>
       </c>
       <c r="E398" t="s">
-        <v>2232</v>
+        <v>2243</v>
       </c>
       <c r="F398" t="s">
-        <v>2233</v>
+        <v>2244</v>
       </c>
       <c r="G398" t="s">
-        <v>2234</v>
+        <v>2245</v>
       </c>
       <c r="H398">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="I398">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="399" spans="1:9">
       <c r="A399">
-        <v>527</v>
+        <v>680</v>
       </c>
       <c r="B399" t="s">
-        <v>2235</v>
+        <v>2246</v>
       </c>
       <c r="C399" t="s">
-        <v>2236</v>
+        <v>2247</v>
       </c>
       <c r="D399" t="s">
-        <v>528</v>
+        <v>2248</v>
       </c>
       <c r="E399" t="s">
-        <v>2237</v>
+        <v>2249</v>
       </c>
       <c r="F399" t="s">
-        <v>2238</v>
+        <v>2250</v>
       </c>
       <c r="G399" t="s">
-        <v>2239</v>
+        <v>2251</v>
       </c>
       <c r="H399">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="I399">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="400" spans="1:9">
       <c r="A400">
-        <v>524</v>
+        <v>681</v>
       </c>
       <c r="B400" t="s">
-        <v>2240</v>
+        <v>1936</v>
       </c>
       <c r="C400" t="s">
-        <v>2241</v>
+        <v>2252</v>
       </c>
       <c r="D400" t="s">
-        <v>2242</v>
+        <v>2253</v>
       </c>
       <c r="E400" t="s">
-        <v>2243</v>
+        <v>2254</v>
       </c>
       <c r="F400" t="s">
-        <v>2244</v>
+        <v>2255</v>
       </c>
       <c r="G400" t="s">
-        <v>2245</v>
+        <v>2256</v>
       </c>
       <c r="H400">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="I400">
         <v>0</v>
       </c>
     </row>
     <row r="401" spans="1:9">
       <c r="A401">
-        <v>525</v>
+        <v>693</v>
       </c>
       <c r="B401" t="s">
-        <v>2246</v>
+        <v>1042</v>
       </c>
       <c r="C401" t="s">
-        <v>2247</v>
+        <v>2257</v>
       </c>
       <c r="D401" t="s">
-        <v>2248</v>
+        <v>2258</v>
       </c>
       <c r="E401" t="s">
-        <v>2249</v>
+        <v>2259</v>
       </c>
       <c r="F401" t="s">
-        <v>2250</v>
+        <v>2260</v>
       </c>
       <c r="G401" t="s">
-        <v>2251</v>
+        <v>2261</v>
       </c>
       <c r="H401">
-        <v>0</v>
+        <v>33</v>
       </c>
       <c r="I401">
-        <v>0</v>
+        <v>43</v>
       </c>
     </row>
     <row r="402" spans="1:9">
       <c r="A402">
-        <v>526</v>
+        <v>679</v>
       </c>
       <c r="B402" t="s">
-        <v>2252</v>
+        <v>2262</v>
       </c>
       <c r="C402" t="s">
-        <v>2253</v>
+        <v>2263</v>
       </c>
       <c r="D402" t="s">
-        <v>2254</v>
+        <v>2264</v>
       </c>
       <c r="E402" t="s">
-        <v>2255</v>
+        <v>2265</v>
       </c>
       <c r="F402" t="s">
-        <v>2256</v>
+        <v>2266</v>
       </c>
       <c r="G402" t="s">
-        <v>2257</v>
+        <v>2267</v>
       </c>
       <c r="H402">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="I402">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="403" spans="1:9">
       <c r="A403">
-        <v>521</v>
+        <v>682</v>
       </c>
       <c r="B403" t="s">
-        <v>2258</v>
+        <v>1288</v>
       </c>
       <c r="C403" t="s">
-        <v>2259</v>
+        <v>2268</v>
       </c>
       <c r="D403" t="s">
-        <v>528</v>
+        <v>2269</v>
       </c>
       <c r="E403" t="s">
-        <v>2260</v>
+        <v>2270</v>
       </c>
       <c r="F403" t="s">
-        <v>2261</v>
+        <v>2271</v>
       </c>
       <c r="G403" t="s">
-        <v>2262</v>
+        <v>2272</v>
       </c>
       <c r="H403">
-        <v>2</v>
+        <v>65</v>
       </c>
       <c r="I403">
         <v>0</v>
       </c>
     </row>
     <row r="404" spans="1:9">
       <c r="A404">
-        <v>523</v>
+        <v>689</v>
       </c>
       <c r="B404" t="s">
-        <v>2263</v>
+        <v>1270</v>
       </c>
       <c r="C404" t="s">
-        <v>2264</v>
+        <v>2273</v>
       </c>
       <c r="D404" t="s">
-        <v>2265</v>
+        <v>2274</v>
       </c>
       <c r="E404" t="s">
-        <v>2266</v>
+        <v>2275</v>
       </c>
       <c r="F404" t="s">
-        <v>2267</v>
+        <v>2276</v>
       </c>
       <c r="G404" t="s">
-        <v>2268</v>
+        <v>1275</v>
       </c>
       <c r="H404">
+        <v>171</v>
+      </c>
+      <c r="I404">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="405" spans="1:9">
       <c r="A405">
-        <v>520</v>
+        <v>677</v>
       </c>
       <c r="B405" t="s">
-        <v>2269</v>
+        <v>795</v>
       </c>
       <c r="C405" t="s">
-        <v>2270</v>
+        <v>2277</v>
       </c>
       <c r="D405" t="s">
-        <v>528</v>
+        <v>2278</v>
       </c>
       <c r="E405" t="s">
-        <v>2271</v>
+        <v>2279</v>
       </c>
       <c r="F405" t="s">
-        <v>2272</v>
+        <v>2280</v>
       </c>
       <c r="G405" t="s">
-        <v>2273</v>
+        <v>2281</v>
       </c>
       <c r="H405">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="I405">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="406" spans="1:9">
       <c r="A406">
-        <v>516</v>
+        <v>676</v>
       </c>
       <c r="B406" t="s">
-        <v>2274</v>
+        <v>2282</v>
       </c>
       <c r="C406" t="s">
-        <v>2275</v>
+        <v>2283</v>
       </c>
       <c r="D406" t="s">
-        <v>2276</v>
+        <v>2284</v>
       </c>
       <c r="E406" t="s">
-        <v>2277</v>
+        <v>2285</v>
       </c>
       <c r="F406" t="s">
-        <v>2278</v>
+        <v>2286</v>
       </c>
       <c r="G406" t="s">
-        <v>2279</v>
+        <v>2287</v>
       </c>
       <c r="H406">
-        <v>88</v>
+        <v>0</v>
       </c>
       <c r="I406">
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="407" spans="1:9">
       <c r="A407">
-        <v>519</v>
+        <v>678</v>
       </c>
       <c r="B407" t="s">
-        <v>2280</v>
+        <v>2288</v>
       </c>
       <c r="C407" t="s">
-        <v>2281</v>
+        <v>2289</v>
       </c>
       <c r="D407" t="s">
-        <v>2282</v>
+        <v>2290</v>
       </c>
       <c r="E407" t="s">
-        <v>2283</v>
+        <v>2291</v>
       </c>
       <c r="F407" t="s">
-        <v>2284</v>
+        <v>2292</v>
       </c>
       <c r="G407" t="s">
-        <v>2285</v>
+        <v>2293</v>
       </c>
       <c r="H407">
-        <v>1</v>
+        <v>302</v>
       </c>
       <c r="I407">
-        <v>0</v>
+        <v>18</v>
       </c>
     </row>
     <row r="408" spans="1:9">
       <c r="A408">
-        <v>518</v>
+        <v>675</v>
       </c>
       <c r="B408" t="s">
-        <v>2286</v>
+        <v>2294</v>
       </c>
       <c r="C408" t="s">
-        <v>2287</v>
+        <v>2295</v>
       </c>
       <c r="D408" t="s">
-        <v>2288</v>
+        <v>2296</v>
       </c>
       <c r="E408" t="s">
-        <v>2289</v>
+        <v>2297</v>
       </c>
       <c r="F408" t="s">
-        <v>2290</v>
+        <v>2298</v>
       </c>
       <c r="G408" t="s">
-        <v>2291</v>
+        <v>2299</v>
       </c>
       <c r="H408">
         <v>1</v>
       </c>
       <c r="I408">
         <v>0</v>
       </c>
     </row>
     <row r="409" spans="1:9">
       <c r="A409">
-        <v>522</v>
+        <v>674</v>
       </c>
       <c r="B409" t="s">
-        <v>1224</v>
+        <v>2300</v>
       </c>
       <c r="C409" t="s">
-        <v>2292</v>
+        <v>2301</v>
       </c>
       <c r="D409" t="s">
-        <v>2293</v>
+        <v>2302</v>
       </c>
       <c r="E409" t="s">
-        <v>2294</v>
+        <v>2303</v>
       </c>
       <c r="F409" t="s">
-        <v>2295</v>
+        <v>2304</v>
       </c>
       <c r="G409" t="s">
-        <v>2296</v>
+        <v>2305</v>
       </c>
       <c r="H409">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="I409">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="410" spans="1:9">
       <c r="A410">
-        <v>514</v>
+        <v>673</v>
       </c>
       <c r="B410" t="s">
-        <v>2297</v>
+        <v>2306</v>
       </c>
       <c r="C410" t="s">
-        <v>2298</v>
+        <v>1442</v>
       </c>
       <c r="D410" t="s">
-        <v>2299</v>
+        <v>1442</v>
       </c>
       <c r="E410" t="s">
-        <v>2300</v>
+        <v>2307</v>
       </c>
       <c r="F410" t="s">
-        <v>2301</v>
+        <v>2308</v>
       </c>
       <c r="G410" t="s">
-        <v>2302</v>
+        <v>2309</v>
       </c>
       <c r="H410">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="I410">
-        <v>9</v>
+        <v>0</v>
       </c>
     </row>
     <row r="411" spans="1:9">
       <c r="A411">
-        <v>513</v>
+        <v>683</v>
       </c>
       <c r="B411" t="s">
-        <v>2303</v>
+        <v>2310</v>
       </c>
       <c r="C411" t="s">
-        <v>2304</v>
+        <v>2311</v>
       </c>
       <c r="D411" t="s">
-        <v>2305</v>
+        <v>2312</v>
       </c>
       <c r="E411" t="s">
-        <v>2306</v>
+        <v>2313</v>
       </c>
       <c r="F411" t="s">
-        <v>2307</v>
+        <v>2314</v>
       </c>
       <c r="G411" t="s">
-        <v>2308</v>
+        <v>2315</v>
       </c>
       <c r="H411">
-        <v>162</v>
+        <v>3</v>
       </c>
       <c r="I411">
-        <v>26</v>
+        <v>0</v>
       </c>
     </row>
     <row r="412" spans="1:9">
       <c r="A412">
-        <v>512</v>
+        <v>671</v>
       </c>
       <c r="B412" t="s">
-        <v>2309</v>
+        <v>2316</v>
       </c>
       <c r="C412" t="s">
-        <v>2310</v>
+        <v>2317</v>
       </c>
       <c r="D412" t="s">
-        <v>2311</v>
+        <v>2318</v>
       </c>
       <c r="E412" t="s">
-        <v>2312</v>
+        <v>2319</v>
       </c>
       <c r="F412" t="s">
-        <v>2313</v>
+        <v>2320</v>
       </c>
       <c r="G412" t="s">
-        <v>2314</v>
+        <v>2321</v>
       </c>
       <c r="H412">
-        <v>301</v>
+        <v>20</v>
       </c>
       <c r="I412">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="413" spans="1:9">
       <c r="A413">
-        <v>508</v>
+        <v>672</v>
       </c>
       <c r="B413" t="s">
-        <v>2315</v>
+        <v>2322</v>
       </c>
       <c r="C413" t="s">
-        <v>2316</v>
+        <v>2323</v>
       </c>
       <c r="D413" t="s">
-        <v>2317</v>
+        <v>2324</v>
       </c>
       <c r="E413" t="s">
-        <v>2318</v>
+        <v>2325</v>
       </c>
       <c r="F413" t="s">
-        <v>2319</v>
+        <v>2326</v>
       </c>
       <c r="G413" t="s">
-        <v>2320</v>
+        <v>2327</v>
       </c>
       <c r="H413">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I413">
         <v>0</v>
       </c>
     </row>
     <row r="414" spans="1:9">
       <c r="A414">
-        <v>510</v>
+        <v>668</v>
       </c>
       <c r="B414" t="s">
-        <v>2321</v>
+        <v>2328</v>
       </c>
       <c r="C414" t="s">
-        <v>2322</v>
+        <v>2329</v>
       </c>
       <c r="D414" t="s">
-        <v>2323</v>
+        <v>2330</v>
       </c>
       <c r="E414" t="s">
-        <v>2324</v>
+        <v>2331</v>
       </c>
       <c r="F414" t="s">
-        <v>2325</v>
+        <v>2332</v>
       </c>
       <c r="G414" t="s">
-        <v>2326</v>
+        <v>2333</v>
       </c>
       <c r="H414">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I414">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="415" spans="1:9">
       <c r="A415">
-        <v>517</v>
+        <v>669</v>
       </c>
       <c r="B415" t="s">
-        <v>251</v>
+        <v>2334</v>
       </c>
       <c r="C415" t="s">
-        <v>2327</v>
+        <v>2335</v>
       </c>
       <c r="D415" t="s">
-        <v>2328</v>
+        <v>2336</v>
       </c>
       <c r="E415" t="s">
-        <v>2329</v>
+        <v>2337</v>
       </c>
       <c r="F415" t="s">
-        <v>2330</v>
+        <v>2338</v>
       </c>
       <c r="G415" t="s">
-        <v>2331</v>
+        <v>2339</v>
       </c>
       <c r="H415">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I415">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="416" spans="1:9">
       <c r="A416">
-        <v>511</v>
+        <v>670</v>
       </c>
       <c r="B416" t="s">
-        <v>2332</v>
+        <v>2340</v>
       </c>
       <c r="C416" t="s">
-        <v>2333</v>
+        <v>2341</v>
       </c>
       <c r="D416" t="s">
-        <v>2334</v>
+        <v>2342</v>
       </c>
       <c r="E416" t="s">
-        <v>2335</v>
+        <v>2343</v>
       </c>
       <c r="F416" t="s">
-        <v>2336</v>
+        <v>2344</v>
       </c>
       <c r="G416" t="s">
-        <v>2337</v>
+        <v>2345</v>
       </c>
       <c r="H416">
-        <v>43</v>
+        <v>1</v>
       </c>
       <c r="I416">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="417" spans="1:9">
       <c r="A417">
-        <v>507</v>
+        <v>697</v>
       </c>
       <c r="B417" t="s">
-        <v>2338</v>
+        <v>2346</v>
       </c>
       <c r="C417" t="s">
-        <v>2339</v>
+        <v>2347</v>
       </c>
       <c r="D417" t="s">
-        <v>2340</v>
+        <v>2348</v>
       </c>
       <c r="E417" t="s">
-        <v>2341</v>
+        <v>2349</v>
       </c>
       <c r="F417" t="s">
-        <v>2342</v>
+        <v>2350</v>
       </c>
       <c r="G417" t="s">
-        <v>2343</v>
+        <v>2351</v>
       </c>
       <c r="H417">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="I417">
         <v>0</v>
       </c>
     </row>
     <row r="418" spans="1:9">
       <c r="A418">
-        <v>505</v>
+        <v>665</v>
       </c>
       <c r="B418" t="s">
-        <v>2344</v>
+        <v>2352</v>
       </c>
       <c r="C418" t="s">
-        <v>2345</v>
+        <v>2353</v>
       </c>
       <c r="D418" t="s">
-        <v>2346</v>
+        <v>2354</v>
       </c>
       <c r="E418" t="s">
-        <v>2347</v>
+        <v>2355</v>
       </c>
       <c r="F418" t="s">
-        <v>2348</v>
+        <v>2356</v>
       </c>
       <c r="G418" t="s">
-        <v>2349</v>
+        <v>2357</v>
       </c>
       <c r="H418">
-        <v>470</v>
+        <v>1</v>
       </c>
       <c r="I418">
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="419" spans="1:9">
       <c r="A419">
-        <v>506</v>
+        <v>700</v>
       </c>
       <c r="B419" t="s">
-        <v>2350</v>
+        <v>2358</v>
       </c>
       <c r="C419" t="s">
-        <v>2351</v>
+        <v>2359</v>
       </c>
       <c r="D419" t="s">
-        <v>2352</v>
+        <v>2360</v>
       </c>
       <c r="E419" t="s">
-        <v>2353</v>
+        <v>2361</v>
       </c>
       <c r="F419" t="s">
-        <v>2354</v>
+        <v>2362</v>
       </c>
       <c r="G419" t="s">
-        <v>2355</v>
+        <v>2363</v>
       </c>
       <c r="H419">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="I419">
-        <v>8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="420" spans="1:9">
       <c r="A420">
-        <v>503</v>
+        <v>667</v>
       </c>
       <c r="B420" t="s">
-        <v>2356</v>
+        <v>2364</v>
       </c>
       <c r="C420" t="s">
-        <v>2357</v>
+        <v>2365</v>
       </c>
       <c r="D420" t="s">
-        <v>2358</v>
+        <v>2366</v>
       </c>
       <c r="E420" t="s">
-        <v>2359</v>
+        <v>2367</v>
       </c>
       <c r="F420" t="s">
-        <v>2360</v>
+        <v>2368</v>
       </c>
       <c r="G420" t="s">
-        <v>2361</v>
+        <v>2369</v>
       </c>
       <c r="H420">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="I420">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="421" spans="1:9">
       <c r="A421">
-        <v>515</v>
+        <v>662</v>
       </c>
       <c r="B421" t="s">
-        <v>2362</v>
+        <v>1375</v>
       </c>
       <c r="C421" t="s">
-        <v>2363</v>
+        <v>2370</v>
       </c>
       <c r="D421" t="s">
-        <v>2364</v>
+        <v>2371</v>
       </c>
       <c r="E421" t="s">
-        <v>2365</v>
+        <v>2372</v>
       </c>
       <c r="F421" t="s">
-        <v>2366</v>
+        <v>2373</v>
       </c>
       <c r="G421" t="s">
-        <v>2367</v>
+        <v>2374</v>
       </c>
       <c r="H421">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="I421">
-        <v>0</v>
+        <v>29</v>
       </c>
     </row>
     <row r="422" spans="1:9">
       <c r="A422">
-        <v>509</v>
+        <v>663</v>
       </c>
       <c r="B422" t="s">
-        <v>2368</v>
+        <v>2375</v>
       </c>
       <c r="C422" t="s">
-        <v>2369</v>
+        <v>2376</v>
       </c>
       <c r="D422" t="s">
-        <v>2370</v>
+        <v>2377</v>
       </c>
       <c r="E422" t="s">
-        <v>2371</v>
+        <v>2378</v>
       </c>
       <c r="F422" t="s">
-        <v>2372</v>
+        <v>2379</v>
       </c>
       <c r="G422" t="s">
-        <v>2373</v>
+        <v>2380</v>
       </c>
       <c r="H422">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I422">
         <v>0</v>
       </c>
     </row>
     <row r="423" spans="1:9">
       <c r="A423">
-        <v>501</v>
+        <v>664</v>
       </c>
       <c r="B423" t="s">
-        <v>2374</v>
+        <v>2375</v>
       </c>
       <c r="C423" t="s">
-        <v>2375</v>
+        <v>2376</v>
       </c>
       <c r="D423" t="s">
-        <v>2376</v>
+        <v>2381</v>
       </c>
       <c r="E423" t="s">
-        <v>2377</v>
+        <v>2378</v>
       </c>
       <c r="F423" t="s">
-        <v>2378</v>
+        <v>2379</v>
       </c>
       <c r="G423" t="s">
-        <v>2379</v>
+        <v>2380</v>
       </c>
       <c r="H423">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="I423">
         <v>0</v>
       </c>
     </row>
     <row r="424" spans="1:9">
       <c r="A424">
-        <v>498</v>
+        <v>666</v>
       </c>
       <c r="B424" t="s">
-        <v>2380</v>
+        <v>2382</v>
       </c>
       <c r="C424" t="s">
-        <v>2381</v>
+        <v>2383</v>
       </c>
       <c r="D424" t="s">
-        <v>2382</v>
+        <v>2384</v>
       </c>
       <c r="E424" t="s">
-        <v>2383</v>
+        <v>2385</v>
       </c>
       <c r="F424" t="s">
-        <v>2384</v>
+        <v>2386</v>
       </c>
       <c r="G424" t="s">
-        <v>2385</v>
+        <v>2387</v>
       </c>
       <c r="H424">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="I424">
         <v>0</v>
       </c>
     </row>
     <row r="425" spans="1:9">
       <c r="A425">
-        <v>497</v>
+        <v>661</v>
       </c>
       <c r="B425" t="s">
-        <v>2386</v>
+        <v>2388</v>
       </c>
       <c r="C425" t="s">
-        <v>2387</v>
+        <v>2389</v>
       </c>
       <c r="D425" t="s">
-        <v>2388</v>
+        <v>2390</v>
       </c>
       <c r="E425" t="s">
-        <v>2389</v>
+        <v>2391</v>
       </c>
       <c r="F425" t="s">
-        <v>2390</v>
+        <v>2392</v>
       </c>
       <c r="G425" t="s">
-        <v>2391</v>
+        <v>2393</v>
       </c>
       <c r="H425">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="I425">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="426" spans="1:9">
       <c r="A426">
-        <v>496</v>
+        <v>659</v>
       </c>
       <c r="B426" t="s">
-        <v>2392</v>
+        <v>1477</v>
       </c>
       <c r="C426" t="s">
-        <v>2393</v>
+        <v>2394</v>
       </c>
       <c r="D426" t="s">
-        <v>2394</v>
+        <v>2395</v>
       </c>
       <c r="E426" t="s">
-        <v>2395</v>
+        <v>2396</v>
       </c>
       <c r="F426" t="s">
-        <v>2396</v>
+        <v>2397</v>
       </c>
       <c r="G426" t="s">
-        <v>2397</v>
+        <v>2398</v>
       </c>
       <c r="H426">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="I426">
         <v>0</v>
       </c>
     </row>
     <row r="427" spans="1:9">
       <c r="A427">
-        <v>500</v>
+        <v>658</v>
       </c>
       <c r="B427" t="s">
-        <v>2398</v>
+        <v>2122</v>
       </c>
       <c r="C427" t="s">
         <v>2399</v>
       </c>
       <c r="D427" t="s">
         <v>2400</v>
       </c>
       <c r="E427" t="s">
         <v>2401</v>
       </c>
       <c r="F427" t="s">
         <v>2402</v>
       </c>
       <c r="G427" t="s">
         <v>2403</v>
       </c>
       <c r="H427">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I427">
         <v>0</v>
       </c>
     </row>
     <row r="428" spans="1:9">
       <c r="A428">
-        <v>495</v>
+        <v>654</v>
       </c>
       <c r="B428" t="s">
-        <v>776</v>
+        <v>2404</v>
       </c>
       <c r="C428" t="s">
-        <v>2404</v>
+        <v>2405</v>
       </c>
       <c r="D428" t="s">
-        <v>2405</v>
+        <v>2406</v>
       </c>
       <c r="E428" t="s">
-        <v>2406</v>
+        <v>2407</v>
       </c>
       <c r="F428" t="s">
-        <v>2407</v>
+        <v>2408</v>
       </c>
       <c r="G428" t="s">
-        <v>2408</v>
+        <v>2409</v>
       </c>
       <c r="H428">
-        <v>1321</v>
+        <v>462</v>
       </c>
       <c r="I428">
-        <v>165</v>
+        <v>94</v>
       </c>
     </row>
     <row r="429" spans="1:9">
       <c r="A429">
-        <v>494</v>
+        <v>657</v>
       </c>
       <c r="B429" t="s">
-        <v>123</v>
+        <v>2410</v>
       </c>
       <c r="C429" t="s">
-        <v>2409</v>
+        <v>2411</v>
       </c>
       <c r="D429" t="s">
-        <v>2410</v>
+        <v>2412</v>
       </c>
       <c r="E429" t="s">
-        <v>2411</v>
+        <v>2413</v>
       </c>
       <c r="F429" t="s">
-        <v>2412</v>
+        <v>2414</v>
       </c>
       <c r="G429" t="s">
-        <v>128</v>
+        <v>2415</v>
       </c>
       <c r="H429">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="I429">
-        <v>51</v>
+        <v>2</v>
       </c>
     </row>
     <row r="430" spans="1:9">
       <c r="A430">
-        <v>502</v>
+        <v>660</v>
       </c>
       <c r="B430" t="s">
-        <v>2413</v>
+        <v>2416</v>
       </c>
       <c r="C430" t="s">
-        <v>2414</v>
+        <v>2417</v>
       </c>
       <c r="D430" t="s">
-        <v>528</v>
+        <v>2418</v>
       </c>
       <c r="E430" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="F430" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="G430" t="s">
-        <v>2417</v>
+        <v>2421</v>
       </c>
       <c r="H430">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="I430">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="431" spans="1:9">
       <c r="A431">
-        <v>504</v>
+        <v>656</v>
       </c>
       <c r="B431" t="s">
-        <v>2418</v>
+        <v>2422</v>
       </c>
       <c r="C431" t="s">
-        <v>2419</v>
+        <v>2423</v>
       </c>
       <c r="D431" t="s">
-        <v>2420</v>
+        <v>2424</v>
       </c>
       <c r="E431" t="s">
-        <v>2421</v>
+        <v>2425</v>
       </c>
       <c r="F431" t="s">
-        <v>2422</v>
+        <v>2426</v>
       </c>
       <c r="G431" t="s">
-        <v>2423</v>
+        <v>2427</v>
       </c>
       <c r="H431">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="I431">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="432" spans="1:9">
       <c r="A432">
-        <v>499</v>
+        <v>655</v>
       </c>
       <c r="B432" t="s">
-        <v>2424</v>
+        <v>2428</v>
       </c>
       <c r="C432" t="s">
-        <v>2425</v>
+        <v>2429</v>
       </c>
       <c r="D432" t="s">
-        <v>2426</v>
+        <v>2430</v>
       </c>
       <c r="E432" t="s">
-        <v>2427</v>
+        <v>2431</v>
       </c>
       <c r="F432" t="s">
-        <v>2428</v>
+        <v>2432</v>
       </c>
       <c r="G432" t="s">
-        <v>2429</v>
+        <v>2433</v>
       </c>
       <c r="H432">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I432">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="433" spans="1:9">
       <c r="A433">
-        <v>492</v>
+        <v>647</v>
       </c>
       <c r="B433" t="s">
-        <v>2430</v>
+        <v>165</v>
       </c>
       <c r="C433" t="s">
-        <v>2431</v>
+        <v>2434</v>
       </c>
       <c r="D433" t="s">
-        <v>2432</v>
+        <v>2435</v>
       </c>
       <c r="E433" t="s">
-        <v>2433</v>
+        <v>2436</v>
       </c>
       <c r="F433" t="s">
-        <v>2434</v>
+        <v>2437</v>
       </c>
       <c r="G433" t="s">
-        <v>2435</v>
+        <v>2438</v>
       </c>
       <c r="H433">
         <v>0</v>
       </c>
       <c r="I433">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="434" spans="1:9">
       <c r="A434">
-        <v>491</v>
+        <v>648</v>
       </c>
       <c r="B434" t="s">
-        <v>2436</v>
+        <v>2439</v>
       </c>
       <c r="C434" t="s">
-        <v>2437</v>
+        <v>2440</v>
       </c>
       <c r="D434" t="s">
-        <v>2438</v>
+        <v>2441</v>
       </c>
       <c r="E434" t="s">
-        <v>2439</v>
+        <v>2442</v>
       </c>
       <c r="F434" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="G434" t="s">
-        <v>2441</v>
+        <v>2444</v>
       </c>
       <c r="H434">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I434">
-        <v>44</v>
+        <v>0</v>
       </c>
     </row>
     <row r="435" spans="1:9">
       <c r="A435">
-        <v>490</v>
+        <v>650</v>
       </c>
       <c r="B435" t="s">
-        <v>2442</v>
+        <v>2445</v>
       </c>
       <c r="C435" t="s">
-        <v>2443</v>
+        <v>2446</v>
       </c>
       <c r="D435" t="s">
-        <v>2444</v>
+        <v>2447</v>
       </c>
       <c r="E435" t="s">
-        <v>2445</v>
+        <v>2448</v>
       </c>
       <c r="F435" t="s">
-        <v>2446</v>
+        <v>2449</v>
       </c>
       <c r="G435" t="s">
-        <v>2447</v>
+        <v>2450</v>
       </c>
       <c r="H435">
-        <v>3</v>
+        <v>42</v>
       </c>
       <c r="I435">
         <v>6</v>
       </c>
     </row>
     <row r="436" spans="1:9">
       <c r="A436">
-        <v>489</v>
+        <v>651</v>
       </c>
       <c r="B436" t="s">
-        <v>2448</v>
+        <v>2451</v>
       </c>
       <c r="C436" t="s">
-        <v>2449</v>
+        <v>2452</v>
       </c>
       <c r="D436" t="s">
-        <v>2450</v>
+        <v>2453</v>
       </c>
       <c r="E436" t="s">
-        <v>2451</v>
+        <v>2454</v>
       </c>
       <c r="F436" t="s">
-        <v>2452</v>
+        <v>2455</v>
       </c>
       <c r="G436" t="s">
-        <v>2453</v>
+        <v>2456</v>
       </c>
       <c r="H436">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="I436">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="437" spans="1:9">
       <c r="A437">
-        <v>486</v>
+        <v>653</v>
       </c>
       <c r="B437" t="s">
-        <v>2454</v>
+        <v>2457</v>
       </c>
       <c r="C437" t="s">
-        <v>2455</v>
+        <v>2458</v>
       </c>
       <c r="D437" t="s">
-        <v>2456</v>
+        <v>2459</v>
       </c>
       <c r="E437" t="s">
-        <v>2457</v>
+        <v>2460</v>
       </c>
       <c r="F437" t="s">
-        <v>2458</v>
+        <v>2461</v>
       </c>
       <c r="G437" t="s">
-        <v>2459</v>
+        <v>2462</v>
       </c>
       <c r="H437">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I437">
         <v>0</v>
       </c>
     </row>
     <row r="438" spans="1:9">
       <c r="A438">
-        <v>487</v>
+        <v>646</v>
       </c>
       <c r="B438" t="s">
-        <v>2454</v>
+        <v>2463</v>
       </c>
       <c r="C438" t="s">
-        <v>2455</v>
+        <v>2464</v>
       </c>
       <c r="D438" t="s">
-        <v>2460</v>
+        <v>2465</v>
       </c>
       <c r="E438" t="s">
-        <v>2457</v>
+        <v>2466</v>
       </c>
       <c r="F438" t="s">
-        <v>2458</v>
+        <v>2467</v>
       </c>
       <c r="G438" t="s">
-        <v>2459</v>
+        <v>2468</v>
       </c>
       <c r="H438">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="I438">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="439" spans="1:9">
       <c r="A439">
-        <v>493</v>
+        <v>645</v>
       </c>
       <c r="B439" t="s">
-        <v>2461</v>
+        <v>490</v>
       </c>
       <c r="C439" t="s">
-        <v>2462</v>
+        <v>2469</v>
       </c>
       <c r="D439" t="s">
-        <v>2463</v>
+        <v>2470</v>
       </c>
       <c r="E439" t="s">
-        <v>2464</v>
+        <v>2471</v>
       </c>
       <c r="F439" t="s">
-        <v>2465</v>
+        <v>2472</v>
       </c>
       <c r="G439" t="s">
-        <v>2466</v>
+        <v>495</v>
       </c>
       <c r="H439">
-        <v>508</v>
+        <v>366</v>
       </c>
       <c r="I439">
-        <v>2212</v>
+        <v>48</v>
       </c>
     </row>
     <row r="440" spans="1:9">
       <c r="A440">
-        <v>488</v>
+        <v>642</v>
       </c>
       <c r="B440" t="s">
-        <v>2467</v>
+        <v>2473</v>
       </c>
       <c r="C440" t="s">
-        <v>2468</v>
+        <v>2474</v>
       </c>
       <c r="D440" t="s">
-        <v>2469</v>
+        <v>2475</v>
       </c>
       <c r="E440" t="s">
-        <v>2470</v>
+        <v>2476</v>
       </c>
       <c r="F440" t="s">
-        <v>2471</v>
+        <v>2477</v>
       </c>
       <c r="G440" t="s">
-        <v>2472</v>
+        <v>2478</v>
       </c>
       <c r="H440">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I440">
         <v>0</v>
       </c>
     </row>
     <row r="441" spans="1:9">
       <c r="A441">
-        <v>484</v>
+        <v>649</v>
       </c>
       <c r="B441" t="s">
-        <v>2473</v>
+        <v>2479</v>
       </c>
       <c r="C441" t="s">
-        <v>2474</v>
+        <v>2480</v>
       </c>
       <c r="D441" t="s">
-        <v>2475</v>
+        <v>2481</v>
       </c>
       <c r="E441" t="s">
-        <v>2476</v>
+        <v>2482</v>
       </c>
       <c r="F441" t="s">
-        <v>2477</v>
+        <v>2483</v>
       </c>
       <c r="G441" t="s">
-        <v>2478</v>
+        <v>2484</v>
       </c>
       <c r="H441">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="I441">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="442" spans="1:9">
       <c r="A442">
-        <v>485</v>
+        <v>644</v>
       </c>
       <c r="B442" t="s">
-        <v>87</v>
+        <v>1477</v>
       </c>
       <c r="C442" t="s">
-        <v>2479</v>
+        <v>2485</v>
       </c>
       <c r="D442" t="s">
-        <v>2480</v>
+        <v>2486</v>
       </c>
       <c r="E442" t="s">
-        <v>2481</v>
+        <v>2487</v>
       </c>
       <c r="F442" t="s">
-        <v>2482</v>
+        <v>2488</v>
       </c>
       <c r="G442" t="s">
-        <v>2483</v>
+        <v>2489</v>
       </c>
       <c r="H442">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="I442">
         <v>0</v>
       </c>
     </row>
     <row r="443" spans="1:9">
       <c r="A443">
-        <v>482</v>
+        <v>640</v>
       </c>
       <c r="B443" t="s">
-        <v>1144</v>
+        <v>2490</v>
       </c>
       <c r="C443" t="s">
-        <v>2484</v>
+        <v>2491</v>
       </c>
       <c r="D443" t="s">
-        <v>2485</v>
+        <v>2492</v>
       </c>
       <c r="E443" t="s">
-        <v>2486</v>
+        <v>2493</v>
       </c>
       <c r="F443" t="s">
-        <v>2487</v>
+        <v>2494</v>
       </c>
       <c r="G443" t="s">
-        <v>2488</v>
+        <v>2495</v>
       </c>
       <c r="H443">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="I443">
         <v>0</v>
       </c>
     </row>
     <row r="444" spans="1:9">
       <c r="A444">
-        <v>483</v>
+        <v>641</v>
       </c>
       <c r="B444" t="s">
-        <v>2489</v>
+        <v>2496</v>
       </c>
       <c r="C444" t="s">
-        <v>2490</v>
+        <v>2497</v>
       </c>
       <c r="D444" t="s">
-        <v>2491</v>
+        <v>2498</v>
       </c>
       <c r="E444" t="s">
-        <v>2492</v>
+        <v>2499</v>
       </c>
       <c r="F444" t="s">
-        <v>2493</v>
+        <v>2500</v>
       </c>
       <c r="G444" t="s">
-        <v>2494</v>
+        <v>2501</v>
       </c>
       <c r="H444">
-        <v>9</v>
+        <v>701</v>
       </c>
       <c r="I444">
-        <v>0</v>
+        <v>372</v>
       </c>
     </row>
     <row r="445" spans="1:9">
       <c r="A445">
-        <v>481</v>
+        <v>637</v>
       </c>
       <c r="B445" t="s">
-        <v>2495</v>
+        <v>2502</v>
       </c>
       <c r="C445" t="s">
-        <v>2496</v>
+        <v>2503</v>
       </c>
       <c r="D445" t="s">
-        <v>2497</v>
+        <v>2504</v>
       </c>
       <c r="E445" t="s">
-        <v>2498</v>
+        <v>2505</v>
       </c>
       <c r="F445" t="s">
-        <v>2499</v>
+        <v>2506</v>
       </c>
       <c r="G445" t="s">
-        <v>2500</v>
+        <v>2503</v>
       </c>
       <c r="H445">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I445">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="446" spans="1:9">
       <c r="A446">
-        <v>478</v>
+        <v>643</v>
       </c>
       <c r="B446" t="s">
-        <v>2501</v>
+        <v>1477</v>
       </c>
       <c r="C446" t="s">
-        <v>2502</v>
+        <v>2507</v>
       </c>
       <c r="D446" t="s">
-        <v>2503</v>
+        <v>2508</v>
       </c>
       <c r="E446" t="s">
-        <v>2504</v>
+        <v>2509</v>
       </c>
       <c r="F446" t="s">
-        <v>2505</v>
+        <v>2510</v>
       </c>
       <c r="G446" t="s">
-        <v>2506</v>
+        <v>2511</v>
       </c>
       <c r="H446">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="I446">
         <v>0</v>
       </c>
     </row>
     <row r="447" spans="1:9">
       <c r="A447">
-        <v>480</v>
+        <v>639</v>
       </c>
       <c r="B447" t="s">
-        <v>2507</v>
+        <v>2512</v>
       </c>
       <c r="C447" t="s">
-        <v>2508</v>
+        <v>2513</v>
       </c>
       <c r="D447" t="s">
-        <v>2509</v>
+        <v>2514</v>
       </c>
       <c r="E447" t="s">
-        <v>2510</v>
+        <v>2515</v>
       </c>
       <c r="F447" t="s">
-        <v>2511</v>
+        <v>2516</v>
       </c>
       <c r="G447" t="s">
-        <v>2512</v>
+        <v>2517</v>
       </c>
       <c r="H447">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="I447">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="448" spans="1:9">
       <c r="A448">
-        <v>475</v>
+        <v>638</v>
       </c>
       <c r="B448" t="s">
-        <v>2513</v>
+        <v>2518</v>
       </c>
       <c r="C448" t="s">
-        <v>2514</v>
+        <v>2519</v>
       </c>
       <c r="D448" t="s">
-        <v>2515</v>
+        <v>2520</v>
       </c>
       <c r="E448" t="s">
-        <v>2516</v>
+        <v>2521</v>
       </c>
       <c r="F448" t="s">
-        <v>2517</v>
+        <v>2522</v>
       </c>
       <c r="G448" t="s">
-        <v>2518</v>
+        <v>2523</v>
       </c>
       <c r="H448">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I448">
         <v>0</v>
       </c>
     </row>
     <row r="449" spans="1:9">
       <c r="A449">
-        <v>476</v>
+        <v>652</v>
       </c>
       <c r="B449" t="s">
-        <v>2519</v>
+        <v>2524</v>
       </c>
       <c r="C449" t="s">
-        <v>2520</v>
+        <v>2525</v>
       </c>
       <c r="D449" t="s">
-        <v>2521</v>
+        <v>2526</v>
       </c>
       <c r="E449" t="s">
-        <v>2522</v>
+        <v>2527</v>
       </c>
       <c r="F449" t="s">
-        <v>2523</v>
+        <v>2528</v>
       </c>
       <c r="G449" t="s">
-        <v>2524</v>
+        <v>2529</v>
       </c>
       <c r="H449">
-        <v>64951</v>
+        <v>10</v>
       </c>
       <c r="I449">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="450" spans="1:9">
       <c r="A450">
-        <v>479</v>
+        <v>636</v>
       </c>
       <c r="B450" t="s">
-        <v>2525</v>
+        <v>2530</v>
       </c>
       <c r="C450" t="s">
-        <v>2526</v>
+        <v>2531</v>
       </c>
       <c r="D450" t="s">
-        <v>2527</v>
+        <v>2532</v>
       </c>
       <c r="E450" t="s">
-        <v>2528</v>
+        <v>2533</v>
       </c>
       <c r="F450" t="s">
-        <v>2529</v>
+        <v>2534</v>
       </c>
       <c r="G450" t="s">
-        <v>2530</v>
+        <v>2535</v>
       </c>
       <c r="H450">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="I450">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="451" spans="1:9">
       <c r="A451">
-        <v>473</v>
+        <v>634</v>
       </c>
       <c r="B451" t="s">
-        <v>2531</v>
+        <v>2536</v>
       </c>
       <c r="C451" t="s">
-        <v>2532</v>
+        <v>2537</v>
       </c>
       <c r="D451" t="s">
-        <v>2533</v>
+        <v>2538</v>
       </c>
       <c r="E451" t="s">
-        <v>2534</v>
+        <v>2539</v>
       </c>
       <c r="F451" t="s">
-        <v>2535</v>
+        <v>2540</v>
       </c>
       <c r="G451" t="s">
-        <v>2536</v>
+        <v>2541</v>
       </c>
       <c r="H451">
-        <v>2</v>
+        <v>415</v>
       </c>
       <c r="I451">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="452" spans="1:9">
       <c r="A452">
-        <v>474</v>
+        <v>633</v>
       </c>
       <c r="B452" t="s">
-        <v>2531</v>
+        <v>2542</v>
       </c>
       <c r="C452" t="s">
-        <v>2532</v>
+        <v>2543</v>
       </c>
       <c r="D452" t="s">
-        <v>2537</v>
+        <v>2544</v>
       </c>
       <c r="E452" t="s">
-        <v>2534</v>
+        <v>2545</v>
       </c>
       <c r="F452" t="s">
-        <v>2535</v>
+        <v>2546</v>
       </c>
       <c r="G452" t="s">
-        <v>2536</v>
+        <v>2547</v>
       </c>
       <c r="H452">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="I452">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="453" spans="1:9">
       <c r="A453">
-        <v>471</v>
+        <v>635</v>
       </c>
       <c r="B453" t="s">
-        <v>2538</v>
+        <v>2306</v>
       </c>
       <c r="C453" t="s">
-        <v>2539</v>
+        <v>1442</v>
       </c>
       <c r="D453" t="s">
-        <v>2540</v>
+        <v>1442</v>
       </c>
       <c r="E453" t="s">
-        <v>2541</v>
+        <v>2548</v>
       </c>
       <c r="F453" t="s">
-        <v>2542</v>
+        <v>2549</v>
       </c>
       <c r="G453" t="s">
-        <v>2543</v>
+        <v>2550</v>
       </c>
       <c r="H453">
-        <v>208</v>
+        <v>0</v>
       </c>
       <c r="I453">
-        <v>2693</v>
+        <v>0</v>
       </c>
     </row>
     <row r="454" spans="1:9">
       <c r="A454">
-        <v>472</v>
+        <v>630</v>
       </c>
       <c r="B454" t="s">
-        <v>2544</v>
+        <v>2551</v>
       </c>
       <c r="C454" t="s">
-        <v>2545</v>
+        <v>2552</v>
       </c>
       <c r="D454" t="s">
-        <v>2546</v>
+        <v>2553</v>
       </c>
       <c r="E454" t="s">
-        <v>2547</v>
+        <v>2554</v>
       </c>
       <c r="F454" t="s">
-        <v>2548</v>
+        <v>2555</v>
       </c>
       <c r="G454" t="s">
-        <v>2549</v>
+        <v>2556</v>
       </c>
       <c r="H454">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I454">
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="455" spans="1:9">
       <c r="A455">
-        <v>470</v>
+        <v>628</v>
       </c>
       <c r="B455" t="s">
-        <v>2550</v>
+        <v>2557</v>
       </c>
       <c r="C455" t="s">
-        <v>2551</v>
+        <v>2558</v>
       </c>
       <c r="D455" t="s">
-        <v>2552</v>
+        <v>2559</v>
       </c>
       <c r="E455" t="s">
-        <v>2553</v>
+        <v>2560</v>
       </c>
       <c r="F455" t="s">
-        <v>2554</v>
+        <v>2561</v>
       </c>
       <c r="G455" t="s">
-        <v>2555</v>
+        <v>2562</v>
       </c>
       <c r="H455">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="I455">
         <v>0</v>
       </c>
     </row>
     <row r="456" spans="1:9">
       <c r="A456">
-        <v>469</v>
+        <v>625</v>
       </c>
       <c r="B456" t="s">
-        <v>718</v>
+        <v>1288</v>
       </c>
       <c r="C456" t="s">
-        <v>2556</v>
+        <v>2563</v>
       </c>
       <c r="D456" t="s">
-        <v>2557</v>
+        <v>2564</v>
       </c>
       <c r="E456" t="s">
-        <v>2558</v>
+        <v>2565</v>
       </c>
       <c r="F456" t="s">
-        <v>2559</v>
+        <v>2566</v>
       </c>
       <c r="G456" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="H456">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="I456">
-        <v>8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="457" spans="1:9">
       <c r="A457">
-        <v>466</v>
+        <v>622</v>
       </c>
       <c r="B457" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C457" t="s">
-        <v>2562</v>
+        <v>2569</v>
       </c>
       <c r="D457" t="s">
-        <v>2563</v>
+        <v>2570</v>
       </c>
       <c r="E457" t="s">
-        <v>2564</v>
+        <v>2571</v>
       </c>
       <c r="F457" t="s">
-        <v>2565</v>
+        <v>2572</v>
       </c>
       <c r="G457" t="s">
-        <v>2566</v>
+        <v>2573</v>
       </c>
       <c r="H457">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="I457">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="458" spans="1:9">
       <c r="A458">
-        <v>464</v>
+        <v>629</v>
       </c>
       <c r="B458" t="s">
-        <v>2091</v>
+        <v>1811</v>
       </c>
       <c r="C458" t="s">
-        <v>2567</v>
+        <v>2574</v>
       </c>
       <c r="D458" t="s">
-        <v>2568</v>
+        <v>2575</v>
       </c>
       <c r="E458" t="s">
-        <v>2569</v>
+        <v>2576</v>
       </c>
       <c r="F458" t="s">
-        <v>2570</v>
+        <v>2577</v>
       </c>
       <c r="G458" t="s">
-        <v>2571</v>
+        <v>2578</v>
       </c>
       <c r="H458">
         <v>0</v>
       </c>
       <c r="I458">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="459" spans="1:9">
       <c r="A459">
-        <v>465</v>
+        <v>626</v>
       </c>
       <c r="B459" t="s">
-        <v>2091</v>
+        <v>2579</v>
       </c>
       <c r="C459" t="s">
-        <v>2567</v>
+        <v>2580</v>
       </c>
       <c r="D459" t="s">
-        <v>2568</v>
+        <v>2581</v>
       </c>
       <c r="E459" t="s">
-        <v>2569</v>
+        <v>2582</v>
       </c>
       <c r="F459" t="s">
-        <v>2570</v>
+        <v>2583</v>
       </c>
       <c r="G459" t="s">
-        <v>2571</v>
+        <v>2584</v>
       </c>
       <c r="H459">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I459">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="460" spans="1:9">
       <c r="A460">
-        <v>467</v>
+        <v>627</v>
       </c>
       <c r="B460" t="s">
-        <v>2572</v>
+        <v>2585</v>
       </c>
       <c r="C460" t="s">
-        <v>2573</v>
+        <v>2586</v>
       </c>
       <c r="D460" t="s">
-        <v>2574</v>
+        <v>2587</v>
       </c>
       <c r="E460" t="s">
-        <v>2575</v>
+        <v>2588</v>
       </c>
       <c r="F460" t="s">
-        <v>2576</v>
+        <v>2589</v>
       </c>
       <c r="G460" t="s">
-        <v>2577</v>
+        <v>2590</v>
       </c>
       <c r="H460">
         <v>0</v>
       </c>
       <c r="I460">
-        <v>0</v>
+        <v>34</v>
       </c>
     </row>
     <row r="461" spans="1:9">
       <c r="A461">
-        <v>468</v>
+        <v>632</v>
       </c>
       <c r="B461" t="s">
-        <v>2572</v>
+        <v>2591</v>
       </c>
       <c r="C461" t="s">
-        <v>2573</v>
+        <v>2592</v>
       </c>
       <c r="D461" t="s">
-        <v>2574</v>
+        <v>2593</v>
       </c>
       <c r="E461" t="s">
-        <v>2578</v>
+        <v>2594</v>
       </c>
       <c r="F461" t="s">
-        <v>2576</v>
+        <v>2595</v>
       </c>
       <c r="G461" t="s">
-        <v>2577</v>
+        <v>2596</v>
       </c>
       <c r="H461">
         <v>0</v>
       </c>
       <c r="I461">
         <v>0</v>
       </c>
     </row>
     <row r="462" spans="1:9">
       <c r="A462">
-        <v>463</v>
+        <v>620</v>
       </c>
       <c r="B462" t="s">
-        <v>2579</v>
+        <v>2597</v>
       </c>
       <c r="C462" t="s">
-        <v>2580</v>
+        <v>2598</v>
       </c>
       <c r="D462" t="s">
-        <v>2581</v>
+        <v>2599</v>
       </c>
       <c r="E462" t="s">
-        <v>2582</v>
+        <v>2600</v>
       </c>
       <c r="F462" t="s">
-        <v>2583</v>
+        <v>2601</v>
       </c>
       <c r="G462" t="s">
-        <v>2584</v>
+        <v>2602</v>
       </c>
       <c r="H462">
+        <v>0</v>
+      </c>
+      <c r="I462">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="463" spans="1:9">
       <c r="A463">
-        <v>477</v>
+        <v>615</v>
       </c>
       <c r="B463" t="s">
-        <v>2585</v>
+        <v>2603</v>
       </c>
       <c r="C463" t="s">
-        <v>2586</v>
+        <v>2604</v>
       </c>
       <c r="D463" t="s">
-        <v>2587</v>
+        <v>2605</v>
       </c>
       <c r="E463" t="s">
-        <v>2588</v>
+        <v>2606</v>
       </c>
       <c r="F463" t="s">
-        <v>2589</v>
+        <v>2607</v>
       </c>
       <c r="G463" t="s">
-        <v>2590</v>
+        <v>2608</v>
       </c>
       <c r="H463">
-        <v>1</v>
+        <v>156</v>
       </c>
       <c r="I463">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="464" spans="1:9">
       <c r="A464">
-        <v>457</v>
+        <v>616</v>
       </c>
       <c r="B464" t="s">
-        <v>892</v>
+        <v>2609</v>
       </c>
       <c r="C464" t="s">
-        <v>2591</v>
+        <v>2610</v>
       </c>
       <c r="D464" t="s">
-        <v>2592</v>
+        <v>2611</v>
       </c>
       <c r="E464" t="s">
-        <v>2593</v>
+        <v>2612</v>
       </c>
       <c r="F464" t="s">
-        <v>2594</v>
+        <v>2613</v>
       </c>
       <c r="G464" t="s">
-        <v>2595</v>
+        <v>2614</v>
       </c>
       <c r="H464">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I464">
         <v>0</v>
       </c>
     </row>
     <row r="465" spans="1:9">
       <c r="A465">
-        <v>461</v>
+        <v>619</v>
       </c>
       <c r="B465" t="s">
-        <v>2596</v>
+        <v>2615</v>
       </c>
       <c r="C465" t="s">
-        <v>2597</v>
+        <v>2616</v>
       </c>
       <c r="D465" t="s">
-        <v>2598</v>
+        <v>2617</v>
       </c>
       <c r="E465" t="s">
-        <v>2599</v>
+        <v>2618</v>
       </c>
       <c r="F465" t="s">
-        <v>2600</v>
+        <v>2619</v>
       </c>
       <c r="G465" t="s">
-        <v>2601</v>
+        <v>2620</v>
       </c>
       <c r="H465">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I465">
         <v>1</v>
       </c>
     </row>
     <row r="466" spans="1:9">
       <c r="A466">
-        <v>462</v>
+        <v>621</v>
       </c>
       <c r="B466" t="s">
-        <v>2602</v>
+        <v>2621</v>
       </c>
       <c r="C466" t="s">
-        <v>2603</v>
+        <v>2622</v>
       </c>
       <c r="D466" t="s">
-        <v>528</v>
+        <v>2623</v>
       </c>
       <c r="E466" t="s">
-        <v>2604</v>
+        <v>2624</v>
       </c>
       <c r="F466" t="s">
-        <v>2605</v>
+        <v>2625</v>
       </c>
       <c r="G466" t="s">
-        <v>2606</v>
+        <v>2626</v>
       </c>
       <c r="H466">
-        <v>73</v>
+        <v>197</v>
       </c>
       <c r="I466">
-        <v>40</v>
+        <v>21</v>
       </c>
     </row>
     <row r="467" spans="1:9">
       <c r="A467">
-        <v>455</v>
+        <v>610</v>
       </c>
       <c r="B467" t="s">
-        <v>2519</v>
+        <v>2627</v>
       </c>
       <c r="C467" t="s">
-        <v>2607</v>
+        <v>2628</v>
       </c>
       <c r="D467" t="s">
-        <v>2608</v>
+        <v>2629</v>
       </c>
       <c r="E467" t="s">
-        <v>2609</v>
+        <v>2630</v>
       </c>
       <c r="F467" t="s">
-        <v>2610</v>
+        <v>2631</v>
       </c>
       <c r="G467" t="s">
-        <v>2611</v>
+        <v>2632</v>
       </c>
       <c r="H467">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="I467">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="468" spans="1:9">
       <c r="A468">
-        <v>458</v>
+        <v>614</v>
       </c>
       <c r="B468" t="s">
-        <v>1515</v>
+        <v>2633</v>
       </c>
       <c r="C468" t="s">
-        <v>2612</v>
+        <v>2634</v>
       </c>
       <c r="D468" t="s">
-        <v>2613</v>
+        <v>2635</v>
       </c>
       <c r="E468" t="s">
-        <v>2614</v>
+        <v>2636</v>
       </c>
       <c r="F468" t="s">
-        <v>2615</v>
+        <v>2631</v>
       </c>
       <c r="G468" t="s">
-        <v>2616</v>
+        <v>2637</v>
       </c>
       <c r="H468">
-        <v>1140</v>
+        <v>2</v>
       </c>
       <c r="I468">
-        <v>1032</v>
+        <v>0</v>
       </c>
     </row>
     <row r="469" spans="1:9">
       <c r="A469">
-        <v>459</v>
+        <v>611</v>
       </c>
       <c r="B469" t="s">
-        <v>2617</v>
+        <v>2638</v>
       </c>
       <c r="C469" t="s">
-        <v>2618</v>
+        <v>2639</v>
       </c>
       <c r="D469" t="s">
-        <v>2619</v>
+        <v>2640</v>
       </c>
       <c r="E469" t="s">
-        <v>2620</v>
+        <v>1104</v>
       </c>
       <c r="F469" t="s">
-        <v>2621</v>
+        <v>2641</v>
       </c>
       <c r="G469" t="s">
-        <v>2622</v>
+        <v>2642</v>
       </c>
       <c r="H469">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I469">
         <v>0</v>
       </c>
     </row>
     <row r="470" spans="1:9">
       <c r="A470">
-        <v>451</v>
+        <v>612</v>
       </c>
       <c r="B470" t="s">
-        <v>2623</v>
+        <v>2638</v>
       </c>
       <c r="C470" t="s">
-        <v>2624</v>
+        <v>2639</v>
       </c>
       <c r="D470" t="s">
-        <v>2625</v>
+        <v>2640</v>
       </c>
       <c r="E470" t="s">
-        <v>2626</v>
+        <v>1104</v>
       </c>
       <c r="F470" t="s">
-        <v>2627</v>
+        <v>2641</v>
       </c>
       <c r="G470" t="s">
-        <v>2628</v>
+        <v>2642</v>
       </c>
       <c r="H470">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I470">
         <v>0</v>
       </c>
     </row>
     <row r="471" spans="1:9">
       <c r="A471">
-        <v>454</v>
+        <v>613</v>
       </c>
       <c r="B471" t="s">
-        <v>2629</v>
+        <v>2643</v>
       </c>
       <c r="C471" t="s">
-        <v>2630</v>
+        <v>2644</v>
       </c>
       <c r="D471" t="s">
-        <v>2631</v>
+        <v>2645</v>
       </c>
       <c r="E471" t="s">
-        <v>2632</v>
+        <v>2646</v>
       </c>
       <c r="F471" t="s">
-        <v>2633</v>
+        <v>2647</v>
       </c>
       <c r="G471" t="s">
-        <v>2634</v>
+        <v>2648</v>
       </c>
       <c r="H471">
-        <v>1</v>
+        <v>669</v>
       </c>
       <c r="I471">
-        <v>0</v>
+        <v>24</v>
       </c>
     </row>
     <row r="472" spans="1:9">
       <c r="A472">
-        <v>453</v>
+        <v>623</v>
       </c>
       <c r="B472" t="s">
-        <v>2635</v>
+        <v>2649</v>
       </c>
       <c r="C472" t="s">
-        <v>2636</v>
+        <v>2650</v>
       </c>
       <c r="D472" t="s">
-        <v>2637</v>
+        <v>2651</v>
       </c>
       <c r="E472" t="s">
-        <v>2638</v>
+        <v>2652</v>
       </c>
       <c r="F472" t="s">
-        <v>2639</v>
+        <v>2653</v>
       </c>
       <c r="G472" t="s">
-        <v>2640</v>
+        <v>2654</v>
       </c>
       <c r="H472">
-        <v>58</v>
+        <v>3</v>
       </c>
       <c r="I472">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="473" spans="1:9">
       <c r="A473">
-        <v>449</v>
+        <v>624</v>
       </c>
       <c r="B473" t="s">
-        <v>2641</v>
+        <v>2649</v>
       </c>
       <c r="C473" t="s">
-        <v>2642</v>
+        <v>2650</v>
       </c>
       <c r="D473" t="s">
-        <v>2643</v>
+        <v>2651</v>
       </c>
       <c r="E473" t="s">
-        <v>2644</v>
+        <v>2652</v>
       </c>
       <c r="F473" t="s">
-        <v>2645</v>
+        <v>2653</v>
       </c>
       <c r="G473" t="s">
-        <v>2646</v>
+        <v>2655</v>
       </c>
       <c r="H473">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I473">
         <v>0</v>
       </c>
     </row>
     <row r="474" spans="1:9">
       <c r="A474">
-        <v>460</v>
+        <v>606</v>
       </c>
       <c r="B474" t="s">
-        <v>2647</v>
+        <v>2656</v>
       </c>
       <c r="C474" t="s">
-        <v>2648</v>
+        <v>2657</v>
       </c>
       <c r="D474" t="s">
-        <v>2649</v>
+        <v>2658</v>
       </c>
       <c r="E474" t="s">
-        <v>2650</v>
+        <v>2659</v>
       </c>
       <c r="F474" t="s">
-        <v>2651</v>
+        <v>2660</v>
       </c>
       <c r="G474" t="s">
-        <v>2652</v>
+        <v>2661</v>
       </c>
       <c r="H474">
         <v>0</v>
       </c>
       <c r="I474">
         <v>0</v>
       </c>
     </row>
     <row r="475" spans="1:9">
       <c r="A475">
-        <v>450</v>
+        <v>605</v>
       </c>
       <c r="B475" t="s">
-        <v>2653</v>
+        <v>2662</v>
       </c>
       <c r="C475" t="s">
-        <v>2654</v>
+        <v>2663</v>
       </c>
       <c r="D475" t="s">
-        <v>2655</v>
+        <v>2664</v>
       </c>
       <c r="E475" t="s">
-        <v>2656</v>
+        <v>2665</v>
       </c>
       <c r="F475" t="s">
-        <v>2657</v>
+        <v>2666</v>
       </c>
       <c r="G475" t="s">
-        <v>2658</v>
+        <v>2667</v>
       </c>
       <c r="H475">
         <v>0</v>
       </c>
       <c r="I475">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="476" spans="1:9">
       <c r="A476">
-        <v>452</v>
+        <v>617</v>
       </c>
       <c r="B476" t="s">
-        <v>776</v>
+        <v>2668</v>
       </c>
       <c r="C476" t="s">
-        <v>2659</v>
+        <v>2669</v>
       </c>
       <c r="D476" t="s">
-        <v>2660</v>
+        <v>2670</v>
       </c>
       <c r="E476" t="s">
-        <v>2661</v>
+        <v>2671</v>
       </c>
       <c r="F476" t="s">
-        <v>2662</v>
+        <v>2672</v>
       </c>
       <c r="G476" t="s">
-        <v>2408</v>
+        <v>2673</v>
       </c>
       <c r="H476">
-        <v>557</v>
+        <v>9</v>
       </c>
       <c r="I476">
-        <v>37</v>
+        <v>0</v>
       </c>
     </row>
     <row r="477" spans="1:9">
       <c r="A477">
-        <v>446</v>
+        <v>618</v>
       </c>
       <c r="B477" t="s">
-        <v>2663</v>
+        <v>2668</v>
       </c>
       <c r="C477" t="s">
-        <v>2664</v>
+        <v>2669</v>
       </c>
       <c r="D477" t="s">
-        <v>2665</v>
+        <v>2670</v>
       </c>
       <c r="E477" t="s">
-        <v>2666</v>
+        <v>2674</v>
       </c>
       <c r="F477" t="s">
-        <v>2667</v>
+        <v>2672</v>
       </c>
       <c r="G477" t="s">
-        <v>2668</v>
+        <v>2673</v>
       </c>
       <c r="H477">
-        <v>835</v>
+        <v>9</v>
       </c>
       <c r="I477">
-        <v>18</v>
+        <v>0</v>
       </c>
     </row>
     <row r="478" spans="1:9">
       <c r="A478">
-        <v>447</v>
+        <v>600</v>
       </c>
       <c r="B478" t="s">
-        <v>2519</v>
+        <v>2675</v>
       </c>
       <c r="C478" t="s">
-        <v>2669</v>
+        <v>2676</v>
       </c>
       <c r="D478" t="s">
-        <v>2670</v>
+        <v>2677</v>
       </c>
       <c r="E478" t="s">
-        <v>2671</v>
+        <v>2678</v>
       </c>
       <c r="F478" t="s">
-        <v>2672</v>
+        <v>2679</v>
       </c>
       <c r="G478" t="s">
-        <v>2673</v>
+        <v>2680</v>
       </c>
       <c r="H478">
-        <v>1740</v>
+        <v>0</v>
       </c>
       <c r="I478">
-        <v>5746</v>
+        <v>2</v>
       </c>
     </row>
     <row r="479" spans="1:9">
       <c r="A479">
-        <v>444</v>
+        <v>604</v>
       </c>
       <c r="B479" t="s">
-        <v>2674</v>
+        <v>2681</v>
       </c>
       <c r="C479" t="s">
-        <v>2675</v>
+        <v>2682</v>
       </c>
       <c r="D479" t="s">
-        <v>2676</v>
+        <v>2683</v>
       </c>
       <c r="E479" t="s">
-        <v>2677</v>
+        <v>2684</v>
       </c>
       <c r="F479" t="s">
-        <v>2678</v>
+        <v>2685</v>
       </c>
       <c r="G479" t="s">
-        <v>2679</v>
+        <v>2686</v>
       </c>
       <c r="H479">
         <v>0</v>
       </c>
       <c r="I479">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="480" spans="1:9">
       <c r="A480">
-        <v>443</v>
+        <v>607</v>
       </c>
       <c r="B480" t="s">
-        <v>2680</v>
+        <v>1210</v>
       </c>
       <c r="C480" t="s">
-        <v>2681</v>
+        <v>2687</v>
       </c>
       <c r="D480" t="s">
-        <v>2682</v>
+        <v>2688</v>
       </c>
       <c r="E480" t="s">
-        <v>2683</v>
+        <v>2689</v>
       </c>
       <c r="F480" t="s">
-        <v>2684</v>
+        <v>2690</v>
       </c>
       <c r="G480" t="s">
-        <v>2685</v>
+        <v>2691</v>
       </c>
       <c r="H480">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="I480">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="481" spans="1:9">
       <c r="A481">
-        <v>448</v>
+        <v>598</v>
       </c>
       <c r="B481" t="s">
-        <v>2686</v>
+        <v>1270</v>
       </c>
       <c r="C481" t="s">
-        <v>2687</v>
+        <v>2692</v>
       </c>
       <c r="D481" t="s">
-        <v>2688</v>
+        <v>2693</v>
       </c>
       <c r="E481" t="s">
-        <v>2689</v>
+        <v>2694</v>
       </c>
       <c r="F481" t="s">
-        <v>2690</v>
+        <v>2695</v>
       </c>
       <c r="G481" t="s">
-        <v>2691</v>
+        <v>2696</v>
       </c>
       <c r="H481">
-        <v>0</v>
+        <v>135</v>
       </c>
       <c r="I481">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="482" spans="1:9">
       <c r="A482">
-        <v>445</v>
+        <v>631</v>
       </c>
       <c r="B482" t="s">
-        <v>2692</v>
+        <v>2697</v>
       </c>
       <c r="C482" t="s">
-        <v>2693</v>
+        <v>2698</v>
       </c>
       <c r="D482" t="s">
-        <v>2694</v>
+        <v>2699</v>
       </c>
       <c r="E482" t="s">
-        <v>2695</v>
+        <v>2700</v>
       </c>
       <c r="F482" t="s">
-        <v>2696</v>
+        <v>2701</v>
       </c>
       <c r="G482" t="s">
-        <v>2697</v>
+        <v>2702</v>
       </c>
       <c r="H482">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="I482">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="483" spans="1:9">
       <c r="A483">
-        <v>439</v>
+        <v>608</v>
       </c>
       <c r="B483" t="s">
-        <v>2698</v>
+        <v>953</v>
       </c>
       <c r="C483" t="s">
-        <v>2699</v>
+        <v>2703</v>
       </c>
       <c r="D483" t="s">
-        <v>2700</v>
+        <v>2704</v>
       </c>
       <c r="E483" t="s">
-        <v>2701</v>
+        <v>2705</v>
       </c>
       <c r="F483" t="s">
-        <v>2702</v>
+        <v>2706</v>
       </c>
       <c r="G483" t="s">
-        <v>2703</v>
+        <v>2707</v>
       </c>
       <c r="H483">
-        <v>1</v>
+        <v>249</v>
       </c>
       <c r="I483">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="484" spans="1:9">
       <c r="A484">
-        <v>440</v>
+        <v>593</v>
       </c>
       <c r="B484" t="s">
-        <v>2698</v>
+        <v>2708</v>
       </c>
       <c r="C484" t="s">
-        <v>2699</v>
+        <v>2709</v>
       </c>
       <c r="D484" t="s">
-        <v>2704</v>
+        <v>2710</v>
       </c>
       <c r="E484" t="s">
-        <v>2701</v>
+        <v>2711</v>
       </c>
       <c r="F484" t="s">
-        <v>2702</v>
+        <v>2712</v>
       </c>
       <c r="G484" t="s">
-        <v>2703</v>
+        <v>2713</v>
       </c>
       <c r="H484">
         <v>1</v>
       </c>
       <c r="I484">
-        <v>9</v>
+        <v>0</v>
       </c>
     </row>
     <row r="485" spans="1:9">
       <c r="A485">
-        <v>438</v>
+        <v>590</v>
       </c>
       <c r="B485" t="s">
-        <v>2705</v>
+        <v>1270</v>
       </c>
       <c r="C485" t="s">
-        <v>2706</v>
+        <v>2714</v>
       </c>
       <c r="D485" t="s">
-        <v>2707</v>
+        <v>2715</v>
       </c>
       <c r="E485" t="s">
-        <v>2708</v>
+        <v>2716</v>
       </c>
       <c r="F485" t="s">
-        <v>2709</v>
+        <v>2717</v>
       </c>
       <c r="G485" t="s">
-        <v>2710</v>
+        <v>2718</v>
       </c>
       <c r="H485">
-        <v>11</v>
+        <v>121</v>
       </c>
       <c r="I485">
-        <v>4</v>
+        <v>14</v>
       </c>
     </row>
     <row r="486" spans="1:9">
       <c r="A486">
-        <v>437</v>
+        <v>591</v>
       </c>
       <c r="B486" t="s">
-        <v>1026</v>
+        <v>1270</v>
       </c>
       <c r="C486" t="s">
-        <v>2711</v>
+        <v>2714</v>
       </c>
       <c r="D486" t="s">
-        <v>2712</v>
+        <v>2715</v>
       </c>
       <c r="E486" t="s">
-        <v>2713</v>
+        <v>2719</v>
       </c>
       <c r="F486" t="s">
-        <v>2714</v>
+        <v>2717</v>
       </c>
       <c r="G486" t="s">
-        <v>1031</v>
+        <v>2718</v>
       </c>
       <c r="H486">
-        <v>1262</v>
+        <v>121</v>
       </c>
       <c r="I486">
-        <v>470</v>
+        <v>14</v>
       </c>
     </row>
     <row r="487" spans="1:9">
       <c r="A487">
-        <v>436</v>
+        <v>603</v>
       </c>
       <c r="B487" t="s">
-        <v>353</v>
+        <v>1180</v>
       </c>
       <c r="C487" t="s">
-        <v>2715</v>
+        <v>2720</v>
       </c>
       <c r="D487" t="s">
-        <v>2716</v>
+        <v>2721</v>
       </c>
       <c r="E487" t="s">
-        <v>2717</v>
+        <v>2722</v>
       </c>
       <c r="F487" t="s">
-        <v>2718</v>
+        <v>2723</v>
       </c>
       <c r="G487" t="s">
-        <v>2719</v>
+        <v>2724</v>
       </c>
       <c r="H487">
-        <v>189</v>
+        <v>25</v>
       </c>
       <c r="I487">
-        <v>22</v>
+        <v>0</v>
       </c>
     </row>
     <row r="488" spans="1:9">
       <c r="A488">
-        <v>434</v>
+        <v>596</v>
       </c>
       <c r="B488" t="s">
-        <v>2720</v>
+        <v>2725</v>
       </c>
       <c r="C488" t="s">
-        <v>2721</v>
+        <v>2726</v>
       </c>
       <c r="D488" t="s">
-        <v>2722</v>
+        <v>2727</v>
       </c>
       <c r="E488" t="s">
-        <v>2723</v>
+        <v>2728</v>
       </c>
       <c r="F488" t="s">
-        <v>2724</v>
+        <v>2729</v>
       </c>
       <c r="G488" t="s">
-        <v>2725</v>
+        <v>2730</v>
       </c>
       <c r="H488">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I488">
         <v>1</v>
       </c>
     </row>
     <row r="489" spans="1:9">
       <c r="A489">
-        <v>431</v>
+        <v>602</v>
       </c>
       <c r="B489" t="s">
-        <v>2726</v>
+        <v>2731</v>
       </c>
       <c r="C489" t="s">
-        <v>2727</v>
+        <v>2732</v>
       </c>
       <c r="D489" t="s">
-        <v>2728</v>
+        <v>2733</v>
       </c>
       <c r="E489" t="s">
-        <v>2729</v>
+        <v>2734</v>
       </c>
       <c r="F489" t="s">
-        <v>2730</v>
+        <v>2735</v>
       </c>
       <c r="G489" t="s">
-        <v>2731</v>
+        <v>2736</v>
       </c>
       <c r="H489">
-        <v>531</v>
+        <v>3</v>
       </c>
       <c r="I489">
-        <v>11</v>
+        <v>3</v>
       </c>
     </row>
     <row r="490" spans="1:9">
       <c r="A490">
-        <v>435</v>
+        <v>599</v>
       </c>
       <c r="B490" t="s">
-        <v>2732</v>
+        <v>2737</v>
       </c>
       <c r="C490" t="s">
-        <v>2733</v>
+        <v>2738</v>
       </c>
       <c r="D490" t="s">
-        <v>2734</v>
+        <v>2739</v>
       </c>
       <c r="E490" t="s">
-        <v>2735</v>
+        <v>2740</v>
       </c>
       <c r="F490" t="s">
-        <v>2736</v>
+        <v>2741</v>
       </c>
       <c r="G490" t="s">
-        <v>2737</v>
+        <v>2742</v>
       </c>
       <c r="H490">
-        <v>0</v>
+        <v>88</v>
       </c>
       <c r="I490">
-        <v>0</v>
+        <v>17</v>
       </c>
     </row>
     <row r="491" spans="1:9">
       <c r="A491">
-        <v>430</v>
+        <v>609</v>
       </c>
       <c r="B491" t="s">
-        <v>2738</v>
+        <v>2743</v>
       </c>
       <c r="C491" t="s">
-        <v>2739</v>
+        <v>2744</v>
       </c>
       <c r="D491" t="s">
-        <v>2740</v>
+        <v>2745</v>
       </c>
       <c r="E491" t="s">
-        <v>2741</v>
+        <v>2746</v>
       </c>
       <c r="F491" t="s">
-        <v>2742</v>
+        <v>2747</v>
       </c>
       <c r="G491" t="s">
-        <v>2743</v>
+        <v>2748</v>
       </c>
       <c r="H491">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I491">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="492" spans="1:9">
       <c r="A492">
-        <v>429</v>
+        <v>592</v>
       </c>
       <c r="B492" t="s">
-        <v>395</v>
+        <v>2749</v>
       </c>
       <c r="C492" t="s">
-        <v>2744</v>
+        <v>2750</v>
       </c>
       <c r="D492" t="s">
-        <v>2745</v>
+        <v>2751</v>
       </c>
       <c r="E492" t="s">
-        <v>2746</v>
+        <v>2752</v>
       </c>
       <c r="F492" t="s">
-        <v>2747</v>
+        <v>2753</v>
       </c>
       <c r="G492" t="s">
-        <v>2748</v>
+        <v>2754</v>
       </c>
       <c r="H492">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="I492">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="493" spans="1:9">
       <c r="A493">
-        <v>442</v>
+        <v>595</v>
       </c>
       <c r="B493" t="s">
-        <v>293</v>
+        <v>2755</v>
       </c>
       <c r="C493" t="s">
-        <v>2749</v>
+        <v>2756</v>
       </c>
       <c r="D493" t="s">
-        <v>2750</v>
+        <v>2757</v>
       </c>
       <c r="E493" t="s">
-        <v>2751</v>
+        <v>2758</v>
       </c>
       <c r="F493" t="s">
-        <v>2752</v>
+        <v>2759</v>
       </c>
       <c r="G493" t="s">
-        <v>2753</v>
+        <v>2760</v>
       </c>
       <c r="H493">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="I493">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="494" spans="1:9">
       <c r="A494">
-        <v>433</v>
+        <v>588</v>
       </c>
       <c r="B494" t="s">
-        <v>2754</v>
+        <v>2761</v>
       </c>
       <c r="C494" t="s">
-        <v>2755</v>
+        <v>2762</v>
       </c>
       <c r="D494" t="s">
-        <v>2756</v>
+        <v>2763</v>
       </c>
       <c r="E494" t="s">
-        <v>2757</v>
+        <v>2764</v>
       </c>
       <c r="F494" t="s">
-        <v>2758</v>
+        <v>2765</v>
       </c>
       <c r="G494" t="s">
-        <v>2759</v>
+        <v>2766</v>
       </c>
       <c r="H494">
         <v>0</v>
       </c>
       <c r="I494">
         <v>0</v>
       </c>
     </row>
     <row r="495" spans="1:9">
       <c r="A495">
-        <v>432</v>
+        <v>587</v>
       </c>
       <c r="B495" t="s">
-        <v>2760</v>
+        <v>2767</v>
       </c>
       <c r="C495" t="s">
-        <v>2761</v>
+        <v>2768</v>
       </c>
       <c r="D495" t="s">
-        <v>2762</v>
+        <v>2769</v>
       </c>
       <c r="E495" t="s">
-        <v>2763</v>
+        <v>2770</v>
       </c>
       <c r="F495" t="s">
-        <v>2764</v>
+        <v>2771</v>
       </c>
       <c r="G495" t="s">
-        <v>2765</v>
+        <v>2772</v>
       </c>
       <c r="H495">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="I495">
-        <v>29</v>
+        <v>0</v>
       </c>
     </row>
     <row r="496" spans="1:9">
       <c r="A496">
-        <v>426</v>
+        <v>594</v>
       </c>
       <c r="B496" t="s">
-        <v>2766</v>
+        <v>2773</v>
       </c>
       <c r="C496" t="s">
-        <v>2767</v>
+        <v>2774</v>
       </c>
       <c r="D496" t="s">
-        <v>2768</v>
+        <v>2775</v>
       </c>
       <c r="E496" t="s">
-        <v>2769</v>
+        <v>2776</v>
       </c>
       <c r="F496" t="s">
-        <v>2770</v>
+        <v>2777</v>
       </c>
       <c r="G496" t="s">
-        <v>2771</v>
+        <v>2778</v>
       </c>
       <c r="H496">
-        <v>97</v>
+        <v>3</v>
       </c>
       <c r="I496">
-        <v>15</v>
+        <v>5</v>
       </c>
     </row>
     <row r="497" spans="1:9">
       <c r="A497">
-        <v>427</v>
+        <v>586</v>
       </c>
       <c r="B497" t="s">
-        <v>2772</v>
+        <v>2779</v>
       </c>
       <c r="C497" t="s">
-        <v>2773</v>
+        <v>2780</v>
       </c>
       <c r="D497" t="s">
-        <v>2774</v>
+        <v>2781</v>
       </c>
       <c r="E497" t="s">
-        <v>2775</v>
+        <v>2782</v>
       </c>
       <c r="F497" t="s">
-        <v>2776</v>
+        <v>2783</v>
       </c>
       <c r="G497" t="s">
-        <v>2777</v>
+        <v>2784</v>
       </c>
       <c r="H497">
-        <v>43</v>
+        <v>0</v>
       </c>
       <c r="I497">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="498" spans="1:9">
       <c r="A498">
-        <v>441</v>
+        <v>589</v>
       </c>
       <c r="B498" t="s">
-        <v>2778</v>
+        <v>2785</v>
       </c>
       <c r="C498" t="s">
-        <v>2779</v>
+        <v>2786</v>
       </c>
       <c r="D498" t="s">
-        <v>2780</v>
+        <v>2787</v>
       </c>
       <c r="E498" t="s">
-        <v>2781</v>
+        <v>2788</v>
       </c>
       <c r="F498" t="s">
-        <v>2782</v>
+        <v>2789</v>
       </c>
       <c r="G498" t="s">
-        <v>2783</v>
+        <v>2790</v>
       </c>
       <c r="H498">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="I498">
-        <v>1</v>
+        <v>23</v>
       </c>
     </row>
     <row r="499" spans="1:9">
       <c r="A499">
-        <v>428</v>
+        <v>585</v>
       </c>
       <c r="B499" t="s">
-        <v>2784</v>
+        <v>2122</v>
       </c>
       <c r="C499" t="s">
-        <v>2785</v>
+        <v>2791</v>
       </c>
       <c r="D499" t="s">
-        <v>2786</v>
+        <v>2792</v>
       </c>
       <c r="E499" t="s">
-        <v>2787</v>
+        <v>2793</v>
       </c>
       <c r="F499" t="s">
-        <v>2788</v>
+        <v>2794</v>
       </c>
       <c r="G499" t="s">
-        <v>2789</v>
+        <v>2795</v>
       </c>
       <c r="H499">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I499">
         <v>0</v>
       </c>
     </row>
     <row r="500" spans="1:9">
       <c r="A500">
-        <v>422</v>
+        <v>584</v>
       </c>
       <c r="B500" t="s">
-        <v>2790</v>
-[...5 lines deleted...]
-        <v>2792</v>
+        <v>2306</v>
       </c>
       <c r="E500" t="s">
-        <v>2793</v>
+        <v>2796</v>
       </c>
       <c r="F500" t="s">
-        <v>2794</v>
+        <v>2797</v>
       </c>
       <c r="G500" t="s">
-        <v>2795</v>
+        <v>2798</v>
       </c>
       <c r="H500">
         <v>0</v>
       </c>
       <c r="I500">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="501" spans="1:9">
       <c r="A501">
-        <v>421</v>
+        <v>582</v>
       </c>
       <c r="B501" t="s">
-        <v>2796</v>
-[...2 lines deleted...]
-        <v>2797</v>
+        <v>2799</v>
       </c>
       <c r="D501" t="s">
-        <v>2798</v>
+        <v>2800</v>
       </c>
       <c r="E501" t="s">
-        <v>2799</v>
+        <v>2801</v>
       </c>
       <c r="F501" t="s">
-        <v>2800</v>
+        <v>2802</v>
       </c>
       <c r="G501" t="s">
-        <v>2801</v>
+        <v>2803</v>
       </c>
       <c r="H501">
         <v>0</v>
       </c>
       <c r="I501">
         <v>0</v>
       </c>
     </row>
     <row r="502" spans="1:9">
       <c r="A502">
-        <v>425</v>
+        <v>583</v>
       </c>
       <c r="B502" t="s">
-        <v>2802</v>
+        <v>56</v>
       </c>
       <c r="C502" t="s">
-        <v>2803</v>
+        <v>2804</v>
       </c>
       <c r="D502" t="s">
-        <v>528</v>
+        <v>2805</v>
       </c>
       <c r="E502" t="s">
-        <v>2804</v>
+        <v>2806</v>
       </c>
       <c r="F502" t="s">
-        <v>2805</v>
+        <v>2807</v>
       </c>
       <c r="G502" t="s">
-        <v>2806</v>
+        <v>2808</v>
       </c>
       <c r="H502">
-        <v>43</v>
+        <v>1</v>
       </c>
       <c r="I502">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="503" spans="1:9">
       <c r="A503">
-        <v>417</v>
+        <v>601</v>
       </c>
       <c r="B503" t="s">
-        <v>776</v>
+        <v>2809</v>
       </c>
       <c r="C503" t="s">
-        <v>2807</v>
+        <v>2810</v>
       </c>
       <c r="D503" t="s">
-        <v>2808</v>
+        <v>2811</v>
       </c>
       <c r="E503" t="s">
-        <v>2809</v>
+        <v>2812</v>
       </c>
       <c r="F503" t="s">
-        <v>2810</v>
+        <v>2813</v>
       </c>
       <c r="G503" t="s">
-        <v>2811</v>
+        <v>2814</v>
       </c>
       <c r="H503">
-        <v>535</v>
+        <v>0</v>
       </c>
       <c r="I503">
-        <v>58</v>
+        <v>0</v>
       </c>
     </row>
     <row r="504" spans="1:9">
       <c r="A504">
-        <v>419</v>
+        <v>581</v>
       </c>
       <c r="B504" t="s">
-        <v>2812</v>
-[...5 lines deleted...]
-        <v>2814</v>
+        <v>2306</v>
       </c>
       <c r="E504" t="s">
         <v>2815</v>
       </c>
       <c r="F504" t="s">
         <v>2816</v>
       </c>
       <c r="G504" t="s">
         <v>2817</v>
       </c>
       <c r="H504">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="I504">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="505" spans="1:9">
       <c r="A505">
-        <v>418</v>
+        <v>578</v>
       </c>
       <c r="B505" t="s">
+        <v>383</v>
+      </c>
+      <c r="C505" t="s">
         <v>2818</v>
       </c>
-      <c r="C505" t="s">
+      <c r="D505" t="s">
         <v>2819</v>
       </c>
-      <c r="D505" t="s">
+      <c r="E505" t="s">
         <v>2820</v>
       </c>
-      <c r="E505" t="s">
+      <c r="F505" t="s">
         <v>2821</v>
       </c>
-      <c r="F505" t="s">
+      <c r="G505" t="s">
         <v>2822</v>
       </c>
-      <c r="G505" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H505">
-        <v>0</v>
+        <v>51</v>
       </c>
       <c r="I505">
-        <v>0</v>
+        <v>21</v>
       </c>
     </row>
     <row r="506" spans="1:9">
       <c r="A506">
-        <v>415</v>
+        <v>580</v>
       </c>
       <c r="B506" t="s">
-        <v>353</v>
+        <v>2823</v>
       </c>
       <c r="C506" t="s">
         <v>2824</v>
       </c>
       <c r="D506" t="s">
         <v>2825</v>
       </c>
       <c r="E506" t="s">
         <v>2826</v>
       </c>
       <c r="F506" t="s">
         <v>2827</v>
       </c>
       <c r="G506" t="s">
-        <v>358</v>
+        <v>2828</v>
       </c>
       <c r="H506">
-        <v>149</v>
+        <v>4</v>
       </c>
       <c r="I506">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="507" spans="1:9">
       <c r="A507">
-        <v>416</v>
+        <v>579</v>
       </c>
       <c r="B507" t="s">
-        <v>2828</v>
+        <v>2829</v>
       </c>
       <c r="C507" t="s">
-        <v>2829</v>
+        <v>2830</v>
       </c>
       <c r="D507" t="s">
-        <v>2830</v>
+        <v>2831</v>
       </c>
       <c r="E507" t="s">
-        <v>2831</v>
+        <v>2832</v>
       </c>
       <c r="F507" t="s">
-        <v>2832</v>
+        <v>2833</v>
       </c>
       <c r="G507" t="s">
-        <v>2833</v>
+        <v>2834</v>
       </c>
       <c r="H507">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I507">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="508" spans="1:9">
       <c r="A508">
-        <v>414</v>
+        <v>573</v>
       </c>
       <c r="B508" t="s">
-        <v>353</v>
+        <v>2835</v>
       </c>
       <c r="C508" t="s">
-        <v>2834</v>
+        <v>2836</v>
       </c>
       <c r="D508" t="s">
-        <v>2835</v>
+        <v>2837</v>
       </c>
       <c r="E508" t="s">
-        <v>2836</v>
+        <v>2838</v>
       </c>
       <c r="F508" t="s">
-        <v>2837</v>
+        <v>2839</v>
       </c>
       <c r="G508" t="s">
-        <v>358</v>
+        <v>2840</v>
       </c>
       <c r="H508">
-        <v>259</v>
+        <v>8</v>
       </c>
       <c r="I508">
-        <v>43</v>
+        <v>0</v>
       </c>
     </row>
     <row r="509" spans="1:9">
       <c r="A509">
-        <v>420</v>
+        <v>571</v>
       </c>
       <c r="B509" t="s">
-        <v>2838</v>
+        <v>2841</v>
       </c>
       <c r="C509" t="s">
-        <v>2839</v>
+        <v>2842</v>
       </c>
       <c r="D509" t="s">
-        <v>2840</v>
+        <v>2843</v>
       </c>
       <c r="E509" t="s">
-        <v>2841</v>
+        <v>2844</v>
       </c>
       <c r="F509" t="s">
-        <v>2842</v>
+        <v>2845</v>
       </c>
       <c r="G509" t="s">
-        <v>2843</v>
+        <v>2846</v>
       </c>
       <c r="H509">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="I509">
-        <v>0</v>
+        <v>17</v>
       </c>
     </row>
     <row r="510" spans="1:9">
       <c r="A510">
-        <v>413</v>
+        <v>572</v>
       </c>
       <c r="B510" t="s">
-        <v>2844</v>
+        <v>2847</v>
       </c>
       <c r="C510" t="s">
-        <v>2845</v>
+        <v>2848</v>
       </c>
       <c r="D510" t="s">
-        <v>2846</v>
+        <v>2849</v>
       </c>
       <c r="E510" t="s">
-        <v>2847</v>
+        <v>2850</v>
       </c>
       <c r="F510" t="s">
-        <v>2848</v>
+        <v>2851</v>
       </c>
       <c r="G510" t="s">
-        <v>2849</v>
+        <v>2852</v>
       </c>
       <c r="H510">
         <v>1</v>
       </c>
       <c r="I510">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="511" spans="1:9">
       <c r="A511">
-        <v>412</v>
+        <v>574</v>
       </c>
       <c r="B511" t="s">
-        <v>353</v>
+        <v>2853</v>
       </c>
       <c r="C511" t="s">
-        <v>2850</v>
+        <v>2854</v>
       </c>
       <c r="D511" t="s">
-        <v>2851</v>
+        <v>2855</v>
       </c>
       <c r="E511" t="s">
-        <v>2852</v>
+        <v>2856</v>
       </c>
       <c r="F511" t="s">
-        <v>2853</v>
+        <v>2857</v>
       </c>
       <c r="G511" t="s">
-        <v>2854</v>
+        <v>2858</v>
       </c>
       <c r="H511">
-        <v>761</v>
+        <v>0</v>
       </c>
       <c r="I511">
-        <v>167</v>
+        <v>0</v>
       </c>
     </row>
     <row r="512" spans="1:9">
       <c r="A512">
-        <v>410</v>
+        <v>577</v>
       </c>
       <c r="B512" t="s">
-        <v>2855</v>
+        <v>2859</v>
       </c>
       <c r="C512" t="s">
-        <v>2856</v>
+        <v>2860</v>
       </c>
       <c r="D512" t="s">
-        <v>2857</v>
+        <v>2861</v>
       </c>
       <c r="E512" t="s">
-        <v>2858</v>
+        <v>2862</v>
       </c>
       <c r="F512" t="s">
-        <v>2859</v>
+        <v>2863</v>
       </c>
       <c r="G512" t="s">
-        <v>2860</v>
+        <v>2864</v>
       </c>
       <c r="H512">
-        <v>0</v>
+        <v>119</v>
       </c>
       <c r="I512">
-        <v>0</v>
+        <v>5255</v>
       </c>
     </row>
     <row r="513" spans="1:9">
       <c r="A513">
-        <v>411</v>
+        <v>575</v>
       </c>
       <c r="B513" t="s">
-        <v>1224</v>
+        <v>2865</v>
       </c>
       <c r="C513" t="s">
-        <v>2861</v>
+        <v>2866</v>
       </c>
       <c r="D513" t="s">
-        <v>2862</v>
+        <v>2867</v>
       </c>
       <c r="E513" t="s">
-        <v>2863</v>
+        <v>2868</v>
       </c>
       <c r="F513" t="s">
-        <v>2864</v>
+        <v>2869</v>
       </c>
       <c r="G513" t="s">
-        <v>2865</v>
+        <v>2870</v>
       </c>
       <c r="H513">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I513">
         <v>0</v>
       </c>
     </row>
     <row r="514" spans="1:9">
       <c r="A514">
-        <v>423</v>
+        <v>568</v>
       </c>
       <c r="B514" t="s">
-        <v>2866</v>
+        <v>2871</v>
       </c>
       <c r="C514" t="s">
-        <v>2867</v>
+        <v>2872</v>
       </c>
       <c r="D514" t="s">
-        <v>2868</v>
+        <v>2873</v>
       </c>
       <c r="E514" t="s">
-        <v>2867</v>
+        <v>2874</v>
       </c>
       <c r="F514" t="s">
-        <v>2869</v>
+        <v>2875</v>
       </c>
       <c r="G514" t="s">
-        <v>2870</v>
+        <v>2876</v>
       </c>
       <c r="H514">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I514">
         <v>0</v>
       </c>
     </row>
     <row r="515" spans="1:9">
       <c r="A515">
-        <v>424</v>
+        <v>567</v>
       </c>
       <c r="B515" t="s">
-        <v>2866</v>
+        <v>2877</v>
       </c>
       <c r="C515" t="s">
-        <v>2867</v>
+        <v>2878</v>
       </c>
       <c r="D515" t="s">
-        <v>2868</v>
+        <v>2879</v>
       </c>
       <c r="E515" t="s">
-        <v>2871</v>
+        <v>2880</v>
       </c>
       <c r="F515" t="s">
-        <v>2869</v>
+        <v>2881</v>
       </c>
       <c r="G515" t="s">
-        <v>2870</v>
+        <v>2882</v>
       </c>
       <c r="H515">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I515">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="516" spans="1:9">
       <c r="A516">
-        <v>408</v>
+        <v>566</v>
       </c>
       <c r="B516" t="s">
-        <v>2872</v>
+        <v>2883</v>
       </c>
       <c r="C516" t="s">
-        <v>2873</v>
+        <v>2884</v>
       </c>
       <c r="D516" t="s">
-        <v>2874</v>
+        <v>2885</v>
       </c>
       <c r="E516" t="s">
-        <v>2875</v>
+        <v>2886</v>
       </c>
       <c r="F516" t="s">
-        <v>2876</v>
+        <v>2887</v>
       </c>
       <c r="G516" t="s">
-        <v>2877</v>
+        <v>2888</v>
       </c>
       <c r="H516">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="I516">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="517" spans="1:9">
       <c r="A517">
-        <v>407</v>
+        <v>565</v>
       </c>
       <c r="B517" t="s">
-        <v>2878</v>
+        <v>2889</v>
       </c>
       <c r="C517" t="s">
-        <v>2879</v>
+        <v>2890</v>
       </c>
       <c r="D517" t="s">
-        <v>2880</v>
+        <v>2891</v>
       </c>
       <c r="E517" t="s">
-        <v>2881</v>
+        <v>2892</v>
       </c>
       <c r="F517" t="s">
-        <v>2882</v>
+        <v>2893</v>
       </c>
       <c r="G517" t="s">
-        <v>2883</v>
+        <v>2894</v>
       </c>
       <c r="H517">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I517">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="518" spans="1:9">
       <c r="A518">
-        <v>409</v>
+        <v>562</v>
       </c>
       <c r="B518" t="s">
-        <v>776</v>
+        <v>747</v>
       </c>
       <c r="C518" t="s">
-        <v>2884</v>
+        <v>2895</v>
       </c>
       <c r="D518" t="s">
-        <v>2885</v>
+        <v>2896</v>
       </c>
       <c r="E518" t="s">
-        <v>2886</v>
+        <v>2897</v>
       </c>
       <c r="F518" t="s">
-        <v>2887</v>
+        <v>2898</v>
       </c>
       <c r="G518" t="s">
-        <v>2888</v>
+        <v>2899</v>
       </c>
       <c r="H518">
-        <v>3596</v>
+        <v>1</v>
       </c>
       <c r="I518">
-        <v>736</v>
+        <v>1</v>
       </c>
     </row>
     <row r="519" spans="1:9">
       <c r="A519">
-        <v>404</v>
+        <v>563</v>
       </c>
       <c r="B519" t="s">
-        <v>2889</v>
+        <v>1270</v>
       </c>
       <c r="C519" t="s">
-        <v>2890</v>
+        <v>2900</v>
       </c>
       <c r="D519" t="s">
-        <v>2891</v>
+        <v>2901</v>
       </c>
       <c r="E519" t="s">
-        <v>2892</v>
+        <v>2902</v>
       </c>
       <c r="F519" t="s">
-        <v>2893</v>
+        <v>2903</v>
       </c>
       <c r="G519" t="s">
-        <v>2894</v>
+        <v>1275</v>
       </c>
       <c r="H519">
-        <v>22</v>
+        <v>162</v>
       </c>
       <c r="I519">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="520" spans="1:9">
       <c r="A520">
-        <v>405</v>
+        <v>561</v>
       </c>
       <c r="B520" t="s">
-        <v>700</v>
+        <v>671</v>
       </c>
       <c r="C520" t="s">
-        <v>2895</v>
+        <v>2904</v>
       </c>
       <c r="D520" t="s">
-        <v>2896</v>
+        <v>2905</v>
       </c>
       <c r="E520" t="s">
-        <v>2897</v>
+        <v>2906</v>
       </c>
       <c r="F520" t="s">
-        <v>2898</v>
+        <v>2907</v>
       </c>
       <c r="G520" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="H520">
-        <v>415</v>
+        <v>267</v>
       </c>
       <c r="I520">
-        <v>36</v>
+        <v>42</v>
       </c>
     </row>
     <row r="521" spans="1:9">
       <c r="A521">
-        <v>406</v>
+        <v>560</v>
       </c>
       <c r="B521" t="s">
-        <v>2900</v>
+        <v>2909</v>
       </c>
       <c r="C521" t="s">
-        <v>2901</v>
+        <v>2910</v>
       </c>
       <c r="D521" t="s">
-        <v>2902</v>
+        <v>2911</v>
       </c>
       <c r="E521" t="s">
-        <v>2903</v>
+        <v>2912</v>
       </c>
       <c r="F521" t="s">
-        <v>2904</v>
+        <v>2913</v>
       </c>
       <c r="G521" t="s">
-        <v>2905</v>
+        <v>2914</v>
       </c>
       <c r="H521">
-        <v>747</v>
+        <v>677</v>
       </c>
       <c r="I521">
-        <v>10</v>
+        <v>296</v>
       </c>
     </row>
     <row r="522" spans="1:9">
       <c r="A522">
-        <v>403</v>
+        <v>564</v>
       </c>
       <c r="B522" t="s">
-        <v>2906</v>
+        <v>2915</v>
       </c>
       <c r="C522" t="s">
-        <v>2907</v>
+        <v>2916</v>
       </c>
       <c r="D522" t="s">
-        <v>2908</v>
+        <v>2917</v>
       </c>
       <c r="E522" t="s">
-        <v>2909</v>
+        <v>2918</v>
       </c>
       <c r="F522" t="s">
-        <v>2910</v>
+        <v>2919</v>
       </c>
       <c r="G522" t="s">
-        <v>2911</v>
+        <v>2920</v>
       </c>
       <c r="H522">
         <v>0</v>
       </c>
       <c r="I522">
         <v>0</v>
       </c>
     </row>
     <row r="523" spans="1:9">
       <c r="A523">
-        <v>400</v>
+        <v>570</v>
       </c>
       <c r="B523" t="s">
-        <v>2912</v>
+        <v>2921</v>
       </c>
       <c r="C523" t="s">
-        <v>2913</v>
+        <v>2922</v>
       </c>
       <c r="D523" t="s">
-        <v>2914</v>
+        <v>2923</v>
       </c>
       <c r="E523" t="s">
-        <v>2915</v>
+        <v>2924</v>
       </c>
       <c r="F523" t="s">
-        <v>2916</v>
+        <v>2925</v>
       </c>
       <c r="G523" t="s">
-        <v>2917</v>
+        <v>2926</v>
       </c>
       <c r="H523">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="I523">
-        <v>14</v>
+        <v>0</v>
       </c>
     </row>
     <row r="524" spans="1:9">
       <c r="A524">
-        <v>397</v>
+        <v>559</v>
       </c>
       <c r="B524" t="s">
-        <v>2918</v>
+        <v>2122</v>
       </c>
       <c r="C524" t="s">
-        <v>2919</v>
+        <v>2927</v>
       </c>
       <c r="D524" t="s">
-        <v>2920</v>
+        <v>2928</v>
       </c>
       <c r="E524" t="s">
-        <v>2921</v>
+        <v>2929</v>
       </c>
       <c r="F524" t="s">
-        <v>2922</v>
+        <v>2930</v>
       </c>
       <c r="G524" t="s">
-        <v>2923</v>
+        <v>2931</v>
       </c>
       <c r="H524">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I524">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="525" spans="1:9">
       <c r="A525">
-        <v>401</v>
+        <v>576</v>
       </c>
       <c r="B525" t="s">
-        <v>2924</v>
+        <v>2932</v>
       </c>
       <c r="C525" t="s">
-        <v>2925</v>
+        <v>2933</v>
       </c>
       <c r="D525" t="s">
-        <v>2926</v>
+        <v>2934</v>
       </c>
       <c r="E525" t="s">
-        <v>2927</v>
+        <v>2935</v>
       </c>
       <c r="F525" t="s">
-        <v>2928</v>
+        <v>2936</v>
       </c>
       <c r="G525" t="s">
-        <v>2929</v>
+        <v>2937</v>
       </c>
       <c r="H525">
-        <v>3</v>
+        <v>565</v>
       </c>
       <c r="I525">
-        <v>4</v>
+        <v>45</v>
       </c>
     </row>
     <row r="526" spans="1:9">
       <c r="A526">
-        <v>402</v>
+        <v>558</v>
       </c>
       <c r="B526" t="s">
-        <v>2930</v>
+        <v>2938</v>
       </c>
       <c r="C526" t="s">
-        <v>2931</v>
+        <v>2939</v>
       </c>
       <c r="D526" t="s">
-        <v>2932</v>
+        <v>2940</v>
       </c>
       <c r="E526" t="s">
-        <v>2933</v>
+        <v>2941</v>
       </c>
       <c r="F526" t="s">
-        <v>2934</v>
+        <v>2942</v>
       </c>
       <c r="G526" t="s">
-        <v>2935</v>
+        <v>2943</v>
       </c>
       <c r="H526">
-        <v>0</v>
+        <v>436</v>
       </c>
       <c r="I526">
-        <v>0</v>
+        <v>40</v>
       </c>
     </row>
     <row r="527" spans="1:9">
       <c r="A527">
-        <v>396</v>
+        <v>597</v>
       </c>
       <c r="B527" t="s">
-        <v>2936</v>
+        <v>2944</v>
       </c>
       <c r="C527" t="s">
-        <v>2937</v>
+        <v>2945</v>
       </c>
       <c r="D527" t="s">
-        <v>2938</v>
+        <v>2946</v>
       </c>
       <c r="E527" t="s">
-        <v>2939</v>
+        <v>2947</v>
       </c>
       <c r="F527" t="s">
-        <v>2940</v>
+        <v>2948</v>
       </c>
       <c r="G527" t="s">
-        <v>2941</v>
+        <v>2949</v>
       </c>
       <c r="H527">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="I527">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="528" spans="1:9">
       <c r="A528">
-        <v>398</v>
+        <v>554</v>
       </c>
       <c r="B528" t="s">
-        <v>2942</v>
+        <v>2950</v>
       </c>
       <c r="C528" t="s">
-        <v>2943</v>
+        <v>2951</v>
       </c>
       <c r="D528" t="s">
-        <v>2944</v>
+        <v>2952</v>
       </c>
       <c r="E528" t="s">
-        <v>2945</v>
+        <v>2953</v>
       </c>
       <c r="F528" t="s">
-        <v>2946</v>
+        <v>2954</v>
       </c>
       <c r="G528" t="s">
-        <v>2947</v>
+        <v>2955</v>
       </c>
       <c r="H528">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="I528">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="529" spans="1:9">
       <c r="A529">
-        <v>399</v>
+        <v>556</v>
       </c>
       <c r="B529" t="s">
-        <v>197</v>
+        <v>2956</v>
       </c>
       <c r="C529" t="s">
-        <v>2948</v>
+        <v>2957</v>
       </c>
       <c r="D529" t="s">
-        <v>2949</v>
+        <v>2958</v>
       </c>
       <c r="E529" t="s">
-        <v>2950</v>
+        <v>2959</v>
       </c>
       <c r="F529" t="s">
-        <v>2951</v>
+        <v>2960</v>
       </c>
       <c r="G529" t="s">
-        <v>2952</v>
+        <v>2961</v>
       </c>
       <c r="H529">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="I529">
-        <v>60</v>
+        <v>12</v>
       </c>
     </row>
     <row r="530" spans="1:9">
       <c r="A530">
-        <v>395</v>
+        <v>557</v>
       </c>
       <c r="B530" t="s">
-        <v>2953</v>
+        <v>2962</v>
       </c>
       <c r="C530" t="s">
-        <v>2954</v>
+        <v>2963</v>
       </c>
       <c r="D530" t="s">
-        <v>2955</v>
+        <v>2964</v>
       </c>
       <c r="E530" t="s">
-        <v>2956</v>
+        <v>2965</v>
       </c>
       <c r="F530" t="s">
-        <v>2957</v>
+        <v>2966</v>
       </c>
       <c r="G530" t="s">
-        <v>2958</v>
+        <v>2967</v>
       </c>
       <c r="H530">
-        <v>155</v>
+        <v>0</v>
       </c>
       <c r="I530">
-        <v>35</v>
+        <v>0</v>
       </c>
     </row>
     <row r="531" spans="1:9">
       <c r="A531">
-        <v>393</v>
+        <v>552</v>
       </c>
       <c r="B531" t="s">
-        <v>2959</v>
+        <v>2749</v>
       </c>
       <c r="C531" t="s">
-        <v>2960</v>
+        <v>2968</v>
       </c>
       <c r="D531" t="s">
-        <v>2961</v>
+        <v>2969</v>
       </c>
       <c r="E531" t="s">
-        <v>2962</v>
+        <v>2970</v>
       </c>
       <c r="F531" t="s">
-        <v>2963</v>
+        <v>2971</v>
       </c>
       <c r="G531" t="s">
-        <v>2964</v>
+        <v>2972</v>
       </c>
       <c r="H531">
-        <v>67</v>
+        <v>51</v>
       </c>
       <c r="I531">
-        <v>120</v>
+        <v>4</v>
       </c>
     </row>
     <row r="532" spans="1:9">
       <c r="A532">
-        <v>394</v>
+        <v>555</v>
       </c>
       <c r="B532" t="s">
-        <v>2965</v>
+        <v>2973</v>
       </c>
       <c r="C532" t="s">
-        <v>2966</v>
+        <v>2974</v>
       </c>
       <c r="D532" t="s">
-        <v>2967</v>
+        <v>2975</v>
       </c>
       <c r="E532" t="s">
-        <v>2968</v>
+        <v>2976</v>
       </c>
       <c r="F532" t="s">
-        <v>2969</v>
+        <v>2977</v>
       </c>
       <c r="G532" t="s">
-        <v>2970</v>
+        <v>2978</v>
       </c>
       <c r="H532">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I532">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="533" spans="1:9">
       <c r="A533">
-        <v>391</v>
+        <v>569</v>
       </c>
       <c r="B533" t="s">
-        <v>2971</v>
+        <v>2979</v>
       </c>
       <c r="C533" t="s">
-        <v>2972</v>
+        <v>2980</v>
       </c>
       <c r="D533" t="s">
-        <v>2973</v>
+        <v>2981</v>
       </c>
       <c r="E533" t="s">
-        <v>2974</v>
+        <v>2982</v>
       </c>
       <c r="F533" t="s">
-        <v>2975</v>
+        <v>2983</v>
       </c>
       <c r="G533" t="s">
-        <v>2976</v>
+        <v>2984</v>
       </c>
       <c r="H533">
-        <v>443</v>
+        <v>0</v>
       </c>
       <c r="I533">
-        <v>27</v>
+        <v>0</v>
       </c>
     </row>
     <row r="534" spans="1:9">
       <c r="A534">
-        <v>392</v>
+        <v>548</v>
       </c>
       <c r="B534" t="s">
-        <v>2977</v>
+        <v>2985</v>
       </c>
       <c r="C534" t="s">
-        <v>2978</v>
+        <v>2986</v>
       </c>
       <c r="D534" t="s">
-        <v>2979</v>
+        <v>2987</v>
       </c>
       <c r="E534" t="s">
-        <v>2980</v>
+        <v>2988</v>
       </c>
       <c r="F534" t="s">
-        <v>2981</v>
+        <v>2989</v>
       </c>
       <c r="G534" t="s">
-        <v>2982</v>
+        <v>2990</v>
       </c>
       <c r="H534">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="I534">
-        <v>7</v>
+        <v>2</v>
       </c>
     </row>
     <row r="535" spans="1:9">
       <c r="A535">
-        <v>390</v>
+        <v>549</v>
       </c>
       <c r="B535" t="s">
-        <v>2983</v>
+        <v>1811</v>
       </c>
       <c r="C535" t="s">
-        <v>2984</v>
+        <v>2991</v>
       </c>
       <c r="D535" t="s">
-        <v>2985</v>
+        <v>2992</v>
       </c>
       <c r="E535" t="s">
-        <v>2986</v>
+        <v>2993</v>
       </c>
       <c r="F535" t="s">
-        <v>2987</v>
+        <v>2994</v>
       </c>
       <c r="G535" t="s">
-        <v>2988</v>
+        <v>2995</v>
       </c>
       <c r="H535">
         <v>0</v>
       </c>
       <c r="I535">
         <v>0</v>
       </c>
     </row>
     <row r="536" spans="1:9">
       <c r="A536">
-        <v>386</v>
+        <v>547</v>
       </c>
       <c r="B536" t="s">
-        <v>2989</v>
+        <v>2996</v>
       </c>
       <c r="C536" t="s">
-        <v>2990</v>
+        <v>2997</v>
       </c>
       <c r="D536" t="s">
-        <v>2991</v>
+        <v>2998</v>
       </c>
       <c r="E536" t="s">
-        <v>2992</v>
+        <v>2999</v>
       </c>
       <c r="F536" t="s">
-        <v>2993</v>
+        <v>3000</v>
       </c>
       <c r="G536" t="s">
-        <v>2994</v>
+        <v>3001</v>
       </c>
       <c r="H536">
-        <v>10</v>
+        <v>248</v>
       </c>
       <c r="I536">
-        <v>0</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="537" spans="1:9">
       <c r="A537">
-        <v>388</v>
+        <v>550</v>
       </c>
       <c r="B537" t="s">
-        <v>2995</v>
+        <v>3002</v>
       </c>
       <c r="C537" t="s">
-        <v>2996</v>
+        <v>3003</v>
       </c>
       <c r="D537" t="s">
-        <v>2997</v>
+        <v>3004</v>
       </c>
       <c r="E537" t="s">
-        <v>2998</v>
+        <v>3005</v>
       </c>
       <c r="F537" t="s">
-        <v>2999</v>
+        <v>3006</v>
       </c>
       <c r="G537" t="s">
-        <v>3000</v>
+        <v>3007</v>
       </c>
       <c r="H537">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="I537">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="538" spans="1:9">
       <c r="A538">
-        <v>385</v>
+        <v>553</v>
       </c>
       <c r="B538" t="s">
-        <v>353</v>
+        <v>3008</v>
       </c>
       <c r="C538" t="s">
-        <v>3001</v>
+        <v>3009</v>
       </c>
       <c r="D538" t="s">
-        <v>3002</v>
+        <v>3010</v>
       </c>
       <c r="E538" t="s">
-        <v>3003</v>
+        <v>3011</v>
       </c>
       <c r="F538" t="s">
-        <v>3004</v>
+        <v>3012</v>
       </c>
       <c r="G538" t="s">
-        <v>358</v>
+        <v>3013</v>
       </c>
       <c r="H538">
-        <v>212</v>
+        <v>9870</v>
       </c>
       <c r="I538">
-        <v>8</v>
+        <v>738</v>
       </c>
     </row>
     <row r="539" spans="1:9">
       <c r="A539">
-        <v>387</v>
+        <v>551</v>
       </c>
       <c r="B539" t="s">
-        <v>3005</v>
+        <v>3014</v>
       </c>
       <c r="C539" t="s">
-        <v>3006</v>
+        <v>3015</v>
       </c>
       <c r="D539" t="s">
-        <v>3007</v>
+        <v>3016</v>
       </c>
       <c r="E539" t="s">
-        <v>3008</v>
+        <v>3017</v>
       </c>
       <c r="F539" t="s">
-        <v>3009</v>
+        <v>3018</v>
       </c>
       <c r="G539" t="s">
-        <v>3010</v>
+        <v>3019</v>
       </c>
       <c r="H539">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="I539">
         <v>0</v>
       </c>
     </row>
     <row r="540" spans="1:9">
       <c r="A540">
-        <v>383</v>
+        <v>545</v>
       </c>
       <c r="B540" t="s">
-        <v>3011</v>
+        <v>3020</v>
       </c>
       <c r="C540" t="s">
-        <v>3012</v>
+        <v>3021</v>
       </c>
       <c r="D540" t="s">
-        <v>3013</v>
+        <v>3022</v>
       </c>
       <c r="E540" t="s">
-        <v>3014</v>
+        <v>3023</v>
       </c>
       <c r="F540" t="s">
-        <v>3015</v>
+        <v>3024</v>
       </c>
       <c r="G540" t="s">
-        <v>3016</v>
+        <v>3025</v>
       </c>
       <c r="H540">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I540">
         <v>0</v>
       </c>
     </row>
     <row r="541" spans="1:9">
       <c r="A541">
-        <v>389</v>
+        <v>544</v>
       </c>
       <c r="B541" t="s">
-        <v>3017</v>
+        <v>597</v>
       </c>
       <c r="C541" t="s">
-        <v>3018</v>
+        <v>3026</v>
       </c>
       <c r="D541" t="s">
-        <v>3019</v>
+        <v>3027</v>
       </c>
       <c r="E541" t="s">
-        <v>3020</v>
+        <v>3028</v>
       </c>
       <c r="F541" t="s">
-        <v>3021</v>
+        <v>3029</v>
       </c>
       <c r="G541" t="s">
-        <v>3022</v>
+        <v>602</v>
       </c>
       <c r="H541">
-        <v>39</v>
+        <v>3808</v>
       </c>
       <c r="I541">
-        <v>0</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="542" spans="1:9">
       <c r="A542">
-        <v>384</v>
+        <v>542</v>
       </c>
       <c r="B542" t="s">
-        <v>3023</v>
+        <v>3030</v>
       </c>
       <c r="C542" t="s">
-        <v>3024</v>
+        <v>3031</v>
       </c>
       <c r="D542" t="s">
-        <v>3025</v>
+        <v>3032</v>
       </c>
       <c r="E542" t="s">
-        <v>3026</v>
+        <v>3033</v>
       </c>
       <c r="F542" t="s">
-        <v>3027</v>
+        <v>3034</v>
       </c>
       <c r="G542" t="s">
-        <v>3028</v>
+        <v>3035</v>
       </c>
       <c r="H542">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I542">
         <v>0</v>
       </c>
     </row>
     <row r="543" spans="1:9">
       <c r="A543">
-        <v>380</v>
+        <v>541</v>
       </c>
       <c r="B543" t="s">
-        <v>3029</v>
+        <v>3036</v>
       </c>
       <c r="C543" t="s">
-        <v>3030</v>
+        <v>3037</v>
       </c>
       <c r="D543" t="s">
-        <v>3031</v>
+        <v>3038</v>
       </c>
       <c r="E543" t="s">
-        <v>3032</v>
+        <v>3039</v>
       </c>
       <c r="F543" t="s">
-        <v>3033</v>
+        <v>3040</v>
       </c>
       <c r="G543" t="s">
-        <v>3034</v>
+        <v>3041</v>
       </c>
       <c r="H543">
         <v>3</v>
       </c>
       <c r="I543">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="544" spans="1:9">
       <c r="A544">
-        <v>379</v>
+        <v>540</v>
       </c>
       <c r="B544" t="s">
-        <v>3035</v>
+        <v>2122</v>
       </c>
       <c r="C544" t="s">
-        <v>3036</v>
+        <v>3042</v>
       </c>
       <c r="D544" t="s">
-        <v>3037</v>
+        <v>3043</v>
       </c>
       <c r="E544" t="s">
-        <v>3038</v>
+        <v>3044</v>
       </c>
       <c r="F544" t="s">
-        <v>3039</v>
+        <v>3045</v>
       </c>
       <c r="G544" t="s">
-        <v>3040</v>
+        <v>3046</v>
       </c>
       <c r="H544">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I544">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="545" spans="1:9">
       <c r="A545">
-        <v>377</v>
+        <v>543</v>
       </c>
       <c r="B545" t="s">
-        <v>353</v>
+        <v>3047</v>
       </c>
       <c r="C545" t="s">
-        <v>3041</v>
+        <v>3048</v>
       </c>
       <c r="D545" t="s">
-        <v>3042</v>
+        <v>3049</v>
       </c>
       <c r="E545" t="s">
-        <v>3043</v>
+        <v>3050</v>
       </c>
       <c r="F545" t="s">
-        <v>3044</v>
+        <v>3051</v>
       </c>
       <c r="G545" t="s">
-        <v>3045</v>
+        <v>3052</v>
       </c>
       <c r="H545">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="I545">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row r="546" spans="1:9">
       <c r="A546">
-        <v>382</v>
+        <v>538</v>
       </c>
       <c r="B546" t="s">
-        <v>1909</v>
+        <v>3053</v>
       </c>
       <c r="C546" t="s">
-        <v>3046</v>
+        <v>3054</v>
       </c>
       <c r="D546" t="s">
-        <v>3047</v>
+        <v>3055</v>
       </c>
       <c r="E546" t="s">
-        <v>3048</v>
+        <v>3056</v>
       </c>
       <c r="F546" t="s">
-        <v>3049</v>
+        <v>3057</v>
       </c>
       <c r="G546" t="s">
-        <v>3050</v>
+        <v>3058</v>
       </c>
       <c r="H546">
-        <v>7</v>
+        <v>144</v>
       </c>
       <c r="I546">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="547" spans="1:9">
       <c r="A547">
-        <v>381</v>
+        <v>534</v>
       </c>
       <c r="B547" t="s">
-        <v>3051</v>
+        <v>3059</v>
       </c>
       <c r="C547" t="s">
-        <v>3052</v>
+        <v>3060</v>
       </c>
       <c r="D547" t="s">
-        <v>3053</v>
+        <v>3061</v>
       </c>
       <c r="E547" t="s">
-        <v>3054</v>
+        <v>3062</v>
       </c>
       <c r="F547" t="s">
-        <v>3055</v>
+        <v>3063</v>
       </c>
       <c r="G547" t="s">
-        <v>3056</v>
+        <v>3064</v>
       </c>
       <c r="H547">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I547">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="548" spans="1:9">
       <c r="A548">
-        <v>372</v>
+        <v>539</v>
       </c>
       <c r="B548" t="s">
-        <v>3057</v>
+        <v>3065</v>
       </c>
       <c r="C548" t="s">
-        <v>3058</v>
+        <v>3066</v>
       </c>
       <c r="D548" t="s">
-        <v>3059</v>
+        <v>3067</v>
       </c>
       <c r="E548" t="s">
-        <v>3060</v>
+        <v>3068</v>
       </c>
       <c r="F548" t="s">
-        <v>3061</v>
+        <v>3069</v>
       </c>
       <c r="G548" t="s">
-        <v>3062</v>
+        <v>3070</v>
       </c>
       <c r="H548">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="I548">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="549" spans="1:9">
       <c r="A549">
-        <v>375</v>
+        <v>537</v>
       </c>
       <c r="B549" t="s">
-        <v>3063</v>
+        <v>3071</v>
       </c>
       <c r="C549" t="s">
-        <v>3064</v>
+        <v>3072</v>
       </c>
       <c r="D549" t="s">
-        <v>3065</v>
+        <v>1442</v>
       </c>
       <c r="E549" t="s">
-        <v>3066</v>
+        <v>3073</v>
       </c>
       <c r="F549" t="s">
-        <v>3067</v>
+        <v>3074</v>
       </c>
       <c r="G549" t="s">
-        <v>3068</v>
+        <v>3075</v>
       </c>
       <c r="H549">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I549">
         <v>2</v>
       </c>
     </row>
     <row r="550" spans="1:9">
       <c r="A550">
-        <v>376</v>
+        <v>533</v>
       </c>
       <c r="B550" t="s">
-        <v>3069</v>
+        <v>747</v>
       </c>
       <c r="C550" t="s">
-        <v>3070</v>
+        <v>3076</v>
       </c>
       <c r="D550" t="s">
-        <v>3071</v>
+        <v>3077</v>
       </c>
       <c r="E550" t="s">
-        <v>3072</v>
+        <v>3078</v>
       </c>
       <c r="F550" t="s">
-        <v>3073</v>
+        <v>3079</v>
       </c>
       <c r="G550" t="s">
-        <v>3074</v>
+        <v>3080</v>
       </c>
       <c r="H550">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I550">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="551" spans="1:9">
       <c r="A551">
-        <v>374</v>
+        <v>536</v>
       </c>
       <c r="B551" t="s">
-        <v>3075</v>
+        <v>3081</v>
       </c>
       <c r="C551" t="s">
-        <v>3076</v>
+        <v>3082</v>
       </c>
       <c r="D551" t="s">
-        <v>3077</v>
+        <v>3083</v>
       </c>
       <c r="E551" t="s">
-        <v>3078</v>
+        <v>3084</v>
       </c>
       <c r="F551" t="s">
-        <v>3079</v>
+        <v>3085</v>
       </c>
       <c r="G551" t="s">
-        <v>3080</v>
+        <v>3086</v>
       </c>
       <c r="H551">
         <v>1</v>
       </c>
       <c r="I551">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="552" spans="1:9">
       <c r="A552">
-        <v>373</v>
+        <v>535</v>
       </c>
       <c r="B552" t="s">
-        <v>3081</v>
+        <v>3087</v>
       </c>
       <c r="C552" t="s">
-        <v>3082</v>
+        <v>3088</v>
       </c>
       <c r="D552" t="s">
-        <v>3083</v>
+        <v>3089</v>
       </c>
       <c r="E552" t="s">
-        <v>3084</v>
+        <v>3090</v>
       </c>
       <c r="F552" t="s">
-        <v>3085</v>
+        <v>3091</v>
       </c>
       <c r="G552" t="s">
-        <v>3086</v>
+        <v>3092</v>
       </c>
       <c r="H552">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I552">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="553" spans="1:9">
       <c r="A553">
-        <v>378</v>
+        <v>546</v>
       </c>
       <c r="B553" t="s">
-        <v>892</v>
+        <v>3093</v>
       </c>
       <c r="C553" t="s">
-        <v>3087</v>
+        <v>3094</v>
       </c>
       <c r="D553" t="s">
-        <v>3088</v>
+        <v>3095</v>
       </c>
       <c r="E553" t="s">
-        <v>3089</v>
+        <v>3096</v>
       </c>
       <c r="F553" t="s">
-        <v>3090</v>
+        <v>3097</v>
       </c>
       <c r="G553" t="s">
-        <v>3091</v>
+        <v>3098</v>
       </c>
       <c r="H553">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="I553">
-        <v>120</v>
+        <v>0</v>
       </c>
     </row>
     <row r="554" spans="1:9">
       <c r="A554">
-        <v>367</v>
+        <v>531</v>
       </c>
       <c r="B554" t="s">
-        <v>2971</v>
+        <v>3099</v>
       </c>
       <c r="C554" t="s">
-        <v>3092</v>
+        <v>3100</v>
       </c>
       <c r="D554" t="s">
-        <v>3093</v>
+        <v>3101</v>
       </c>
       <c r="E554" t="s">
-        <v>3094</v>
+        <v>3102</v>
       </c>
       <c r="F554" t="s">
-        <v>3095</v>
+        <v>3103</v>
       </c>
       <c r="G554" t="s">
-        <v>3096</v>
+        <v>3104</v>
       </c>
       <c r="H554">
-        <v>703</v>
+        <v>0</v>
       </c>
       <c r="I554">
-        <v>29</v>
+        <v>1</v>
       </c>
     </row>
     <row r="555" spans="1:9">
       <c r="A555">
-        <v>365</v>
+        <v>532</v>
       </c>
       <c r="B555" t="s">
-        <v>2977</v>
+        <v>3105</v>
       </c>
       <c r="C555" t="s">
-        <v>3097</v>
+        <v>3106</v>
       </c>
       <c r="D555" t="s">
-        <v>3098</v>
+        <v>3107</v>
       </c>
       <c r="E555" t="s">
-        <v>3099</v>
+        <v>3108</v>
       </c>
       <c r="F555" t="s">
-        <v>3100</v>
+        <v>3109</v>
       </c>
       <c r="G555" t="s">
-        <v>3101</v>
+        <v>3110</v>
       </c>
       <c r="H555">
-        <v>11</v>
+        <v>270</v>
       </c>
       <c r="I555">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="556" spans="1:9">
       <c r="A556">
-        <v>366</v>
+        <v>528</v>
       </c>
       <c r="B556" t="s">
-        <v>776</v>
+        <v>1270</v>
       </c>
       <c r="C556" t="s">
-        <v>3102</v>
+        <v>3111</v>
       </c>
       <c r="D556" t="s">
-        <v>3103</v>
+        <v>3112</v>
       </c>
       <c r="E556" t="s">
-        <v>3104</v>
+        <v>3113</v>
       </c>
       <c r="F556" t="s">
-        <v>3105</v>
+        <v>3114</v>
       </c>
       <c r="G556" t="s">
-        <v>781</v>
+        <v>1275</v>
       </c>
       <c r="H556">
-        <v>837</v>
+        <v>103</v>
       </c>
       <c r="I556">
-        <v>99</v>
+        <v>4</v>
       </c>
     </row>
     <row r="557" spans="1:9">
       <c r="A557">
-        <v>369</v>
+        <v>529</v>
       </c>
       <c r="B557" t="s">
-        <v>3106</v>
+        <v>3115</v>
       </c>
       <c r="C557" t="s">
-        <v>3107</v>
+        <v>3116</v>
       </c>
       <c r="D557" t="s">
-        <v>3108</v>
+        <v>3117</v>
       </c>
       <c r="E557" t="s">
-        <v>3109</v>
+        <v>3118</v>
       </c>
       <c r="F557" t="s">
-        <v>3110</v>
+        <v>3119</v>
       </c>
       <c r="G557" t="s">
-        <v>3111</v>
+        <v>3120</v>
       </c>
       <c r="H557">
-        <v>261</v>
+        <v>8</v>
       </c>
       <c r="I557">
-        <v>14</v>
+        <v>0</v>
       </c>
     </row>
     <row r="558" spans="1:9">
       <c r="A558">
-        <v>370</v>
+        <v>530</v>
       </c>
       <c r="B558" t="s">
-        <v>3106</v>
+        <v>3121</v>
       </c>
       <c r="C558" t="s">
-        <v>3107</v>
+        <v>3122</v>
       </c>
       <c r="D558" t="s">
-        <v>3112</v>
+        <v>3123</v>
       </c>
       <c r="E558" t="s">
-        <v>3109</v>
+        <v>3124</v>
       </c>
       <c r="F558" t="s">
-        <v>3110</v>
+        <v>3125</v>
       </c>
       <c r="G558" t="s">
-        <v>3111</v>
+        <v>3126</v>
       </c>
       <c r="H558">
-        <v>261</v>
+        <v>17</v>
       </c>
       <c r="I558">
-        <v>14</v>
+        <v>4</v>
       </c>
     </row>
     <row r="559" spans="1:9">
       <c r="A559">
-        <v>364</v>
+        <v>527</v>
       </c>
       <c r="B559" t="s">
-        <v>3113</v>
+        <v>3127</v>
       </c>
       <c r="C559" t="s">
-        <v>3114</v>
+        <v>3128</v>
       </c>
       <c r="D559" t="s">
-        <v>3115</v>
+        <v>1442</v>
       </c>
       <c r="E559" t="s">
-        <v>3116</v>
+        <v>3129</v>
       </c>
       <c r="F559" t="s">
-        <v>3117</v>
+        <v>3130</v>
       </c>
       <c r="G559" t="s">
-        <v>3118</v>
+        <v>3131</v>
       </c>
       <c r="H559">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="I559">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="560" spans="1:9">
       <c r="A560">
-        <v>363</v>
+        <v>524</v>
       </c>
       <c r="B560" t="s">
-        <v>3119</v>
+        <v>3132</v>
       </c>
       <c r="C560" t="s">
-        <v>3120</v>
+        <v>3133</v>
       </c>
       <c r="D560" t="s">
-        <v>3121</v>
+        <v>3134</v>
       </c>
       <c r="E560" t="s">
-        <v>3122</v>
+        <v>3135</v>
       </c>
       <c r="F560" t="s">
-        <v>3123</v>
+        <v>3136</v>
       </c>
       <c r="G560" t="s">
-        <v>3124</v>
+        <v>3137</v>
       </c>
       <c r="H560">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I560">
         <v>0</v>
       </c>
     </row>
     <row r="561" spans="1:9">
       <c r="A561">
-        <v>360</v>
+        <v>525</v>
       </c>
       <c r="B561" t="s">
-        <v>353</v>
+        <v>3138</v>
       </c>
       <c r="C561" t="s">
-        <v>3125</v>
+        <v>3139</v>
       </c>
       <c r="D561" t="s">
-        <v>3126</v>
+        <v>3140</v>
       </c>
       <c r="E561" t="s">
-        <v>3127</v>
+        <v>3141</v>
       </c>
       <c r="F561" t="s">
-        <v>3128</v>
+        <v>3142</v>
       </c>
       <c r="G561" t="s">
-        <v>3129</v>
+        <v>3143</v>
       </c>
       <c r="H561">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="I561">
-        <v>9</v>
+        <v>0</v>
       </c>
     </row>
     <row r="562" spans="1:9">
       <c r="A562">
-        <v>368</v>
+        <v>526</v>
       </c>
       <c r="B562" t="s">
-        <v>3130</v>
+        <v>3144</v>
       </c>
       <c r="C562" t="s">
-        <v>3131</v>
+        <v>3145</v>
       </c>
       <c r="D562" t="s">
-        <v>3132</v>
+        <v>3146</v>
       </c>
       <c r="E562" t="s">
-        <v>3133</v>
+        <v>3147</v>
       </c>
       <c r="F562" t="s">
-        <v>3134</v>
+        <v>3148</v>
       </c>
       <c r="G562" t="s">
-        <v>3135</v>
+        <v>3149</v>
       </c>
       <c r="H562">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I562">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="563" spans="1:9">
       <c r="A563">
-        <v>371</v>
+        <v>521</v>
       </c>
       <c r="B563" t="s">
-        <v>323</v>
+        <v>3150</v>
       </c>
       <c r="C563" t="s">
-        <v>3136</v>
+        <v>3151</v>
       </c>
       <c r="D563" t="s">
-        <v>3137</v>
+        <v>1442</v>
       </c>
       <c r="E563" t="s">
-        <v>3138</v>
+        <v>3152</v>
       </c>
       <c r="F563" t="s">
-        <v>3139</v>
+        <v>3153</v>
       </c>
       <c r="G563" t="s">
-        <v>3140</v>
+        <v>3154</v>
       </c>
       <c r="H563">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I563">
         <v>0</v>
       </c>
     </row>
     <row r="564" spans="1:9">
       <c r="A564">
-        <v>362</v>
+        <v>523</v>
       </c>
       <c r="B564" t="s">
-        <v>3141</v>
+        <v>3155</v>
       </c>
       <c r="C564" t="s">
-        <v>3142</v>
+        <v>3156</v>
       </c>
       <c r="D564" t="s">
-        <v>3143</v>
+        <v>3157</v>
       </c>
       <c r="E564" t="s">
-        <v>3144</v>
+        <v>3158</v>
       </c>
       <c r="F564" t="s">
-        <v>3145</v>
+        <v>3159</v>
       </c>
       <c r="G564" t="s">
-        <v>3146</v>
+        <v>3160</v>
       </c>
       <c r="H564">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="I564">
-        <v>48</v>
+        <v>3</v>
       </c>
     </row>
     <row r="565" spans="1:9">
       <c r="A565">
-        <v>358</v>
+        <v>520</v>
       </c>
       <c r="B565" t="s">
-        <v>251</v>
+        <v>3161</v>
       </c>
       <c r="C565" t="s">
-        <v>3147</v>
+        <v>3162</v>
       </c>
       <c r="D565" t="s">
-        <v>3148</v>
+        <v>1442</v>
       </c>
       <c r="E565" t="s">
-        <v>3149</v>
+        <v>3163</v>
       </c>
       <c r="F565" t="s">
-        <v>3150</v>
+        <v>3164</v>
       </c>
       <c r="G565" t="s">
-        <v>3151</v>
+        <v>3165</v>
       </c>
       <c r="H565">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="I565">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="566" spans="1:9">
       <c r="A566">
-        <v>361</v>
+        <v>516</v>
       </c>
       <c r="B566" t="s">
-        <v>776</v>
+        <v>3166</v>
       </c>
       <c r="C566" t="s">
-        <v>3152</v>
+        <v>3167</v>
       </c>
       <c r="D566" t="s">
-        <v>3153</v>
+        <v>3168</v>
       </c>
       <c r="E566" t="s">
-        <v>3154</v>
+        <v>3169</v>
       </c>
       <c r="F566" t="s">
-        <v>3155</v>
+        <v>3170</v>
       </c>
       <c r="G566" t="s">
-        <v>781</v>
+        <v>3171</v>
       </c>
       <c r="H566">
-        <v>2168</v>
+        <v>88</v>
       </c>
       <c r="I566">
-        <v>312</v>
+        <v>7</v>
       </c>
     </row>
     <row r="567" spans="1:9">
       <c r="A567">
-        <v>356</v>
+        <v>519</v>
       </c>
       <c r="B567" t="s">
-        <v>3156</v>
+        <v>3172</v>
       </c>
       <c r="C567" t="s">
-        <v>3157</v>
+        <v>3173</v>
       </c>
       <c r="D567" t="s">
-        <v>3158</v>
+        <v>3174</v>
       </c>
       <c r="E567" t="s">
-        <v>3159</v>
+        <v>3175</v>
       </c>
       <c r="F567" t="s">
-        <v>3160</v>
+        <v>3176</v>
       </c>
       <c r="G567" t="s">
-        <v>3161</v>
+        <v>3177</v>
       </c>
       <c r="H567">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I567">
         <v>0</v>
       </c>
     </row>
     <row r="568" spans="1:9">
       <c r="A568">
-        <v>357</v>
+        <v>518</v>
       </c>
       <c r="B568" t="s">
-        <v>3162</v>
+        <v>3178</v>
       </c>
       <c r="C568" t="s">
-        <v>3163</v>
+        <v>3179</v>
       </c>
       <c r="D568" t="s">
-        <v>3164</v>
+        <v>3180</v>
       </c>
       <c r="E568" t="s">
-        <v>3165</v>
+        <v>3181</v>
       </c>
       <c r="F568" t="s">
-        <v>3166</v>
+        <v>3182</v>
       </c>
       <c r="G568" t="s">
-        <v>3167</v>
+        <v>3183</v>
       </c>
       <c r="H568">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I568">
         <v>0</v>
       </c>
     </row>
     <row r="569" spans="1:9">
       <c r="A569">
-        <v>359</v>
+        <v>522</v>
       </c>
       <c r="B569" t="s">
-        <v>3168</v>
+        <v>2122</v>
       </c>
       <c r="C569" t="s">
-        <v>3169</v>
+        <v>3184</v>
       </c>
       <c r="D569" t="s">
-        <v>3170</v>
+        <v>3185</v>
       </c>
       <c r="E569" t="s">
-        <v>3171</v>
+        <v>3186</v>
       </c>
       <c r="F569" t="s">
-        <v>3172</v>
+        <v>3187</v>
       </c>
       <c r="G569" t="s">
-        <v>3173</v>
+        <v>3188</v>
       </c>
       <c r="H569">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I569">
         <v>0</v>
       </c>
     </row>
     <row r="570" spans="1:9">
       <c r="A570">
-        <v>354</v>
+        <v>514</v>
       </c>
       <c r="B570" t="s">
-        <v>3174</v>
+        <v>3189</v>
       </c>
       <c r="C570" t="s">
-        <v>3175</v>
+        <v>3190</v>
       </c>
       <c r="D570" t="s">
-        <v>3176</v>
+        <v>3191</v>
       </c>
       <c r="E570" t="s">
-        <v>3177</v>
+        <v>3192</v>
       </c>
       <c r="F570" t="s">
-        <v>3178</v>
+        <v>3193</v>
       </c>
       <c r="G570" t="s">
-        <v>3179</v>
+        <v>3194</v>
       </c>
       <c r="H570">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="I570">
-        <v>45</v>
+        <v>9</v>
       </c>
     </row>
     <row r="571" spans="1:9">
       <c r="A571">
-        <v>352</v>
+        <v>513</v>
       </c>
       <c r="B571" t="s">
-        <v>3180</v>
+        <v>3195</v>
       </c>
       <c r="C571" t="s">
-        <v>3181</v>
+        <v>3196</v>
       </c>
       <c r="D571" t="s">
-        <v>3182</v>
+        <v>3197</v>
       </c>
       <c r="E571" t="s">
-        <v>3183</v>
+        <v>3198</v>
       </c>
       <c r="F571" t="s">
-        <v>3184</v>
+        <v>3199</v>
       </c>
       <c r="G571" t="s">
-        <v>3185</v>
+        <v>3200</v>
       </c>
       <c r="H571">
-        <v>0</v>
+        <v>162</v>
       </c>
       <c r="I571">
-        <v>1</v>
+        <v>26</v>
       </c>
     </row>
     <row r="572" spans="1:9">
       <c r="A572">
-        <v>350</v>
+        <v>512</v>
       </c>
       <c r="B572" t="s">
-        <v>3186</v>
+        <v>3201</v>
       </c>
       <c r="C572" t="s">
-        <v>3187</v>
+        <v>3202</v>
       </c>
       <c r="D572" t="s">
-        <v>3188</v>
+        <v>3203</v>
       </c>
       <c r="E572" t="s">
-        <v>3189</v>
+        <v>3204</v>
       </c>
       <c r="F572" t="s">
-        <v>3190</v>
+        <v>3205</v>
       </c>
       <c r="G572" t="s">
-        <v>3191</v>
+        <v>3206</v>
       </c>
       <c r="H572">
-        <v>11</v>
+        <v>301</v>
       </c>
       <c r="I572">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="573" spans="1:9">
       <c r="A573">
-        <v>348</v>
+        <v>508</v>
       </c>
       <c r="B573" t="s">
-        <v>3192</v>
+        <v>3207</v>
       </c>
       <c r="C573" t="s">
-        <v>3193</v>
+        <v>3208</v>
       </c>
       <c r="D573" t="s">
-        <v>3194</v>
+        <v>3209</v>
       </c>
       <c r="E573" t="s">
-        <v>3195</v>
+        <v>3210</v>
       </c>
       <c r="F573" t="s">
-        <v>3196</v>
+        <v>3211</v>
       </c>
       <c r="G573" t="s">
-        <v>3197</v>
+        <v>3212</v>
       </c>
       <c r="H573">
-        <v>721</v>
+        <v>1</v>
       </c>
       <c r="I573">
-        <v>73</v>
+        <v>0</v>
       </c>
     </row>
     <row r="574" spans="1:9">
       <c r="A574">
-        <v>351</v>
+        <v>510</v>
       </c>
       <c r="B574" t="s">
-        <v>3198</v>
+        <v>3213</v>
       </c>
       <c r="C574" t="s">
-        <v>3199</v>
+        <v>3214</v>
       </c>
       <c r="D574" t="s">
-        <v>3200</v>
+        <v>3215</v>
       </c>
       <c r="E574" t="s">
-        <v>3201</v>
+        <v>3216</v>
       </c>
       <c r="F574" t="s">
-        <v>3202</v>
+        <v>3217</v>
       </c>
       <c r="G574" t="s">
-        <v>3203</v>
+        <v>3218</v>
       </c>
       <c r="H574">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="I574">
-        <v>41</v>
+        <v>0</v>
       </c>
     </row>
     <row r="575" spans="1:9">
       <c r="A575">
-        <v>355</v>
+        <v>517</v>
       </c>
       <c r="B575" t="s">
-        <v>3204</v>
+        <v>165</v>
       </c>
       <c r="C575" t="s">
-        <v>3205</v>
+        <v>3219</v>
       </c>
       <c r="D575" t="s">
-        <v>3206</v>
+        <v>3220</v>
       </c>
       <c r="E575" t="s">
-        <v>3207</v>
+        <v>3221</v>
       </c>
       <c r="F575" t="s">
-        <v>3208</v>
+        <v>3222</v>
       </c>
       <c r="G575" t="s">
-        <v>3209</v>
+        <v>3223</v>
       </c>
       <c r="H575">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I575">
         <v>0</v>
       </c>
     </row>
     <row r="576" spans="1:9">
       <c r="A576">
-        <v>353</v>
+        <v>511</v>
       </c>
       <c r="B576" t="s">
-        <v>2362</v>
+        <v>3224</v>
       </c>
       <c r="C576" t="s">
-        <v>3210</v>
+        <v>3225</v>
       </c>
       <c r="D576" t="s">
-        <v>3211</v>
+        <v>3226</v>
       </c>
       <c r="E576" t="s">
-        <v>3212</v>
+        <v>3227</v>
       </c>
       <c r="F576" t="s">
-        <v>3213</v>
+        <v>3228</v>
       </c>
       <c r="G576" t="s">
-        <v>3214</v>
+        <v>3229</v>
       </c>
       <c r="H576">
-        <v>0</v>
+        <v>43</v>
       </c>
       <c r="I576">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="577" spans="1:9">
       <c r="A577">
-        <v>349</v>
+        <v>507</v>
       </c>
       <c r="B577" t="s">
-        <v>3215</v>
+        <v>3230</v>
       </c>
       <c r="C577" t="s">
-        <v>3216</v>
+        <v>3231</v>
       </c>
       <c r="D577" t="s">
-        <v>3217</v>
+        <v>3232</v>
       </c>
       <c r="E577" t="s">
-        <v>3218</v>
+        <v>3233</v>
       </c>
       <c r="F577" t="s">
-        <v>3219</v>
+        <v>3234</v>
       </c>
       <c r="G577" t="s">
-        <v>3220</v>
+        <v>3235</v>
       </c>
       <c r="H577">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I577">
         <v>0</v>
       </c>
     </row>
     <row r="578" spans="1:9">
       <c r="A578">
-        <v>344</v>
+        <v>505</v>
       </c>
       <c r="B578" t="s">
-        <v>3221</v>
+        <v>3236</v>
       </c>
       <c r="C578" t="s">
-        <v>3222</v>
+        <v>3237</v>
       </c>
       <c r="D578" t="s">
-        <v>3223</v>
+        <v>3238</v>
       </c>
       <c r="E578" t="s">
-        <v>3224</v>
+        <v>3239</v>
       </c>
       <c r="F578" t="s">
-        <v>3225</v>
+        <v>3240</v>
       </c>
       <c r="G578" t="s">
-        <v>3226</v>
+        <v>3241</v>
       </c>
       <c r="H578">
-        <v>5</v>
+        <v>470</v>
       </c>
       <c r="I578">
-        <v>0</v>
+        <v>7</v>
       </c>
     </row>
     <row r="579" spans="1:9">
       <c r="A579">
-        <v>346</v>
+        <v>506</v>
       </c>
       <c r="B579" t="s">
-        <v>3227</v>
+        <v>3242</v>
       </c>
       <c r="C579" t="s">
-        <v>3228</v>
+        <v>3243</v>
       </c>
       <c r="D579" t="s">
-        <v>3229</v>
+        <v>3244</v>
       </c>
       <c r="E579" t="s">
-        <v>3230</v>
+        <v>3245</v>
       </c>
       <c r="F579" t="s">
-        <v>3231</v>
+        <v>3246</v>
       </c>
       <c r="G579" t="s">
-        <v>3232</v>
+        <v>3247</v>
       </c>
       <c r="H579">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="I579">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="580" spans="1:9">
       <c r="A580">
-        <v>343</v>
+        <v>503</v>
       </c>
       <c r="B580" t="s">
-        <v>3233</v>
+        <v>3248</v>
       </c>
       <c r="C580" t="s">
-        <v>3234</v>
+        <v>3249</v>
       </c>
       <c r="D580" t="s">
-        <v>3235</v>
+        <v>3250</v>
       </c>
       <c r="E580" t="s">
-        <v>3236</v>
+        <v>3251</v>
       </c>
       <c r="F580" t="s">
-        <v>3237</v>
+        <v>3252</v>
       </c>
       <c r="G580" t="s">
-        <v>3238</v>
+        <v>3253</v>
       </c>
       <c r="H580">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I580">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="581" spans="1:9">
       <c r="A581">
-        <v>347</v>
+        <v>515</v>
       </c>
       <c r="B581" t="s">
-        <v>3239</v>
+        <v>3254</v>
       </c>
       <c r="C581" t="s">
-        <v>3240</v>
+        <v>3255</v>
       </c>
       <c r="D581" t="s">
-        <v>3241</v>
+        <v>3256</v>
       </c>
       <c r="E581" t="s">
-        <v>3242</v>
+        <v>3257</v>
       </c>
       <c r="F581" t="s">
-        <v>3243</v>
+        <v>3258</v>
       </c>
       <c r="G581" t="s">
-        <v>3244</v>
+        <v>3259</v>
       </c>
       <c r="H581">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I581">
-        <v>8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="582" spans="1:9">
       <c r="A582">
-        <v>345</v>
+        <v>509</v>
       </c>
       <c r="B582" t="s">
-        <v>2766</v>
+        <v>3260</v>
       </c>
       <c r="C582" t="s">
-        <v>3245</v>
+        <v>3261</v>
       </c>
       <c r="D582" t="s">
-        <v>3246</v>
+        <v>3262</v>
       </c>
       <c r="E582" t="s">
-        <v>3247</v>
+        <v>3263</v>
       </c>
       <c r="F582" t="s">
-        <v>3248</v>
+        <v>3264</v>
       </c>
       <c r="G582" t="s">
-        <v>3249</v>
+        <v>3265</v>
       </c>
       <c r="H582">
-        <v>115</v>
+        <v>0</v>
       </c>
       <c r="I582">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="583" spans="1:9">
       <c r="A583">
-        <v>341</v>
+        <v>501</v>
       </c>
       <c r="B583" t="s">
-        <v>776</v>
+        <v>3266</v>
       </c>
       <c r="C583" t="s">
-        <v>3250</v>
+        <v>3267</v>
       </c>
       <c r="D583" t="s">
-        <v>3251</v>
+        <v>3268</v>
       </c>
       <c r="E583" t="s">
-        <v>3252</v>
+        <v>3269</v>
       </c>
       <c r="F583" t="s">
-        <v>3253</v>
+        <v>3270</v>
       </c>
       <c r="G583" t="s">
-        <v>3254</v>
+        <v>3271</v>
       </c>
       <c r="H583">
-        <v>2269</v>
+        <v>40</v>
       </c>
       <c r="I583">
-        <v>422</v>
+        <v>0</v>
       </c>
     </row>
     <row r="584" spans="1:9">
       <c r="A584">
-        <v>340</v>
+        <v>498</v>
       </c>
       <c r="B584" t="s">
-        <v>3255</v>
+        <v>3272</v>
       </c>
       <c r="C584" t="s">
-        <v>3256</v>
+        <v>3273</v>
       </c>
       <c r="D584" t="s">
-        <v>3257</v>
+        <v>3274</v>
       </c>
       <c r="E584" t="s">
-        <v>3258</v>
+        <v>3275</v>
       </c>
       <c r="F584" t="s">
-        <v>3259</v>
+        <v>3276</v>
       </c>
       <c r="G584" t="s">
-        <v>3260</v>
+        <v>3277</v>
       </c>
       <c r="H584">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I584">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="585" spans="1:9">
       <c r="A585">
-        <v>342</v>
+        <v>497</v>
       </c>
       <c r="B585" t="s">
-        <v>3261</v>
+        <v>3278</v>
       </c>
       <c r="C585" t="s">
-        <v>3262</v>
+        <v>3279</v>
       </c>
       <c r="D585" t="s">
-        <v>528</v>
+        <v>3280</v>
       </c>
       <c r="E585" t="s">
-        <v>3263</v>
+        <v>3281</v>
       </c>
       <c r="F585" t="s">
-        <v>3264</v>
+        <v>3282</v>
       </c>
       <c r="G585" t="s">
-        <v>3265</v>
+        <v>3283</v>
       </c>
       <c r="H585">
-        <v>2593</v>
+        <v>40</v>
       </c>
       <c r="I585">
-        <v>89</v>
+        <v>12</v>
       </c>
     </row>
     <row r="586" spans="1:9">
       <c r="A586">
-        <v>339</v>
+        <v>496</v>
       </c>
       <c r="B586" t="s">
-        <v>3266</v>
+        <v>3284</v>
       </c>
       <c r="C586" t="s">
-        <v>3267</v>
+        <v>3285</v>
       </c>
       <c r="D586" t="s">
-        <v>3268</v>
+        <v>3286</v>
       </c>
       <c r="E586" t="s">
-        <v>3269</v>
+        <v>3287</v>
       </c>
       <c r="F586" t="s">
-        <v>3270</v>
+        <v>3288</v>
       </c>
       <c r="G586" t="s">
-        <v>3271</v>
+        <v>3289</v>
       </c>
       <c r="H586">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I586">
         <v>0</v>
       </c>
     </row>
     <row r="587" spans="1:9">
       <c r="A587">
-        <v>337</v>
+        <v>500</v>
       </c>
       <c r="B587" t="s">
-        <v>3272</v>
+        <v>3290</v>
       </c>
       <c r="C587" t="s">
-        <v>3273</v>
+        <v>3291</v>
       </c>
       <c r="D587" t="s">
-        <v>3274</v>
+        <v>3292</v>
       </c>
       <c r="E587" t="s">
-        <v>3275</v>
+        <v>3293</v>
       </c>
       <c r="F587" t="s">
-        <v>3276</v>
+        <v>3294</v>
       </c>
       <c r="G587" t="s">
-        <v>3277</v>
+        <v>3295</v>
       </c>
       <c r="H587">
-        <v>46</v>
+        <v>3</v>
       </c>
       <c r="I587">
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="588" spans="1:9">
       <c r="A588">
-        <v>329</v>
+        <v>495</v>
       </c>
       <c r="B588" t="s">
-        <v>3278</v>
+        <v>490</v>
       </c>
       <c r="C588" t="s">
-        <v>3279</v>
+        <v>3296</v>
       </c>
       <c r="D588" t="s">
-        <v>3280</v>
+        <v>3297</v>
       </c>
       <c r="E588" t="s">
-        <v>3281</v>
+        <v>3298</v>
       </c>
       <c r="F588" t="s">
-        <v>3282</v>
+        <v>3299</v>
       </c>
       <c r="G588" t="s">
-        <v>3283</v>
+        <v>3300</v>
       </c>
       <c r="H588">
-        <v>1</v>
+        <v>1321</v>
       </c>
       <c r="I588">
-        <v>0</v>
+        <v>165</v>
       </c>
     </row>
     <row r="589" spans="1:9">
       <c r="A589">
-        <v>336</v>
+        <v>494</v>
       </c>
       <c r="B589" t="s">
-        <v>3284</v>
+        <v>1042</v>
       </c>
       <c r="C589" t="s">
-        <v>3285</v>
+        <v>3301</v>
       </c>
       <c r="D589" t="s">
-        <v>3286</v>
+        <v>3302</v>
       </c>
       <c r="E589" t="s">
-        <v>3287</v>
+        <v>3303</v>
       </c>
       <c r="F589" t="s">
-        <v>3288</v>
+        <v>3304</v>
       </c>
       <c r="G589" t="s">
-        <v>3289</v>
+        <v>1047</v>
       </c>
       <c r="H589">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I589">
-        <v>25</v>
+        <v>51</v>
       </c>
     </row>
     <row r="590" spans="1:9">
       <c r="A590">
-        <v>331</v>
+        <v>502</v>
       </c>
       <c r="B590" t="s">
-        <v>353</v>
+        <v>3305</v>
       </c>
       <c r="C590" t="s">
-        <v>3290</v>
+        <v>3306</v>
       </c>
       <c r="D590" t="s">
-        <v>3291</v>
+        <v>1442</v>
       </c>
       <c r="E590" t="s">
-        <v>3292</v>
+        <v>3307</v>
       </c>
       <c r="F590" t="s">
-        <v>3293</v>
+        <v>3308</v>
       </c>
       <c r="G590" t="s">
-        <v>358</v>
+        <v>3309</v>
       </c>
       <c r="H590">
-        <v>527</v>
+        <v>35</v>
       </c>
       <c r="I590">
-        <v>97</v>
+        <v>2</v>
       </c>
     </row>
     <row r="591" spans="1:9">
       <c r="A591">
-        <v>338</v>
+        <v>504</v>
       </c>
       <c r="B591" t="s">
-        <v>3294</v>
+        <v>3310</v>
       </c>
       <c r="C591" t="s">
-        <v>3295</v>
+        <v>3311</v>
       </c>
       <c r="D591" t="s">
-        <v>3296</v>
+        <v>3312</v>
       </c>
       <c r="E591" t="s">
-        <v>3297</v>
+        <v>3313</v>
       </c>
       <c r="F591" t="s">
-        <v>3298</v>
+        <v>3314</v>
       </c>
       <c r="G591" t="s">
-        <v>3299</v>
+        <v>3315</v>
       </c>
       <c r="H591">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I591">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="592" spans="1:9">
       <c r="A592">
-        <v>335</v>
+        <v>499</v>
       </c>
       <c r="B592" t="s">
-        <v>3300</v>
+        <v>3316</v>
       </c>
       <c r="C592" t="s">
-        <v>3301</v>
+        <v>3317</v>
       </c>
       <c r="D592" t="s">
-        <v>3302</v>
+        <v>3318</v>
       </c>
       <c r="E592" t="s">
-        <v>3303</v>
+        <v>3319</v>
       </c>
       <c r="F592" t="s">
-        <v>3304</v>
+        <v>3320</v>
       </c>
       <c r="G592" t="s">
-        <v>3305</v>
+        <v>3321</v>
       </c>
       <c r="H592">
         <v>0</v>
       </c>
       <c r="I592">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="593" spans="1:9">
       <c r="A593">
-        <v>334</v>
+        <v>492</v>
       </c>
       <c r="B593" t="s">
-        <v>3306</v>
+        <v>3322</v>
       </c>
       <c r="C593" t="s">
-        <v>3307</v>
+        <v>3323</v>
       </c>
       <c r="D593" t="s">
-        <v>3308</v>
+        <v>3324</v>
       </c>
       <c r="E593" t="s">
-        <v>3309</v>
+        <v>3325</v>
       </c>
       <c r="F593" t="s">
-        <v>3310</v>
+        <v>3326</v>
       </c>
       <c r="G593" t="s">
-        <v>3311</v>
+        <v>3327</v>
       </c>
       <c r="H593">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="I593">
-        <v>13</v>
+        <v>0</v>
       </c>
     </row>
     <row r="594" spans="1:9">
       <c r="A594">
-        <v>332</v>
+        <v>491</v>
       </c>
       <c r="B594" t="s">
-        <v>3312</v>
+        <v>3328</v>
       </c>
       <c r="C594" t="s">
-        <v>3313</v>
+        <v>3329</v>
       </c>
       <c r="D594" t="s">
-        <v>3314</v>
+        <v>3330</v>
       </c>
       <c r="E594" t="s">
-        <v>3315</v>
+        <v>3331</v>
       </c>
       <c r="F594" t="s">
-        <v>3316</v>
+        <v>3332</v>
       </c>
       <c r="G594" t="s">
-        <v>3317</v>
+        <v>3333</v>
       </c>
       <c r="H594">
-        <v>57</v>
+        <v>4</v>
       </c>
       <c r="I594">
-        <v>31</v>
+        <v>44</v>
       </c>
     </row>
     <row r="595" spans="1:9">
       <c r="A595">
-        <v>333</v>
+        <v>490</v>
       </c>
       <c r="B595" t="s">
-        <v>323</v>
+        <v>3334</v>
       </c>
       <c r="C595" t="s">
-        <v>3318</v>
+        <v>3335</v>
       </c>
       <c r="D595" t="s">
-        <v>3319</v>
+        <v>3336</v>
       </c>
       <c r="E595" t="s">
-        <v>3320</v>
+        <v>3337</v>
       </c>
       <c r="F595" t="s">
-        <v>3321</v>
+        <v>3338</v>
       </c>
       <c r="G595" t="s">
-        <v>3322</v>
+        <v>3339</v>
       </c>
       <c r="H595">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I595">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="596" spans="1:9">
       <c r="A596">
-        <v>328</v>
+        <v>489</v>
       </c>
       <c r="B596" t="s">
-        <v>353</v>
+        <v>3340</v>
       </c>
       <c r="C596" t="s">
-        <v>3323</v>
+        <v>3341</v>
       </c>
       <c r="D596" t="s">
-        <v>3324</v>
+        <v>3342</v>
       </c>
       <c r="E596" t="s">
-        <v>3325</v>
+        <v>3343</v>
       </c>
       <c r="F596" t="s">
-        <v>3326</v>
+        <v>3344</v>
       </c>
       <c r="G596" t="s">
-        <v>3327</v>
+        <v>3345</v>
       </c>
       <c r="H596">
-        <v>295</v>
+        <v>4</v>
       </c>
       <c r="I596">
-        <v>31</v>
+        <v>2</v>
       </c>
     </row>
     <row r="597" spans="1:9">
       <c r="A597">
-        <v>327</v>
+        <v>486</v>
       </c>
       <c r="B597" t="s">
-        <v>3328</v>
+        <v>3346</v>
       </c>
       <c r="C597" t="s">
-        <v>3329</v>
+        <v>3347</v>
       </c>
       <c r="D597" t="s">
-        <v>3330</v>
+        <v>3348</v>
       </c>
       <c r="E597" t="s">
-        <v>3331</v>
+        <v>3349</v>
       </c>
       <c r="F597" t="s">
-        <v>3332</v>
+        <v>3350</v>
       </c>
       <c r="G597" t="s">
-        <v>3333</v>
+        <v>3351</v>
       </c>
       <c r="H597">
         <v>0</v>
       </c>
       <c r="I597">
         <v>0</v>
       </c>
     </row>
     <row r="598" spans="1:9">
       <c r="A598">
-        <v>330</v>
+        <v>487</v>
       </c>
       <c r="B598" t="s">
-        <v>2519</v>
+        <v>3346</v>
       </c>
       <c r="C598" t="s">
-        <v>3334</v>
+        <v>3347</v>
       </c>
       <c r="D598" t="s">
-        <v>3335</v>
+        <v>3352</v>
       </c>
       <c r="E598" t="s">
-        <v>3336</v>
+        <v>3349</v>
       </c>
       <c r="F598" t="s">
-        <v>3337</v>
+        <v>3350</v>
       </c>
       <c r="G598" t="s">
-        <v>3338</v>
+        <v>3351</v>
       </c>
       <c r="H598">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="I598">
-        <v>422</v>
+        <v>0</v>
       </c>
     </row>
     <row r="599" spans="1:9">
       <c r="A599">
-        <v>325</v>
+        <v>493</v>
       </c>
       <c r="B599" t="s">
-        <v>1909</v>
+        <v>3353</v>
       </c>
       <c r="C599" t="s">
-        <v>3339</v>
+        <v>3354</v>
       </c>
       <c r="D599" t="s">
-        <v>3340</v>
+        <v>3355</v>
       </c>
       <c r="E599" t="s">
-        <v>3341</v>
+        <v>3356</v>
       </c>
       <c r="F599" t="s">
-        <v>3342</v>
+        <v>3357</v>
       </c>
       <c r="G599" t="s">
-        <v>3343</v>
+        <v>3358</v>
       </c>
       <c r="H599">
-        <v>7</v>
+        <v>508</v>
       </c>
       <c r="I599">
-        <v>3</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="600" spans="1:9">
       <c r="A600">
-        <v>323</v>
+        <v>488</v>
       </c>
       <c r="B600" t="s">
-        <v>3215</v>
+        <v>3359</v>
       </c>
       <c r="C600" t="s">
-        <v>3344</v>
+        <v>3360</v>
       </c>
       <c r="D600" t="s">
-        <v>3345</v>
+        <v>3361</v>
       </c>
       <c r="E600" t="s">
-        <v>3346</v>
+        <v>3362</v>
       </c>
       <c r="F600" t="s">
-        <v>3347</v>
+        <v>3363</v>
       </c>
       <c r="G600" t="s">
-        <v>3348</v>
+        <v>3364</v>
       </c>
       <c r="H600">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I600">
         <v>0</v>
       </c>
     </row>
     <row r="601" spans="1:9">
       <c r="A601">
-        <v>324</v>
+        <v>484</v>
       </c>
       <c r="B601" t="s">
-        <v>3349</v>
+        <v>3365</v>
       </c>
       <c r="C601" t="s">
-        <v>3350</v>
+        <v>3366</v>
       </c>
       <c r="D601" t="s">
-        <v>3351</v>
+        <v>3367</v>
       </c>
       <c r="E601" t="s">
-        <v>3352</v>
+        <v>3368</v>
       </c>
       <c r="F601" t="s">
-        <v>3353</v>
+        <v>3369</v>
       </c>
       <c r="G601" t="s">
-        <v>3354</v>
+        <v>3370</v>
       </c>
       <c r="H601">
-        <v>10000</v>
+        <v>24</v>
       </c>
       <c r="I601">
-        <v>2139</v>
+        <v>6</v>
       </c>
     </row>
     <row r="602" spans="1:9">
       <c r="A602">
-        <v>322</v>
+        <v>485</v>
       </c>
       <c r="B602" t="s">
-        <v>3355</v>
+        <v>1007</v>
       </c>
       <c r="C602" t="s">
-        <v>3356</v>
+        <v>3371</v>
       </c>
       <c r="D602" t="s">
-        <v>3357</v>
+        <v>3372</v>
       </c>
       <c r="E602" t="s">
-        <v>3358</v>
+        <v>3373</v>
       </c>
       <c r="F602" t="s">
-        <v>3359</v>
+        <v>3374</v>
       </c>
       <c r="G602" t="s">
-        <v>3360</v>
+        <v>3375</v>
       </c>
       <c r="H602">
         <v>0</v>
       </c>
       <c r="I602">
         <v>0</v>
       </c>
     </row>
     <row r="603" spans="1:9">
       <c r="A603">
-        <v>321</v>
+        <v>482</v>
       </c>
       <c r="B603" t="s">
-        <v>353</v>
+        <v>2043</v>
       </c>
       <c r="C603" t="s">
-        <v>3361</v>
+        <v>3376</v>
       </c>
       <c r="D603" t="s">
-        <v>3362</v>
+        <v>3377</v>
       </c>
       <c r="E603" t="s">
-        <v>3363</v>
+        <v>3378</v>
       </c>
       <c r="F603" t="s">
-        <v>3364</v>
+        <v>3379</v>
       </c>
       <c r="G603" t="s">
-        <v>358</v>
+        <v>3380</v>
       </c>
       <c r="H603">
-        <v>640</v>
+        <v>0</v>
       </c>
       <c r="I603">
-        <v>19</v>
+        <v>0</v>
       </c>
     </row>
     <row r="604" spans="1:9">
       <c r="A604">
-        <v>319</v>
+        <v>483</v>
       </c>
       <c r="B604" t="s">
-        <v>3365</v>
+        <v>3381</v>
       </c>
       <c r="C604" t="s">
-        <v>3366</v>
+        <v>3382</v>
       </c>
       <c r="D604" t="s">
-        <v>3367</v>
+        <v>3383</v>
       </c>
       <c r="E604" t="s">
-        <v>3368</v>
+        <v>3384</v>
       </c>
       <c r="F604" t="s">
-        <v>3369</v>
+        <v>3385</v>
       </c>
       <c r="G604" t="s">
-        <v>3370</v>
+        <v>3386</v>
       </c>
       <c r="H604">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="I604">
         <v>0</v>
       </c>
     </row>
     <row r="605" spans="1:9">
       <c r="A605">
-        <v>315</v>
+        <v>481</v>
       </c>
       <c r="B605" t="s">
-        <v>2878</v>
+        <v>3387</v>
       </c>
       <c r="C605" t="s">
-        <v>3371</v>
+        <v>3388</v>
       </c>
       <c r="D605" t="s">
-        <v>3372</v>
+        <v>3389</v>
       </c>
       <c r="E605" t="s">
-        <v>3373</v>
+        <v>3390</v>
       </c>
       <c r="F605" t="s">
-        <v>3374</v>
+        <v>3391</v>
       </c>
       <c r="G605" t="s">
-        <v>3375</v>
+        <v>3392</v>
       </c>
       <c r="H605">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="I605">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="606" spans="1:9">
       <c r="A606">
-        <v>314</v>
+        <v>478</v>
       </c>
       <c r="B606" t="s">
-        <v>353</v>
+        <v>3393</v>
       </c>
       <c r="C606" t="s">
-        <v>3376</v>
+        <v>3394</v>
       </c>
       <c r="D606" t="s">
-        <v>3377</v>
+        <v>3395</v>
       </c>
       <c r="E606" t="s">
-        <v>3378</v>
+        <v>3396</v>
       </c>
       <c r="F606" t="s">
-        <v>3379</v>
+        <v>3397</v>
       </c>
       <c r="G606" t="s">
-        <v>2854</v>
+        <v>3398</v>
       </c>
       <c r="H606">
-        <v>212</v>
+        <v>37</v>
       </c>
       <c r="I606">
-        <v>30</v>
+        <v>0</v>
       </c>
     </row>
     <row r="607" spans="1:9">
       <c r="A607">
-        <v>316</v>
+        <v>480</v>
       </c>
       <c r="B607" t="s">
-        <v>3380</v>
+        <v>3399</v>
       </c>
       <c r="C607" t="s">
-        <v>3381</v>
+        <v>3400</v>
       </c>
       <c r="D607" t="s">
-        <v>3382</v>
+        <v>3401</v>
       </c>
       <c r="E607" t="s">
-        <v>3383</v>
+        <v>3402</v>
       </c>
       <c r="F607" t="s">
-        <v>3384</v>
+        <v>3403</v>
       </c>
       <c r="G607" t="s">
-        <v>3385</v>
+        <v>3404</v>
       </c>
       <c r="H607">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="I607">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="608" spans="1:9">
       <c r="A608">
-        <v>318</v>
+        <v>475</v>
       </c>
       <c r="B608" t="s">
-        <v>3386</v>
+        <v>3405</v>
       </c>
       <c r="C608" t="s">
-        <v>3387</v>
+        <v>3406</v>
       </c>
       <c r="D608" t="s">
-        <v>3388</v>
+        <v>3407</v>
       </c>
       <c r="E608" t="s">
-        <v>3389</v>
+        <v>3408</v>
       </c>
       <c r="F608" t="s">
-        <v>3390</v>
+        <v>3409</v>
       </c>
       <c r="G608" t="s">
-        <v>3391</v>
+        <v>3410</v>
       </c>
       <c r="H608">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I608">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="609" spans="1:9">
       <c r="A609">
-        <v>313</v>
+        <v>476</v>
       </c>
       <c r="B609" t="s">
-        <v>3392</v>
+        <v>3411</v>
       </c>
       <c r="C609" t="s">
-        <v>3393</v>
+        <v>3412</v>
       </c>
       <c r="D609" t="s">
-        <v>3394</v>
+        <v>3413</v>
       </c>
       <c r="E609" t="s">
-        <v>3395</v>
+        <v>3414</v>
       </c>
       <c r="F609" t="s">
-        <v>3396</v>
+        <v>3415</v>
       </c>
       <c r="G609" t="s">
-        <v>3397</v>
+        <v>3416</v>
       </c>
       <c r="H609">
-        <v>208</v>
+        <v>64951</v>
       </c>
       <c r="I609">
-        <v>1</v>
+        <v>19</v>
       </c>
     </row>
     <row r="610" spans="1:9">
       <c r="A610">
-        <v>312</v>
+        <v>479</v>
       </c>
       <c r="B610" t="s">
-        <v>3398</v>
+        <v>3417</v>
       </c>
       <c r="C610" t="s">
-        <v>3399</v>
+        <v>3418</v>
       </c>
       <c r="D610" t="s">
-        <v>3400</v>
+        <v>3419</v>
       </c>
       <c r="E610" t="s">
-        <v>3401</v>
+        <v>3420</v>
       </c>
       <c r="F610" t="s">
-        <v>3402</v>
+        <v>3421</v>
       </c>
       <c r="G610" t="s">
-        <v>3403</v>
+        <v>3422</v>
       </c>
       <c r="H610">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="I610">
         <v>0</v>
       </c>
     </row>
     <row r="611" spans="1:9">
       <c r="A611">
-        <v>317</v>
+        <v>473</v>
       </c>
       <c r="B611" t="s">
-        <v>3404</v>
+        <v>3423</v>
       </c>
       <c r="C611" t="s">
-        <v>3405</v>
+        <v>3424</v>
       </c>
       <c r="D611" t="s">
-        <v>3406</v>
+        <v>3425</v>
       </c>
       <c r="E611" t="s">
-        <v>3407</v>
+        <v>3426</v>
       </c>
       <c r="F611" t="s">
-        <v>3408</v>
+        <v>3427</v>
       </c>
       <c r="G611" t="s">
-        <v>3409</v>
+        <v>3428</v>
       </c>
       <c r="H611">
         <v>2</v>
       </c>
       <c r="I611">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="612" spans="1:9">
       <c r="A612">
-        <v>311</v>
+        <v>474</v>
       </c>
       <c r="B612" t="s">
-        <v>3410</v>
+        <v>3423</v>
       </c>
       <c r="C612" t="s">
-        <v>3411</v>
+        <v>3424</v>
       </c>
       <c r="D612" t="s">
-        <v>3412</v>
+        <v>3429</v>
       </c>
       <c r="E612" t="s">
-        <v>3413</v>
+        <v>3426</v>
       </c>
       <c r="F612" t="s">
-        <v>3414</v>
+        <v>3427</v>
       </c>
       <c r="G612" t="s">
-        <v>3415</v>
+        <v>3428</v>
       </c>
       <c r="H612">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="I612">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="613" spans="1:9">
       <c r="A613">
-        <v>320</v>
+        <v>471</v>
       </c>
       <c r="B613" t="s">
-        <v>3416</v>
+        <v>3430</v>
       </c>
       <c r="C613" t="s">
-        <v>3417</v>
+        <v>3431</v>
       </c>
       <c r="D613" t="s">
-        <v>3418</v>
+        <v>3432</v>
       </c>
       <c r="E613" t="s">
-        <v>3419</v>
+        <v>3433</v>
       </c>
       <c r="F613" t="s">
-        <v>3420</v>
+        <v>3434</v>
       </c>
       <c r="G613" t="s">
-        <v>3421</v>
+        <v>3435</v>
       </c>
       <c r="H613">
-        <v>0</v>
+        <v>208</v>
       </c>
       <c r="I613">
-        <v>0</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="614" spans="1:9">
       <c r="A614">
-        <v>310</v>
+        <v>472</v>
       </c>
       <c r="B614" t="s">
-        <v>3422</v>
+        <v>3436</v>
       </c>
       <c r="C614" t="s">
-        <v>3423</v>
+        <v>3437</v>
       </c>
       <c r="D614" t="s">
-        <v>3424</v>
+        <v>3438</v>
       </c>
       <c r="E614" t="s">
-        <v>3425</v>
+        <v>3439</v>
       </c>
       <c r="F614" t="s">
-        <v>3426</v>
+        <v>3440</v>
       </c>
       <c r="G614" t="s">
-        <v>3427</v>
+        <v>3441</v>
       </c>
       <c r="H614">
-        <v>62</v>
+        <v>0</v>
       </c>
       <c r="I614">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="615" spans="1:9">
       <c r="A615">
-        <v>308</v>
+        <v>470</v>
       </c>
       <c r="B615" t="s">
-        <v>1224</v>
+        <v>3442</v>
       </c>
       <c r="C615" t="s">
-        <v>3428</v>
+        <v>3443</v>
       </c>
       <c r="D615" t="s">
-        <v>3429</v>
+        <v>3444</v>
       </c>
       <c r="E615" t="s">
-        <v>3430</v>
+        <v>3445</v>
       </c>
       <c r="F615" t="s">
-        <v>3431</v>
+        <v>3446</v>
       </c>
       <c r="G615" t="s">
-        <v>3432</v>
+        <v>3447</v>
       </c>
       <c r="H615">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I615">
         <v>0</v>
       </c>
     </row>
     <row r="616" spans="1:9">
       <c r="A616">
-        <v>307</v>
+        <v>469</v>
       </c>
       <c r="B616" t="s">
-        <v>776</v>
+        <v>877</v>
       </c>
       <c r="C616" t="s">
-        <v>3433</v>
+        <v>3448</v>
       </c>
       <c r="D616" t="s">
-        <v>3434</v>
+        <v>3449</v>
       </c>
       <c r="E616" t="s">
-        <v>3435</v>
+        <v>3450</v>
       </c>
       <c r="F616" t="s">
-        <v>3436</v>
+        <v>3451</v>
       </c>
       <c r="G616" t="s">
-        <v>781</v>
+        <v>3452</v>
       </c>
       <c r="H616">
-        <v>830</v>
+        <v>18</v>
       </c>
       <c r="I616">
-        <v>154</v>
+        <v>8</v>
       </c>
     </row>
     <row r="617" spans="1:9">
       <c r="A617">
-        <v>304</v>
+        <v>466</v>
       </c>
       <c r="B617" t="s">
-        <v>581</v>
+        <v>3453</v>
       </c>
       <c r="C617" t="s">
-        <v>3437</v>
+        <v>3454</v>
       </c>
       <c r="D617" t="s">
-        <v>3438</v>
+        <v>3455</v>
       </c>
       <c r="E617" t="s">
-        <v>3439</v>
+        <v>3456</v>
       </c>
       <c r="F617" t="s">
-        <v>3440</v>
+        <v>3457</v>
       </c>
       <c r="G617" t="s">
-        <v>3441</v>
+        <v>3458</v>
       </c>
       <c r="H617">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="I617">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="618" spans="1:9">
       <c r="A618">
-        <v>306</v>
+        <v>464</v>
       </c>
       <c r="B618" t="s">
-        <v>3442</v>
+        <v>2985</v>
       </c>
       <c r="C618" t="s">
-        <v>3443</v>
+        <v>3459</v>
       </c>
       <c r="D618" t="s">
-        <v>3444</v>
+        <v>3460</v>
       </c>
       <c r="E618" t="s">
-        <v>3445</v>
+        <v>3461</v>
       </c>
       <c r="F618" t="s">
-        <v>3446</v>
+        <v>3462</v>
       </c>
       <c r="G618" t="s">
-        <v>3447</v>
+        <v>3463</v>
       </c>
       <c r="H618">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="I618">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="619" spans="1:9">
       <c r="A619">
-        <v>305</v>
+        <v>465</v>
       </c>
       <c r="B619" t="s">
-        <v>3448</v>
+        <v>2985</v>
       </c>
       <c r="C619" t="s">
-        <v>3449</v>
+        <v>3459</v>
       </c>
       <c r="D619" t="s">
-        <v>3450</v>
+        <v>3460</v>
       </c>
       <c r="E619" t="s">
-        <v>3451</v>
+        <v>3461</v>
       </c>
       <c r="F619" t="s">
-        <v>3452</v>
+        <v>3462</v>
       </c>
       <c r="G619" t="s">
-        <v>3453</v>
+        <v>3463</v>
       </c>
       <c r="H619">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I619">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="620" spans="1:9">
       <c r="A620">
-        <v>326</v>
+        <v>467</v>
       </c>
       <c r="B620" t="s">
-        <v>3454</v>
+        <v>3464</v>
       </c>
       <c r="C620" t="s">
-        <v>3455</v>
+        <v>3465</v>
       </c>
       <c r="D620" t="s">
-        <v>3456</v>
+        <v>3466</v>
       </c>
       <c r="E620" t="s">
-        <v>3457</v>
+        <v>3467</v>
       </c>
       <c r="F620" t="s">
-        <v>3458</v>
+        <v>3468</v>
       </c>
       <c r="G620" t="s">
-        <v>3459</v>
+        <v>3469</v>
       </c>
       <c r="H620">
         <v>0</v>
       </c>
       <c r="I620">
         <v>0</v>
       </c>
     </row>
     <row r="621" spans="1:9">
       <c r="A621">
-        <v>303</v>
+        <v>468</v>
       </c>
       <c r="B621" t="s">
-        <v>3460</v>
+        <v>3464</v>
       </c>
       <c r="C621" t="s">
-        <v>3461</v>
+        <v>3465</v>
       </c>
       <c r="D621" t="s">
-        <v>3462</v>
+        <v>3466</v>
       </c>
       <c r="E621" t="s">
-        <v>3463</v>
+        <v>3470</v>
       </c>
       <c r="F621" t="s">
-        <v>3464</v>
+        <v>3468</v>
       </c>
       <c r="G621" t="s">
-        <v>3465</v>
+        <v>3469</v>
       </c>
       <c r="H621">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="I621">
         <v>0</v>
       </c>
     </row>
     <row r="622" spans="1:9">
       <c r="A622">
-        <v>302</v>
+        <v>463</v>
       </c>
       <c r="B622" t="s">
-        <v>3466</v>
+        <v>3471</v>
       </c>
       <c r="C622" t="s">
-        <v>3467</v>
+        <v>3472</v>
       </c>
       <c r="D622" t="s">
-        <v>3468</v>
+        <v>3473</v>
       </c>
       <c r="E622" t="s">
-        <v>3469</v>
+        <v>3474</v>
       </c>
       <c r="F622" t="s">
-        <v>3470</v>
+        <v>3475</v>
       </c>
       <c r="G622" t="s">
-        <v>3471</v>
+        <v>3476</v>
       </c>
       <c r="H622">
-        <v>62</v>
+        <v>1</v>
       </c>
       <c r="I622">
-        <v>9</v>
+        <v>2</v>
       </c>
     </row>
     <row r="623" spans="1:9">
       <c r="A623">
-        <v>300</v>
+        <v>477</v>
       </c>
       <c r="B623" t="s">
-        <v>3472</v>
+        <v>3477</v>
       </c>
       <c r="C623" t="s">
-        <v>3473</v>
+        <v>3478</v>
       </c>
       <c r="D623" t="s">
-        <v>3474</v>
+        <v>3479</v>
       </c>
       <c r="E623" t="s">
-        <v>3475</v>
+        <v>3480</v>
       </c>
       <c r="F623" t="s">
-        <v>3476</v>
+        <v>3481</v>
       </c>
       <c r="G623" t="s">
-        <v>3477</v>
+        <v>3482</v>
       </c>
       <c r="H623">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="I623">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="624" spans="1:9">
       <c r="A624">
-        <v>296</v>
+        <v>457</v>
       </c>
       <c r="B624" t="s">
-        <v>3478</v>
+        <v>383</v>
       </c>
       <c r="C624" t="s">
-        <v>3479</v>
+        <v>3483</v>
       </c>
       <c r="D624" t="s">
-        <v>3480</v>
+        <v>3484</v>
       </c>
       <c r="E624" t="s">
-        <v>3481</v>
+        <v>3485</v>
       </c>
       <c r="F624" t="s">
-        <v>3482</v>
+        <v>3486</v>
       </c>
       <c r="G624" t="s">
-        <v>3483</v>
+        <v>3487</v>
       </c>
       <c r="H624">
         <v>0</v>
       </c>
       <c r="I624">
         <v>0</v>
       </c>
     </row>
     <row r="625" spans="1:9">
       <c r="A625">
-        <v>299</v>
+        <v>461</v>
       </c>
       <c r="B625" t="s">
-        <v>718</v>
+        <v>3488</v>
       </c>
       <c r="C625" t="s">
-        <v>3484</v>
+        <v>3489</v>
       </c>
       <c r="D625" t="s">
-        <v>3485</v>
+        <v>3490</v>
       </c>
       <c r="E625" t="s">
-        <v>3486</v>
+        <v>3491</v>
       </c>
       <c r="F625" t="s">
-        <v>3487</v>
+        <v>3492</v>
       </c>
       <c r="G625" t="s">
-        <v>3488</v>
+        <v>3493</v>
       </c>
       <c r="H625">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I625">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="626" spans="1:9">
       <c r="A626">
-        <v>309</v>
+        <v>462</v>
       </c>
       <c r="B626" t="s">
-        <v>3489</v>
+        <v>3494</v>
       </c>
       <c r="C626" t="s">
-        <v>3490</v>
+        <v>3495</v>
       </c>
       <c r="D626" t="s">
-        <v>3491</v>
+        <v>1442</v>
       </c>
       <c r="E626" t="s">
-        <v>3492</v>
+        <v>3496</v>
       </c>
       <c r="F626" t="s">
-        <v>3493</v>
+        <v>3497</v>
       </c>
       <c r="G626" t="s">
-        <v>3494</v>
+        <v>3498</v>
       </c>
       <c r="H626">
-        <v>2</v>
+        <v>73</v>
       </c>
       <c r="I626">
-        <v>0</v>
+        <v>40</v>
       </c>
     </row>
     <row r="627" spans="1:9">
       <c r="A627">
-        <v>294</v>
+        <v>455</v>
       </c>
       <c r="B627" t="s">
-        <v>3495</v>
+        <v>3411</v>
       </c>
       <c r="C627" t="s">
-        <v>3496</v>
+        <v>3499</v>
       </c>
       <c r="D627" t="s">
-        <v>3497</v>
+        <v>3500</v>
       </c>
       <c r="E627" t="s">
-        <v>3498</v>
+        <v>3501</v>
       </c>
       <c r="F627" t="s">
-        <v>3499</v>
+        <v>3502</v>
       </c>
       <c r="G627" t="s">
-        <v>3500</v>
+        <v>3503</v>
       </c>
       <c r="H627">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="I627">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="628" spans="1:9">
       <c r="A628">
-        <v>297</v>
+        <v>458</v>
       </c>
       <c r="B628" t="s">
-        <v>3501</v>
+        <v>2410</v>
       </c>
       <c r="C628" t="s">
-        <v>3502</v>
+        <v>3504</v>
       </c>
       <c r="D628" t="s">
-        <v>3503</v>
+        <v>3505</v>
       </c>
       <c r="E628" t="s">
-        <v>3504</v>
+        <v>3506</v>
       </c>
       <c r="F628" t="s">
-        <v>3505</v>
+        <v>3507</v>
       </c>
       <c r="G628" t="s">
-        <v>3506</v>
+        <v>3508</v>
       </c>
       <c r="H628">
-        <v>4</v>
+        <v>1140</v>
       </c>
       <c r="I628">
-        <v>0</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="629" spans="1:9">
       <c r="A629">
-        <v>301</v>
+        <v>459</v>
       </c>
       <c r="B629" t="s">
-        <v>3507</v>
+        <v>3509</v>
       </c>
       <c r="C629" t="s">
-        <v>3508</v>
+        <v>3510</v>
       </c>
       <c r="D629" t="s">
-        <v>3509</v>
+        <v>3511</v>
       </c>
       <c r="E629" t="s">
-        <v>3510</v>
+        <v>3512</v>
       </c>
       <c r="F629" t="s">
-        <v>3511</v>
+        <v>3513</v>
       </c>
       <c r="G629" t="s">
-        <v>3512</v>
+        <v>3514</v>
       </c>
       <c r="H629">
         <v>1</v>
       </c>
       <c r="I629">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="630" spans="1:9">
       <c r="A630">
-        <v>298</v>
+        <v>451</v>
       </c>
       <c r="B630" t="s">
-        <v>3513</v>
+        <v>3515</v>
       </c>
       <c r="C630" t="s">
-        <v>3514</v>
+        <v>3516</v>
       </c>
       <c r="D630" t="s">
-        <v>3515</v>
+        <v>3517</v>
       </c>
       <c r="E630" t="s">
-        <v>3516</v>
+        <v>3518</v>
       </c>
       <c r="F630" t="s">
-        <v>3517</v>
+        <v>3519</v>
       </c>
       <c r="G630" t="s">
-        <v>3518</v>
+        <v>3520</v>
       </c>
       <c r="H630">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I630">
-        <v>17</v>
+        <v>0</v>
       </c>
     </row>
     <row r="631" spans="1:9">
       <c r="A631">
-        <v>295</v>
+        <v>454</v>
       </c>
       <c r="B631" t="s">
-        <v>3365</v>
+        <v>917</v>
       </c>
       <c r="C631" t="s">
-        <v>3519</v>
+        <v>3521</v>
       </c>
       <c r="D631" t="s">
-        <v>3520</v>
+        <v>3522</v>
       </c>
       <c r="E631" t="s">
-        <v>3521</v>
+        <v>3523</v>
       </c>
       <c r="F631" t="s">
-        <v>3522</v>
+        <v>3524</v>
       </c>
       <c r="G631" t="s">
-        <v>3523</v>
+        <v>3525</v>
       </c>
       <c r="H631">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I631">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="632" spans="1:9">
       <c r="A632">
-        <v>293</v>
+        <v>453</v>
       </c>
       <c r="B632" t="s">
-        <v>3524</v>
+        <v>3526</v>
       </c>
       <c r="C632" t="s">
-        <v>3525</v>
+        <v>3527</v>
       </c>
       <c r="D632" t="s">
-        <v>3526</v>
+        <v>3528</v>
       </c>
       <c r="E632" t="s">
-        <v>3527</v>
+        <v>3529</v>
       </c>
       <c r="F632" t="s">
-        <v>3528</v>
+        <v>3530</v>
       </c>
       <c r="G632" t="s">
-        <v>3529</v>
+        <v>3531</v>
       </c>
       <c r="H632">
-        <v>5</v>
+        <v>58</v>
       </c>
       <c r="I632">
-        <v>0</v>
+        <v>15</v>
       </c>
     </row>
     <row r="633" spans="1:9">
       <c r="A633">
-        <v>292</v>
+        <v>449</v>
       </c>
       <c r="B633" t="s">
-        <v>3530</v>
+        <v>3532</v>
       </c>
       <c r="C633" t="s">
-        <v>3531</v>
+        <v>3533</v>
       </c>
       <c r="D633" t="s">
-        <v>3532</v>
+        <v>3534</v>
       </c>
       <c r="E633" t="s">
-        <v>3533</v>
+        <v>3535</v>
       </c>
       <c r="F633" t="s">
-        <v>3534</v>
+        <v>3536</v>
       </c>
       <c r="G633" t="s">
-        <v>3535</v>
+        <v>3537</v>
       </c>
       <c r="H633">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I633">
         <v>0</v>
       </c>
     </row>
     <row r="634" spans="1:9">
       <c r="A634">
-        <v>288</v>
+        <v>460</v>
       </c>
       <c r="B634" t="s">
-        <v>3536</v>
+        <v>3538</v>
       </c>
       <c r="C634" t="s">
-        <v>3537</v>
+        <v>3539</v>
       </c>
       <c r="D634" t="s">
-        <v>3538</v>
+        <v>3540</v>
       </c>
       <c r="E634" t="s">
-        <v>3539</v>
+        <v>3541</v>
       </c>
       <c r="F634" t="s">
-        <v>3540</v>
+        <v>3542</v>
       </c>
       <c r="G634" t="s">
-        <v>3541</v>
+        <v>3543</v>
       </c>
       <c r="H634">
         <v>0</v>
       </c>
       <c r="I634">
         <v>0</v>
       </c>
     </row>
     <row r="635" spans="1:9">
       <c r="A635">
-        <v>290</v>
+        <v>450</v>
       </c>
       <c r="B635" t="s">
-        <v>3542</v>
+        <v>3544</v>
       </c>
       <c r="C635" t="s">
-        <v>3543</v>
+        <v>3545</v>
       </c>
       <c r="D635" t="s">
-        <v>3544</v>
+        <v>3546</v>
       </c>
       <c r="E635" t="s">
-        <v>3545</v>
+        <v>3547</v>
       </c>
       <c r="F635" t="s">
-        <v>3546</v>
+        <v>3548</v>
       </c>
       <c r="G635" t="s">
-        <v>3547</v>
+        <v>3549</v>
       </c>
       <c r="H635">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I635">
         <v>4</v>
       </c>
     </row>
     <row r="636" spans="1:9">
       <c r="A636">
-        <v>289</v>
+        <v>452</v>
       </c>
       <c r="B636" t="s">
-        <v>3548</v>
+        <v>490</v>
       </c>
       <c r="C636" t="s">
-        <v>3549</v>
+        <v>3550</v>
       </c>
       <c r="D636" t="s">
-        <v>3550</v>
+        <v>3551</v>
       </c>
       <c r="E636" t="s">
-        <v>3551</v>
+        <v>3552</v>
       </c>
       <c r="F636" t="s">
-        <v>3552</v>
+        <v>3553</v>
       </c>
       <c r="G636" t="s">
-        <v>3553</v>
+        <v>3300</v>
       </c>
       <c r="H636">
-        <v>30</v>
+        <v>557</v>
       </c>
       <c r="I636">
-        <v>16</v>
+        <v>37</v>
       </c>
     </row>
     <row r="637" spans="1:9">
       <c r="A637">
-        <v>291</v>
+        <v>446</v>
       </c>
       <c r="B637" t="s">
         <v>3554</v>
       </c>
       <c r="C637" t="s">
-        <v>2721</v>
+        <v>3555</v>
       </c>
       <c r="D637" t="s">
-        <v>3555</v>
+        <v>3556</v>
       </c>
       <c r="E637" t="s">
-        <v>3556</v>
+        <v>3557</v>
       </c>
       <c r="F637" t="s">
-        <v>3557</v>
+        <v>3558</v>
       </c>
       <c r="G637" t="s">
-        <v>3558</v>
+        <v>3559</v>
       </c>
       <c r="H637">
-        <v>2</v>
+        <v>835</v>
       </c>
       <c r="I637">
-        <v>2</v>
+        <v>18</v>
       </c>
     </row>
     <row r="638" spans="1:9">
       <c r="A638">
-        <v>285</v>
+        <v>447</v>
       </c>
       <c r="B638" t="s">
-        <v>3559</v>
+        <v>3411</v>
       </c>
       <c r="C638" t="s">
         <v>3560</v>
       </c>
       <c r="D638" t="s">
         <v>3561</v>
       </c>
       <c r="E638" t="s">
         <v>3562</v>
       </c>
       <c r="F638" t="s">
         <v>3563</v>
       </c>
       <c r="G638" t="s">
         <v>3564</v>
       </c>
       <c r="H638">
-        <v>1</v>
+        <v>1740</v>
       </c>
       <c r="I638">
-        <v>0</v>
+        <v>5746</v>
       </c>
     </row>
     <row r="639" spans="1:9">
       <c r="A639">
-        <v>286</v>
+        <v>444</v>
       </c>
       <c r="B639" t="s">
-        <v>3559</v>
+        <v>3565</v>
       </c>
       <c r="C639" t="s">
-        <v>3560</v>
+        <v>3566</v>
       </c>
       <c r="D639" t="s">
-        <v>3565</v>
+        <v>3567</v>
       </c>
       <c r="E639" t="s">
-        <v>3562</v>
+        <v>3568</v>
       </c>
       <c r="F639" t="s">
-        <v>3563</v>
+        <v>3569</v>
       </c>
       <c r="G639" t="s">
-        <v>3564</v>
+        <v>3570</v>
       </c>
       <c r="H639">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I639">
         <v>0</v>
       </c>
     </row>
     <row r="640" spans="1:9">
       <c r="A640">
-        <v>287</v>
+        <v>443</v>
       </c>
       <c r="B640" t="s">
-        <v>1297</v>
+        <v>3571</v>
       </c>
       <c r="C640" t="s">
-        <v>528</v>
+        <v>3572</v>
       </c>
       <c r="D640" t="s">
-        <v>528</v>
+        <v>3573</v>
       </c>
       <c r="E640" t="s">
-        <v>3566</v>
+        <v>3574</v>
       </c>
       <c r="F640" t="s">
-        <v>3567</v>
+        <v>3575</v>
       </c>
       <c r="G640" t="s">
-        <v>3568</v>
+        <v>3576</v>
       </c>
       <c r="H640">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="I640">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="641" spans="1:9">
       <c r="A641">
-        <v>284</v>
+        <v>448</v>
       </c>
       <c r="B641" t="s">
-        <v>3255</v>
+        <v>3577</v>
       </c>
       <c r="C641" t="s">
-        <v>3569</v>
+        <v>3578</v>
       </c>
       <c r="D641" t="s">
-        <v>3570</v>
+        <v>3579</v>
       </c>
       <c r="E641" t="s">
-        <v>3571</v>
+        <v>3580</v>
       </c>
       <c r="F641" t="s">
-        <v>3572</v>
+        <v>3581</v>
       </c>
       <c r="G641" t="s">
-        <v>3573</v>
+        <v>3582</v>
       </c>
       <c r="H641">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I641">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="642" spans="1:9">
       <c r="A642">
-        <v>283</v>
+        <v>445</v>
       </c>
       <c r="B642" t="s">
-        <v>3574</v>
+        <v>3583</v>
       </c>
       <c r="C642" t="s">
-        <v>3575</v>
+        <v>3584</v>
       </c>
       <c r="D642" t="s">
-        <v>3576</v>
+        <v>3585</v>
       </c>
       <c r="E642" t="s">
-        <v>3577</v>
+        <v>3586</v>
       </c>
       <c r="F642" t="s">
-        <v>3578</v>
+        <v>3587</v>
       </c>
       <c r="G642" t="s">
-        <v>3579</v>
+        <v>3588</v>
       </c>
       <c r="H642">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I642">
-        <v>4</v>
+        <v>13</v>
       </c>
     </row>
     <row r="643" spans="1:9">
       <c r="A643">
-        <v>281</v>
+        <v>439</v>
       </c>
       <c r="B643" t="s">
-        <v>323</v>
+        <v>3589</v>
       </c>
       <c r="C643" t="s">
-        <v>3580</v>
+        <v>3590</v>
       </c>
       <c r="D643" t="s">
-        <v>3581</v>
+        <v>3591</v>
       </c>
       <c r="E643" t="s">
-        <v>3580</v>
+        <v>3592</v>
       </c>
       <c r="F643" t="s">
-        <v>3582</v>
+        <v>3593</v>
       </c>
       <c r="G643" t="s">
-        <v>3583</v>
+        <v>3594</v>
       </c>
       <c r="H643">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I643">
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="644" spans="1:9">
       <c r="A644">
-        <v>282</v>
+        <v>440</v>
       </c>
       <c r="B644" t="s">
-        <v>323</v>
+        <v>3589</v>
       </c>
       <c r="C644" t="s">
-        <v>3584</v>
+        <v>3590</v>
       </c>
       <c r="D644" t="s">
-        <v>3581</v>
+        <v>3595</v>
       </c>
       <c r="E644" t="s">
-        <v>3580</v>
+        <v>3592</v>
       </c>
       <c r="F644" t="s">
-        <v>3582</v>
+        <v>3593</v>
       </c>
       <c r="G644" t="s">
-        <v>3583</v>
+        <v>3594</v>
       </c>
       <c r="H644">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I644">
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="645" spans="1:9">
       <c r="A645">
-        <v>279</v>
+        <v>438</v>
       </c>
       <c r="B645" t="s">
-        <v>1184</v>
+        <v>3596</v>
       </c>
       <c r="C645" t="s">
-        <v>3585</v>
+        <v>3597</v>
       </c>
       <c r="D645" t="s">
-        <v>3586</v>
+        <v>3598</v>
       </c>
       <c r="E645" t="s">
-        <v>3587</v>
+        <v>3599</v>
       </c>
       <c r="F645" t="s">
-        <v>3588</v>
+        <v>3600</v>
       </c>
       <c r="G645" t="s">
-        <v>3589</v>
+        <v>3601</v>
       </c>
       <c r="H645">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="I645">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="646" spans="1:9">
       <c r="A646">
-        <v>280</v>
+        <v>437</v>
       </c>
       <c r="B646" t="s">
-        <v>3590</v>
+        <v>671</v>
       </c>
       <c r="C646" t="s">
-        <v>3591</v>
+        <v>3602</v>
       </c>
       <c r="D646" t="s">
-        <v>3592</v>
+        <v>3603</v>
       </c>
       <c r="E646" t="s">
-        <v>3593</v>
+        <v>3604</v>
       </c>
       <c r="F646" t="s">
-        <v>3594</v>
+        <v>3605</v>
       </c>
       <c r="G646" t="s">
-        <v>3595</v>
+        <v>676</v>
       </c>
       <c r="H646">
-        <v>2</v>
+        <v>1262</v>
       </c>
       <c r="I646">
-        <v>0</v>
+        <v>470</v>
       </c>
     </row>
     <row r="647" spans="1:9">
       <c r="A647">
-        <v>277</v>
+        <v>436</v>
       </c>
       <c r="B647" t="s">
-        <v>3596</v>
+        <v>1270</v>
       </c>
       <c r="C647" t="s">
-        <v>3597</v>
+        <v>3606</v>
       </c>
       <c r="D647" t="s">
-        <v>3598</v>
+        <v>3607</v>
       </c>
       <c r="E647" t="s">
-        <v>3599</v>
+        <v>3608</v>
       </c>
       <c r="F647" t="s">
-        <v>3600</v>
+        <v>3609</v>
       </c>
       <c r="G647" t="s">
-        <v>3601</v>
+        <v>3610</v>
       </c>
       <c r="H647">
-        <v>23</v>
+        <v>189</v>
       </c>
       <c r="I647">
-        <v>4</v>
+        <v>22</v>
       </c>
     </row>
     <row r="648" spans="1:9">
       <c r="A648">
-        <v>278</v>
+        <v>434</v>
       </c>
       <c r="B648" t="s">
-        <v>3602</v>
+        <v>3611</v>
       </c>
       <c r="C648" t="s">
-        <v>3603</v>
+        <v>3612</v>
       </c>
       <c r="D648" t="s">
-        <v>3604</v>
+        <v>3613</v>
       </c>
       <c r="E648" t="s">
-        <v>3605</v>
+        <v>3614</v>
       </c>
       <c r="F648" t="s">
-        <v>3606</v>
+        <v>3615</v>
       </c>
       <c r="G648" t="s">
-        <v>3607</v>
+        <v>3616</v>
       </c>
       <c r="H648">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I648">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="649" spans="1:9">
       <c r="A649">
-        <v>276</v>
+        <v>431</v>
       </c>
       <c r="B649" t="s">
-        <v>776</v>
+        <v>3617</v>
       </c>
       <c r="C649" t="s">
-        <v>3608</v>
+        <v>3618</v>
       </c>
       <c r="D649" t="s">
-        <v>3609</v>
+        <v>3619</v>
       </c>
       <c r="E649" t="s">
-        <v>3610</v>
+        <v>3620</v>
       </c>
       <c r="F649" t="s">
-        <v>3611</v>
+        <v>3621</v>
       </c>
       <c r="G649" t="s">
-        <v>3612</v>
+        <v>3622</v>
       </c>
       <c r="H649">
-        <v>1059</v>
+        <v>531</v>
       </c>
       <c r="I649">
-        <v>131</v>
+        <v>11</v>
       </c>
     </row>
     <row r="650" spans="1:9">
       <c r="A650">
-        <v>275</v>
+        <v>435</v>
       </c>
       <c r="B650" t="s">
-        <v>3613</v>
+        <v>3623</v>
       </c>
       <c r="C650" t="s">
-        <v>3614</v>
+        <v>3624</v>
       </c>
       <c r="D650" t="s">
-        <v>3615</v>
+        <v>3625</v>
       </c>
       <c r="E650" t="s">
-        <v>3616</v>
+        <v>3626</v>
       </c>
       <c r="F650" t="s">
-        <v>3617</v>
+        <v>3627</v>
       </c>
       <c r="G650" t="s">
-        <v>3618</v>
+        <v>3628</v>
       </c>
       <c r="H650">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="I650">
         <v>0</v>
       </c>
     </row>
     <row r="651" spans="1:9">
       <c r="A651">
-        <v>274</v>
+        <v>430</v>
       </c>
       <c r="B651" t="s">
-        <v>3619</v>
+        <v>3629</v>
       </c>
       <c r="C651" t="s">
-        <v>3620</v>
+        <v>3630</v>
       </c>
       <c r="D651" t="s">
-        <v>3621</v>
+        <v>3631</v>
       </c>
       <c r="E651" t="s">
-        <v>3622</v>
+        <v>3632</v>
       </c>
       <c r="F651" t="s">
-        <v>3623</v>
+        <v>3633</v>
       </c>
       <c r="G651" t="s">
-        <v>3624</v>
+        <v>3634</v>
       </c>
       <c r="H651">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="I651">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="652" spans="1:9">
       <c r="A652">
-        <v>273</v>
+        <v>429</v>
       </c>
       <c r="B652" t="s">
-        <v>3625</v>
+        <v>1312</v>
       </c>
       <c r="C652" t="s">
-        <v>3626</v>
+        <v>3635</v>
       </c>
       <c r="D652" t="s">
-        <v>3627</v>
+        <v>3636</v>
       </c>
       <c r="E652" t="s">
-        <v>3628</v>
+        <v>3637</v>
       </c>
       <c r="F652" t="s">
-        <v>3629</v>
+        <v>3638</v>
       </c>
       <c r="G652" t="s">
-        <v>3630</v>
+        <v>3639</v>
       </c>
       <c r="H652">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="I652">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="653" spans="1:9">
       <c r="A653">
-        <v>272</v>
+        <v>442</v>
       </c>
       <c r="B653" t="s">
-        <v>1909</v>
+        <v>1210</v>
       </c>
       <c r="C653" t="s">
-        <v>3631</v>
+        <v>3640</v>
       </c>
       <c r="D653" t="s">
-        <v>3632</v>
+        <v>3641</v>
       </c>
       <c r="E653" t="s">
-        <v>3633</v>
+        <v>3642</v>
       </c>
       <c r="F653" t="s">
-        <v>3634</v>
+        <v>3643</v>
       </c>
       <c r="G653" t="s">
-        <v>3635</v>
+        <v>3644</v>
       </c>
       <c r="H653">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="I653">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="654" spans="1:9">
       <c r="A654">
-        <v>271</v>
+        <v>433</v>
       </c>
       <c r="B654" t="s">
-        <v>3636</v>
+        <v>3645</v>
       </c>
       <c r="C654" t="s">
-        <v>3637</v>
+        <v>3646</v>
       </c>
       <c r="D654" t="s">
-        <v>3638</v>
+        <v>3647</v>
       </c>
       <c r="E654" t="s">
-        <v>3639</v>
+        <v>3648</v>
       </c>
       <c r="F654" t="s">
-        <v>3640</v>
+        <v>3649</v>
       </c>
       <c r="G654" t="s">
-        <v>3641</v>
+        <v>3650</v>
       </c>
       <c r="H654">
-        <v>1142</v>
+        <v>0</v>
       </c>
       <c r="I654">
-        <v>143</v>
+        <v>0</v>
       </c>
     </row>
     <row r="655" spans="1:9">
       <c r="A655">
-        <v>270</v>
+        <v>432</v>
       </c>
       <c r="B655" t="s">
-        <v>353</v>
+        <v>3651</v>
       </c>
       <c r="C655" t="s">
-        <v>3642</v>
+        <v>3652</v>
       </c>
       <c r="D655" t="s">
-        <v>3643</v>
+        <v>3653</v>
       </c>
       <c r="E655" t="s">
-        <v>3644</v>
+        <v>3654</v>
       </c>
       <c r="F655" t="s">
-        <v>3645</v>
+        <v>3655</v>
       </c>
       <c r="G655" t="s">
-        <v>358</v>
+        <v>3656</v>
       </c>
       <c r="H655">
-        <v>488</v>
+        <v>19</v>
       </c>
       <c r="I655">
-        <v>79</v>
+        <v>29</v>
       </c>
     </row>
     <row r="656" spans="1:9">
       <c r="A656">
-        <v>267</v>
+        <v>426</v>
       </c>
       <c r="B656" t="s">
-        <v>3646</v>
+        <v>3657</v>
       </c>
       <c r="C656" t="s">
-        <v>3647</v>
+        <v>3658</v>
       </c>
       <c r="D656" t="s">
-        <v>3648</v>
+        <v>3659</v>
       </c>
       <c r="E656" t="s">
-        <v>3649</v>
+        <v>3660</v>
       </c>
       <c r="F656" t="s">
-        <v>3650</v>
+        <v>3661</v>
       </c>
       <c r="G656" t="s">
-        <v>3651</v>
+        <v>3662</v>
       </c>
       <c r="H656">
-        <v>1</v>
+        <v>97</v>
       </c>
       <c r="I656">
-        <v>0</v>
+        <v>15</v>
       </c>
     </row>
     <row r="657" spans="1:9">
       <c r="A657">
-        <v>268</v>
+        <v>427</v>
       </c>
       <c r="B657" t="s">
-        <v>3652</v>
+        <v>3663</v>
       </c>
       <c r="C657" t="s">
-        <v>3653</v>
+        <v>3664</v>
       </c>
       <c r="D657" t="s">
-        <v>3654</v>
+        <v>3665</v>
       </c>
       <c r="E657" t="s">
-        <v>3655</v>
+        <v>3666</v>
       </c>
       <c r="F657" t="s">
-        <v>3656</v>
+        <v>3667</v>
       </c>
       <c r="G657" t="s">
-        <v>3657</v>
+        <v>3668</v>
       </c>
       <c r="H657">
-        <v>7</v>
+        <v>43</v>
       </c>
       <c r="I657">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="658" spans="1:9">
       <c r="A658">
-        <v>269</v>
+        <v>441</v>
       </c>
       <c r="B658" t="s">
-        <v>251</v>
+        <v>3669</v>
       </c>
       <c r="C658" t="s">
-        <v>3658</v>
+        <v>3670</v>
       </c>
       <c r="D658" t="s">
-        <v>3659</v>
+        <v>3671</v>
       </c>
       <c r="E658" t="s">
-        <v>3660</v>
+        <v>3672</v>
       </c>
       <c r="F658" t="s">
-        <v>3661</v>
+        <v>3673</v>
       </c>
       <c r="G658" t="s">
-        <v>3662</v>
+        <v>3674</v>
       </c>
       <c r="H658">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I658">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="659" spans="1:9">
       <c r="A659">
-        <v>266</v>
+        <v>428</v>
       </c>
       <c r="B659" t="s">
-        <v>3663</v>
+        <v>3675</v>
       </c>
       <c r="C659" t="s">
-        <v>3664</v>
+        <v>3676</v>
       </c>
       <c r="D659" t="s">
-        <v>3665</v>
+        <v>3677</v>
       </c>
       <c r="E659" t="s">
-        <v>3666</v>
+        <v>3678</v>
       </c>
       <c r="F659" t="s">
-        <v>3667</v>
+        <v>3679</v>
       </c>
       <c r="G659" t="s">
-        <v>3668</v>
+        <v>3680</v>
       </c>
       <c r="H659">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I659">
         <v>0</v>
       </c>
     </row>
     <row r="660" spans="1:9">
       <c r="A660">
-        <v>264</v>
+        <v>422</v>
       </c>
       <c r="B660" t="s">
-        <v>3669</v>
+        <v>3681</v>
       </c>
       <c r="C660" t="s">
-        <v>3670</v>
+        <v>3682</v>
       </c>
       <c r="D660" t="s">
-        <v>3671</v>
+        <v>3683</v>
       </c>
       <c r="E660" t="s">
-        <v>3672</v>
+        <v>3684</v>
       </c>
       <c r="F660" t="s">
-        <v>3673</v>
+        <v>3685</v>
       </c>
       <c r="G660" t="s">
-        <v>3674</v>
+        <v>3686</v>
       </c>
       <c r="H660">
-        <v>173</v>
+        <v>0</v>
       </c>
       <c r="I660">
-        <v>43</v>
+        <v>2</v>
       </c>
     </row>
     <row r="661" spans="1:9">
       <c r="A661">
-        <v>263</v>
+        <v>421</v>
       </c>
       <c r="B661" t="s">
-        <v>3675</v>
+        <v>3687</v>
       </c>
       <c r="C661" t="s">
-        <v>3676</v>
+        <v>3688</v>
       </c>
       <c r="D661" t="s">
-        <v>3677</v>
+        <v>3689</v>
       </c>
       <c r="E661" t="s">
-        <v>3678</v>
+        <v>3690</v>
       </c>
       <c r="F661" t="s">
-        <v>3679</v>
+        <v>3691</v>
       </c>
       <c r="G661" t="s">
-        <v>3680</v>
+        <v>3692</v>
       </c>
       <c r="H661">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="I661">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="662" spans="1:9">
       <c r="A662">
-        <v>261</v>
+        <v>425</v>
       </c>
       <c r="B662" t="s">
-        <v>2303</v>
+        <v>3693</v>
       </c>
       <c r="C662" t="s">
-        <v>3681</v>
+        <v>3694</v>
       </c>
       <c r="D662" t="s">
-        <v>3682</v>
+        <v>1442</v>
       </c>
       <c r="E662" t="s">
-        <v>3683</v>
+        <v>3695</v>
       </c>
       <c r="F662" t="s">
-        <v>3684</v>
+        <v>3696</v>
       </c>
       <c r="G662" t="s">
-        <v>3685</v>
+        <v>3697</v>
       </c>
       <c r="H662">
-        <v>1364</v>
+        <v>43</v>
       </c>
       <c r="I662">
-        <v>364</v>
+        <v>6</v>
       </c>
     </row>
     <row r="663" spans="1:9">
       <c r="A663">
-        <v>258</v>
+        <v>417</v>
       </c>
       <c r="B663" t="s">
-        <v>3686</v>
+        <v>490</v>
       </c>
       <c r="C663" t="s">
-        <v>3687</v>
+        <v>3698</v>
       </c>
       <c r="D663" t="s">
-        <v>3688</v>
+        <v>3699</v>
       </c>
       <c r="E663" t="s">
-        <v>3689</v>
+        <v>3700</v>
       </c>
       <c r="F663" t="s">
-        <v>3690</v>
+        <v>3701</v>
       </c>
       <c r="G663" t="s">
-        <v>3691</v>
+        <v>3702</v>
       </c>
       <c r="H663">
-        <v>1</v>
+        <v>535</v>
       </c>
       <c r="I663">
-        <v>0</v>
+        <v>58</v>
       </c>
     </row>
     <row r="664" spans="1:9">
       <c r="A664">
-        <v>265</v>
+        <v>419</v>
       </c>
       <c r="B664" t="s">
-        <v>323</v>
+        <v>3703</v>
       </c>
       <c r="C664" t="s">
-        <v>3692</v>
+        <v>3704</v>
       </c>
       <c r="D664" t="s">
-        <v>3693</v>
+        <v>3705</v>
       </c>
       <c r="E664" t="s">
-        <v>3694</v>
+        <v>3706</v>
       </c>
       <c r="F664" t="s">
-        <v>3695</v>
+        <v>3707</v>
       </c>
       <c r="G664" t="s">
-        <v>3696</v>
+        <v>3708</v>
       </c>
       <c r="H664">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="I664">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="665" spans="1:9">
       <c r="A665">
-        <v>262</v>
+        <v>418</v>
       </c>
       <c r="B665" t="s">
-        <v>3365</v>
+        <v>3709</v>
       </c>
       <c r="C665" t="s">
-        <v>3697</v>
+        <v>3710</v>
       </c>
       <c r="D665" t="s">
-        <v>3698</v>
+        <v>3711</v>
       </c>
       <c r="E665" t="s">
-        <v>3699</v>
+        <v>3712</v>
       </c>
       <c r="F665" t="s">
-        <v>3700</v>
+        <v>3713</v>
       </c>
       <c r="G665" t="s">
-        <v>3701</v>
+        <v>3714</v>
       </c>
       <c r="H665">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="I665">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="666" spans="1:9">
       <c r="A666">
-        <v>259</v>
+        <v>415</v>
       </c>
       <c r="B666" t="s">
-        <v>3702</v>
+        <v>1270</v>
       </c>
       <c r="C666" t="s">
-        <v>3703</v>
+        <v>3715</v>
       </c>
       <c r="D666" t="s">
-        <v>3704</v>
+        <v>3716</v>
       </c>
       <c r="E666" t="s">
-        <v>3705</v>
+        <v>3717</v>
       </c>
       <c r="F666" t="s">
-        <v>3706</v>
+        <v>3718</v>
       </c>
       <c r="G666" t="s">
-        <v>3707</v>
+        <v>1275</v>
       </c>
       <c r="H666">
-        <v>0</v>
+        <v>149</v>
       </c>
       <c r="I666">
-        <v>0</v>
+        <v>27</v>
       </c>
     </row>
     <row r="667" spans="1:9">
       <c r="A667">
-        <v>256</v>
+        <v>416</v>
       </c>
       <c r="B667" t="s">
-        <v>3708</v>
+        <v>3719</v>
       </c>
       <c r="C667" t="s">
-        <v>3709</v>
+        <v>3720</v>
       </c>
       <c r="D667" t="s">
-        <v>3710</v>
+        <v>3721</v>
       </c>
       <c r="E667" t="s">
-        <v>3711</v>
+        <v>3722</v>
       </c>
       <c r="F667" t="s">
-        <v>3712</v>
+        <v>3723</v>
       </c>
       <c r="G667" t="s">
-        <v>3713</v>
+        <v>3724</v>
       </c>
       <c r="H667">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I667">
-        <v>0</v>
+        <v>7</v>
       </c>
     </row>
     <row r="668" spans="1:9">
       <c r="A668">
-        <v>255</v>
+        <v>414</v>
       </c>
       <c r="B668" t="s">
-        <v>3714</v>
+        <v>1270</v>
       </c>
       <c r="C668" t="s">
-        <v>3715</v>
+        <v>3725</v>
       </c>
       <c r="D668" t="s">
-        <v>3716</v>
+        <v>3726</v>
       </c>
       <c r="E668" t="s">
-        <v>3717</v>
+        <v>3727</v>
       </c>
       <c r="F668" t="s">
-        <v>3718</v>
+        <v>3728</v>
       </c>
       <c r="G668" t="s">
-        <v>3719</v>
+        <v>1275</v>
       </c>
       <c r="H668">
-        <v>1</v>
+        <v>259</v>
       </c>
       <c r="I668">
-        <v>0</v>
+        <v>43</v>
       </c>
     </row>
     <row r="669" spans="1:9">
       <c r="A669">
-        <v>257</v>
+        <v>420</v>
       </c>
       <c r="B669" t="s">
-        <v>3720</v>
+        <v>3729</v>
       </c>
       <c r="C669" t="s">
-        <v>3721</v>
+        <v>3730</v>
       </c>
       <c r="D669" t="s">
-        <v>3722</v>
+        <v>3731</v>
       </c>
       <c r="E669" t="s">
-        <v>3723</v>
+        <v>3732</v>
       </c>
       <c r="F669" t="s">
-        <v>3724</v>
+        <v>3733</v>
       </c>
       <c r="G669" t="s">
-        <v>3725</v>
+        <v>3734</v>
       </c>
       <c r="H669">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="I669">
-        <v>13</v>
+        <v>0</v>
       </c>
     </row>
     <row r="670" spans="1:9">
       <c r="A670">
-        <v>254</v>
+        <v>413</v>
       </c>
       <c r="B670" t="s">
-        <v>2790</v>
+        <v>3735</v>
       </c>
       <c r="C670" t="s">
-        <v>3726</v>
+        <v>3736</v>
       </c>
       <c r="D670" t="s">
-        <v>3727</v>
+        <v>3737</v>
       </c>
       <c r="E670" t="s">
-        <v>3728</v>
+        <v>3738</v>
       </c>
       <c r="F670" t="s">
-        <v>3729</v>
+        <v>3739</v>
       </c>
       <c r="G670" t="s">
-        <v>3730</v>
+        <v>3740</v>
       </c>
       <c r="H670">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I670">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="671" spans="1:9">
       <c r="A671">
-        <v>253</v>
+        <v>412</v>
       </c>
       <c r="B671" t="s">
-        <v>3731</v>
+        <v>1270</v>
       </c>
       <c r="C671" t="s">
-        <v>3732</v>
+        <v>3741</v>
       </c>
       <c r="D671" t="s">
-        <v>3733</v>
+        <v>3742</v>
       </c>
       <c r="E671" t="s">
-        <v>3734</v>
+        <v>3743</v>
       </c>
       <c r="F671" t="s">
-        <v>3735</v>
+        <v>3744</v>
       </c>
       <c r="G671" t="s">
-        <v>3736</v>
+        <v>3745</v>
       </c>
       <c r="H671">
-        <v>1154</v>
+        <v>761</v>
       </c>
       <c r="I671">
-        <v>0</v>
+        <v>167</v>
       </c>
     </row>
     <row r="672" spans="1:9">
       <c r="A672">
-        <v>251</v>
+        <v>410</v>
       </c>
       <c r="B672" t="s">
-        <v>1890</v>
+        <v>3746</v>
       </c>
       <c r="C672" t="s">
-        <v>3737</v>
+        <v>3747</v>
       </c>
       <c r="D672" t="s">
-        <v>3738</v>
+        <v>3748</v>
       </c>
       <c r="E672" t="s">
-        <v>3739</v>
+        <v>3749</v>
       </c>
       <c r="F672" t="s">
-        <v>3740</v>
+        <v>3750</v>
       </c>
       <c r="G672" t="s">
-        <v>3741</v>
+        <v>3751</v>
       </c>
       <c r="H672">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="I672">
-        <v>11</v>
+        <v>0</v>
       </c>
     </row>
     <row r="673" spans="1:9">
       <c r="A673">
-        <v>260</v>
+        <v>411</v>
       </c>
       <c r="B673" t="s">
-        <v>3742</v>
+        <v>2122</v>
       </c>
       <c r="C673" t="s">
-        <v>3743</v>
+        <v>3752</v>
       </c>
       <c r="D673" t="s">
-        <v>3744</v>
+        <v>3753</v>
       </c>
       <c r="E673" t="s">
-        <v>3745</v>
+        <v>3754</v>
       </c>
       <c r="F673" t="s">
-        <v>3746</v>
+        <v>3755</v>
       </c>
       <c r="G673" t="s">
-        <v>3747</v>
+        <v>3756</v>
       </c>
       <c r="H673">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I673">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="674" spans="1:9">
       <c r="A674">
-        <v>252</v>
+        <v>423</v>
       </c>
       <c r="B674" t="s">
-        <v>3748</v>
+        <v>3757</v>
       </c>
       <c r="C674" t="s">
-        <v>3749</v>
+        <v>3758</v>
       </c>
       <c r="D674" t="s">
-        <v>3750</v>
+        <v>3759</v>
       </c>
       <c r="E674" t="s">
-        <v>3751</v>
+        <v>3758</v>
       </c>
       <c r="F674" t="s">
-        <v>3752</v>
+        <v>3760</v>
       </c>
       <c r="G674" t="s">
-        <v>3753</v>
+        <v>3761</v>
       </c>
       <c r="H674">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I674">
         <v>0</v>
       </c>
     </row>
     <row r="675" spans="1:9">
       <c r="A675">
-        <v>250</v>
+        <v>424</v>
       </c>
       <c r="B675" t="s">
-        <v>3754</v>
+        <v>3757</v>
       </c>
       <c r="C675" t="s">
-        <v>3755</v>
+        <v>3758</v>
       </c>
       <c r="D675" t="s">
-        <v>3756</v>
+        <v>3759</v>
       </c>
       <c r="E675" t="s">
-        <v>3757</v>
+        <v>3762</v>
       </c>
       <c r="F675" t="s">
-        <v>3758</v>
+        <v>3760</v>
       </c>
       <c r="G675" t="s">
-        <v>3759</v>
+        <v>3761</v>
       </c>
       <c r="H675">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I675">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="676" spans="1:9">
       <c r="A676">
-        <v>248</v>
+        <v>408</v>
       </c>
       <c r="B676" t="s">
-        <v>3760</v>
+        <v>3763</v>
       </c>
       <c r="C676" t="s">
-        <v>3761</v>
+        <v>3764</v>
       </c>
       <c r="D676" t="s">
-        <v>3762</v>
+        <v>3765</v>
       </c>
       <c r="E676" t="s">
-        <v>3763</v>
+        <v>3766</v>
       </c>
       <c r="F676" t="s">
-        <v>3764</v>
+        <v>3767</v>
       </c>
       <c r="G676" t="s">
-        <v>3765</v>
+        <v>3768</v>
       </c>
       <c r="H676">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="I676">
-        <v>12</v>
+        <v>2</v>
       </c>
     </row>
     <row r="677" spans="1:9">
       <c r="A677">
-        <v>247</v>
+        <v>407</v>
       </c>
       <c r="B677" t="s">
-        <v>3766</v>
+        <v>3769</v>
       </c>
       <c r="C677" t="s">
-        <v>3767</v>
+        <v>3770</v>
       </c>
       <c r="D677" t="s">
-        <v>3768</v>
+        <v>3771</v>
       </c>
       <c r="E677" t="s">
-        <v>3769</v>
+        <v>3772</v>
       </c>
       <c r="F677" t="s">
-        <v>3770</v>
+        <v>3773</v>
       </c>
       <c r="G677" t="s">
-        <v>3771</v>
+        <v>3774</v>
       </c>
       <c r="H677">
-        <v>49</v>
+        <v>5</v>
       </c>
       <c r="I677">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="678" spans="1:9">
       <c r="A678">
-        <v>249</v>
+        <v>409</v>
       </c>
       <c r="B678" t="s">
-        <v>3772</v>
+        <v>490</v>
       </c>
       <c r="C678" t="s">
-        <v>3773</v>
+        <v>3775</v>
       </c>
       <c r="D678" t="s">
-        <v>3774</v>
+        <v>3776</v>
       </c>
       <c r="E678" t="s">
-        <v>3775</v>
+        <v>3777</v>
       </c>
       <c r="F678" t="s">
-        <v>3776</v>
+        <v>3778</v>
       </c>
       <c r="G678" t="s">
-        <v>3777</v>
+        <v>3779</v>
       </c>
       <c r="H678">
-        <v>1</v>
+        <v>3596</v>
       </c>
       <c r="I678">
-        <v>0</v>
+        <v>736</v>
       </c>
     </row>
     <row r="679" spans="1:9">
       <c r="A679">
-        <v>246</v>
+        <v>404</v>
       </c>
       <c r="B679" t="s">
-        <v>3778</v>
+        <v>3780</v>
       </c>
       <c r="C679" t="s">
-        <v>3779</v>
+        <v>3781</v>
       </c>
       <c r="D679" t="s">
-        <v>3780</v>
+        <v>3782</v>
       </c>
       <c r="E679" t="s">
-        <v>3781</v>
+        <v>3783</v>
       </c>
       <c r="F679" t="s">
-        <v>3782</v>
+        <v>3784</v>
       </c>
       <c r="G679" t="s">
-        <v>3783</v>
+        <v>3785</v>
       </c>
       <c r="H679">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="I679">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="680" spans="1:9">
       <c r="A680">
-        <v>245</v>
+        <v>405</v>
       </c>
       <c r="B680" t="s">
-        <v>3784</v>
+        <v>753</v>
       </c>
       <c r="C680" t="s">
-        <v>3785</v>
+        <v>3786</v>
       </c>
       <c r="D680" t="s">
-        <v>3786</v>
+        <v>3787</v>
       </c>
       <c r="E680" t="s">
-        <v>3787</v>
+        <v>3788</v>
       </c>
       <c r="F680" t="s">
-        <v>3788</v>
+        <v>3789</v>
       </c>
       <c r="G680" t="s">
-        <v>3789</v>
+        <v>3790</v>
       </c>
       <c r="H680">
-        <v>103</v>
+        <v>415</v>
       </c>
       <c r="I680">
-        <v>98</v>
+        <v>36</v>
       </c>
     </row>
     <row r="681" spans="1:9">
       <c r="A681">
-        <v>244</v>
+        <v>406</v>
       </c>
       <c r="B681" t="s">
-        <v>3790</v>
+        <v>3791</v>
       </c>
       <c r="C681" t="s">
-        <v>3791</v>
+        <v>3792</v>
       </c>
       <c r="D681" t="s">
-        <v>3792</v>
+        <v>3793</v>
       </c>
       <c r="E681" t="s">
-        <v>3793</v>
+        <v>3794</v>
       </c>
       <c r="F681" t="s">
-        <v>3794</v>
+        <v>3795</v>
       </c>
       <c r="G681" t="s">
-        <v>3795</v>
+        <v>3796</v>
       </c>
       <c r="H681">
-        <v>2</v>
+        <v>747</v>
       </c>
       <c r="I681">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="682" spans="1:9">
       <c r="A682">
-        <v>240</v>
+        <v>403</v>
       </c>
       <c r="B682" t="s">
-        <v>3796</v>
+        <v>3797</v>
       </c>
       <c r="C682" t="s">
-        <v>3797</v>
+        <v>3798</v>
       </c>
       <c r="D682" t="s">
-        <v>3798</v>
+        <v>3799</v>
       </c>
       <c r="E682" t="s">
-        <v>3799</v>
+        <v>3800</v>
       </c>
       <c r="F682" t="s">
-        <v>3800</v>
+        <v>3801</v>
       </c>
       <c r="G682" t="s">
-        <v>3801</v>
+        <v>3802</v>
       </c>
       <c r="H682">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="I682">
-        <v>125</v>
+        <v>0</v>
       </c>
     </row>
     <row r="683" spans="1:9">
       <c r="A683">
-        <v>239</v>
+        <v>400</v>
       </c>
       <c r="B683" t="s">
-        <v>3802</v>
+        <v>3803</v>
       </c>
       <c r="C683" t="s">
-        <v>3803</v>
+        <v>3804</v>
       </c>
       <c r="D683" t="s">
-        <v>3804</v>
+        <v>3805</v>
       </c>
       <c r="E683" t="s">
-        <v>3805</v>
+        <v>3806</v>
       </c>
       <c r="F683" t="s">
-        <v>3806</v>
+        <v>3807</v>
       </c>
       <c r="G683" t="s">
-        <v>3807</v>
+        <v>3808</v>
       </c>
       <c r="H683">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="I683">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="684" spans="1:9">
       <c r="A684">
-        <v>243</v>
+        <v>397</v>
       </c>
       <c r="B684" t="s">
-        <v>2953</v>
+        <v>3809</v>
       </c>
       <c r="C684" t="s">
-        <v>3808</v>
+        <v>3810</v>
       </c>
       <c r="D684" t="s">
-        <v>3809</v>
+        <v>3811</v>
       </c>
       <c r="E684" t="s">
-        <v>3810</v>
+        <v>3812</v>
       </c>
       <c r="F684" t="s">
-        <v>3811</v>
+        <v>3813</v>
       </c>
       <c r="G684" t="s">
-        <v>3812</v>
+        <v>3814</v>
       </c>
       <c r="H684">
-        <v>130</v>
+        <v>2</v>
       </c>
       <c r="I684">
-        <v>34</v>
+        <v>3</v>
       </c>
     </row>
     <row r="685" spans="1:9">
       <c r="A685">
-        <v>241</v>
+        <v>401</v>
       </c>
       <c r="B685" t="s">
-        <v>3813</v>
+        <v>3815</v>
       </c>
       <c r="C685" t="s">
-        <v>3814</v>
+        <v>3816</v>
       </c>
       <c r="D685" t="s">
-        <v>3815</v>
+        <v>3817</v>
       </c>
       <c r="E685" t="s">
-        <v>3816</v>
+        <v>3818</v>
       </c>
       <c r="F685" t="s">
-        <v>3817</v>
+        <v>3819</v>
       </c>
       <c r="G685" t="s">
-        <v>3818</v>
+        <v>3820</v>
       </c>
       <c r="H685">
-        <v>688</v>
+        <v>3</v>
       </c>
       <c r="I685">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="686" spans="1:9">
       <c r="A686">
-        <v>242</v>
+        <v>402</v>
       </c>
       <c r="B686" t="s">
-        <v>3819</v>
+        <v>3821</v>
       </c>
       <c r="C686" t="s">
-        <v>3820</v>
+        <v>3822</v>
       </c>
       <c r="D686" t="s">
-        <v>3821</v>
+        <v>3823</v>
       </c>
       <c r="E686" t="s">
-        <v>3822</v>
+        <v>3824</v>
       </c>
       <c r="F686" t="s">
-        <v>3823</v>
+        <v>3825</v>
       </c>
       <c r="G686" t="s">
-        <v>3824</v>
+        <v>3826</v>
       </c>
       <c r="H686">
-        <v>126</v>
+        <v>0</v>
       </c>
       <c r="I686">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="687" spans="1:9">
       <c r="A687">
-        <v>234</v>
+        <v>396</v>
       </c>
       <c r="B687" t="s">
-        <v>3825</v>
+        <v>3827</v>
       </c>
       <c r="C687" t="s">
-        <v>3826</v>
+        <v>3828</v>
       </c>
       <c r="D687" t="s">
-        <v>3827</v>
+        <v>3829</v>
       </c>
       <c r="E687" t="s">
-        <v>3828</v>
+        <v>3830</v>
       </c>
       <c r="F687" t="s">
-        <v>3829</v>
+        <v>3831</v>
       </c>
       <c r="G687" t="s">
-        <v>3830</v>
+        <v>3832</v>
       </c>
       <c r="H687">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="I687">
-        <v>0</v>
+        <v>24</v>
       </c>
     </row>
     <row r="688" spans="1:9">
       <c r="A688">
-        <v>237</v>
+        <v>398</v>
       </c>
       <c r="B688" t="s">
-        <v>3831</v>
+        <v>3833</v>
       </c>
       <c r="C688" t="s">
-        <v>3832</v>
+        <v>3834</v>
       </c>
       <c r="D688" t="s">
-        <v>3833</v>
+        <v>3835</v>
       </c>
       <c r="E688" t="s">
-        <v>3834</v>
+        <v>3836</v>
       </c>
       <c r="F688" t="s">
-        <v>3835</v>
+        <v>3837</v>
       </c>
       <c r="G688" t="s">
-        <v>3836</v>
+        <v>3838</v>
       </c>
       <c r="H688">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="I688">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="689" spans="1:9">
       <c r="A689">
-        <v>236</v>
+        <v>399</v>
       </c>
       <c r="B689" t="s">
-        <v>3702</v>
+        <v>80</v>
       </c>
       <c r="C689" t="s">
-        <v>3837</v>
+        <v>3839</v>
       </c>
       <c r="D689" t="s">
-        <v>3838</v>
+        <v>3840</v>
       </c>
       <c r="E689" t="s">
-        <v>3839</v>
+        <v>3841</v>
       </c>
       <c r="F689" t="s">
-        <v>3840</v>
+        <v>3842</v>
       </c>
       <c r="G689" t="s">
-        <v>3841</v>
+        <v>3843</v>
       </c>
       <c r="H689">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="I689">
-        <v>0</v>
+        <v>60</v>
       </c>
     </row>
     <row r="690" spans="1:9">
       <c r="A690">
-        <v>238</v>
+        <v>395</v>
       </c>
       <c r="B690" t="s">
-        <v>3842</v>
+        <v>3844</v>
       </c>
       <c r="C690" t="s">
-        <v>3843</v>
+        <v>3845</v>
       </c>
       <c r="D690" t="s">
-        <v>3844</v>
+        <v>3846</v>
       </c>
       <c r="E690" t="s">
-        <v>3845</v>
+        <v>3847</v>
       </c>
       <c r="F690" t="s">
-        <v>3846</v>
+        <v>3848</v>
       </c>
       <c r="G690" t="s">
-        <v>3847</v>
+        <v>3849</v>
       </c>
       <c r="H690">
-        <v>0</v>
+        <v>155</v>
       </c>
       <c r="I690">
-        <v>0</v>
+        <v>35</v>
       </c>
     </row>
     <row r="691" spans="1:9">
       <c r="A691">
-        <v>232</v>
+        <v>393</v>
       </c>
       <c r="B691" t="s">
-        <v>3848</v>
+        <v>3850</v>
       </c>
       <c r="C691" t="s">
-        <v>3849</v>
+        <v>3851</v>
       </c>
       <c r="D691" t="s">
-        <v>3850</v>
+        <v>3852</v>
       </c>
       <c r="E691" t="s">
-        <v>3851</v>
+        <v>3853</v>
       </c>
       <c r="F691" t="s">
-        <v>3852</v>
+        <v>3854</v>
       </c>
       <c r="G691" t="s">
-        <v>3853</v>
+        <v>3855</v>
       </c>
       <c r="H691">
-        <v>0</v>
+        <v>67</v>
       </c>
       <c r="I691">
-        <v>0</v>
+        <v>120</v>
       </c>
     </row>
     <row r="692" spans="1:9">
       <c r="A692">
-        <v>233</v>
+        <v>394</v>
       </c>
       <c r="B692" t="s">
-        <v>3854</v>
+        <v>3856</v>
       </c>
       <c r="C692" t="s">
-        <v>3855</v>
+        <v>3857</v>
       </c>
       <c r="D692" t="s">
-        <v>3856</v>
+        <v>3858</v>
       </c>
       <c r="E692" t="s">
-        <v>3857</v>
+        <v>3859</v>
       </c>
       <c r="F692" t="s">
-        <v>3858</v>
+        <v>3860</v>
       </c>
       <c r="G692" t="s">
-        <v>3859</v>
+        <v>3861</v>
       </c>
       <c r="H692">
-        <v>39</v>
+        <v>1</v>
       </c>
       <c r="I692">
-        <v>35</v>
+        <v>0</v>
       </c>
     </row>
     <row r="693" spans="1:9">
       <c r="A693">
-        <v>231</v>
+        <v>391</v>
       </c>
       <c r="B693" t="s">
-        <v>3860</v>
+        <v>3862</v>
       </c>
       <c r="C693" t="s">
-        <v>3861</v>
+        <v>3863</v>
       </c>
       <c r="D693" t="s">
-        <v>3862</v>
+        <v>3864</v>
       </c>
       <c r="E693" t="s">
-        <v>3863</v>
+        <v>3865</v>
       </c>
       <c r="F693" t="s">
-        <v>3864</v>
+        <v>3866</v>
       </c>
       <c r="G693" t="s">
-        <v>3865</v>
+        <v>3867</v>
       </c>
       <c r="H693">
-        <v>9</v>
+        <v>443</v>
       </c>
       <c r="I693">
-        <v>0</v>
+        <v>27</v>
       </c>
     </row>
     <row r="694" spans="1:9">
       <c r="A694">
-        <v>229</v>
+        <v>392</v>
       </c>
       <c r="B694" t="s">
-        <v>1184</v>
+        <v>3868</v>
       </c>
       <c r="C694" t="s">
-        <v>3866</v>
+        <v>3869</v>
       </c>
       <c r="D694" t="s">
-        <v>3867</v>
+        <v>3870</v>
       </c>
       <c r="E694" t="s">
-        <v>3868</v>
+        <v>3871</v>
       </c>
       <c r="F694" t="s">
-        <v>3869</v>
+        <v>3872</v>
       </c>
       <c r="G694" t="s">
-        <v>3870</v>
+        <v>3873</v>
       </c>
       <c r="H694">
-        <v>159</v>
+        <v>9</v>
       </c>
       <c r="I694">
-        <v>2</v>
+        <v>7</v>
       </c>
     </row>
     <row r="695" spans="1:9">
       <c r="A695">
-        <v>230</v>
+        <v>390</v>
       </c>
       <c r="B695" t="s">
-        <v>3871</v>
+        <v>3874</v>
       </c>
       <c r="C695" t="s">
-        <v>3872</v>
+        <v>3875</v>
       </c>
       <c r="D695" t="s">
-        <v>3873</v>
+        <v>3876</v>
       </c>
       <c r="E695" t="s">
-        <v>3874</v>
+        <v>3877</v>
       </c>
       <c r="F695" t="s">
-        <v>3875</v>
+        <v>3878</v>
       </c>
       <c r="G695" t="s">
-        <v>3876</v>
+        <v>3879</v>
       </c>
       <c r="H695">
         <v>0</v>
       </c>
       <c r="I695">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="696" spans="1:9">
       <c r="A696">
-        <v>235</v>
+        <v>386</v>
       </c>
       <c r="B696" t="s">
-        <v>3877</v>
+        <v>3880</v>
       </c>
       <c r="C696" t="s">
-        <v>3878</v>
+        <v>3881</v>
       </c>
       <c r="D696" t="s">
-        <v>3879</v>
+        <v>3882</v>
       </c>
       <c r="E696" t="s">
-        <v>3880</v>
+        <v>3883</v>
       </c>
       <c r="F696" t="s">
-        <v>3881</v>
+        <v>3884</v>
       </c>
       <c r="G696" t="s">
-        <v>3882</v>
+        <v>3885</v>
       </c>
       <c r="H696">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I696">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="697" spans="1:9">
       <c r="A697">
-        <v>228</v>
+        <v>388</v>
       </c>
       <c r="B697" t="s">
-        <v>587</v>
+        <v>3886</v>
       </c>
       <c r="C697" t="s">
-        <v>3883</v>
+        <v>3887</v>
       </c>
       <c r="D697" t="s">
-        <v>3884</v>
+        <v>3888</v>
       </c>
       <c r="E697" t="s">
-        <v>3885</v>
+        <v>3889</v>
       </c>
       <c r="F697" t="s">
-        <v>3886</v>
+        <v>3890</v>
       </c>
       <c r="G697" t="s">
-        <v>592</v>
+        <v>3891</v>
       </c>
       <c r="H697">
-        <v>389</v>
+        <v>15</v>
       </c>
       <c r="I697">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="698" spans="1:9">
       <c r="A698">
-        <v>227</v>
+        <v>385</v>
       </c>
       <c r="B698" t="s">
-        <v>2114</v>
+        <v>1270</v>
       </c>
       <c r="C698" t="s">
-        <v>3887</v>
+        <v>3892</v>
       </c>
       <c r="D698" t="s">
-        <v>3888</v>
+        <v>3893</v>
       </c>
       <c r="E698" t="s">
-        <v>3889</v>
+        <v>3894</v>
       </c>
       <c r="F698" t="s">
-        <v>3890</v>
+        <v>3895</v>
       </c>
       <c r="G698" t="s">
-        <v>2119</v>
+        <v>1275</v>
       </c>
       <c r="H698">
-        <v>6041</v>
+        <v>212</v>
       </c>
       <c r="I698">
-        <v>350</v>
+        <v>8</v>
       </c>
     </row>
     <row r="699" spans="1:9">
       <c r="A699">
-        <v>224</v>
+        <v>387</v>
       </c>
       <c r="B699" t="s">
-        <v>3891</v>
+        <v>3896</v>
       </c>
       <c r="C699" t="s">
-        <v>3892</v>
+        <v>3897</v>
       </c>
       <c r="D699" t="s">
-        <v>3893</v>
+        <v>3898</v>
       </c>
       <c r="E699" t="s">
-        <v>3894</v>
+        <v>3899</v>
       </c>
       <c r="F699" t="s">
-        <v>3895</v>
+        <v>3900</v>
       </c>
       <c r="G699" t="s">
-        <v>3896</v>
+        <v>3901</v>
       </c>
       <c r="H699">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="I699">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="700" spans="1:9">
       <c r="A700">
-        <v>223</v>
+        <v>383</v>
       </c>
       <c r="B700" t="s">
-        <v>3897</v>
+        <v>3902</v>
       </c>
       <c r="C700" t="s">
-        <v>3898</v>
+        <v>3903</v>
       </c>
       <c r="D700" t="s">
-        <v>3899</v>
+        <v>3904</v>
       </c>
       <c r="E700" t="s">
-        <v>3900</v>
+        <v>3905</v>
       </c>
       <c r="F700" t="s">
-        <v>3901</v>
+        <v>3906</v>
       </c>
       <c r="G700" t="s">
-        <v>3902</v>
+        <v>3907</v>
       </c>
       <c r="H700">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I700">
         <v>0</v>
       </c>
     </row>
     <row r="701" spans="1:9">
       <c r="A701">
-        <v>226</v>
+        <v>389</v>
       </c>
       <c r="B701" t="s">
-        <v>700</v>
+        <v>3908</v>
       </c>
       <c r="C701" t="s">
-        <v>3903</v>
+        <v>3909</v>
       </c>
       <c r="D701" t="s">
-        <v>3904</v>
+        <v>3910</v>
       </c>
       <c r="E701" t="s">
-        <v>3905</v>
+        <v>3911</v>
       </c>
       <c r="F701" t="s">
-        <v>3906</v>
+        <v>3912</v>
       </c>
       <c r="G701" t="s">
-        <v>3907</v>
+        <v>3913</v>
       </c>
       <c r="H701">
-        <v>740</v>
+        <v>39</v>
       </c>
       <c r="I701">
-        <v>107</v>
+        <v>0</v>
       </c>
     </row>
     <row r="702" spans="1:9">
       <c r="A702">
-        <v>217</v>
+        <v>384</v>
       </c>
       <c r="B702" t="s">
-        <v>3908</v>
+        <v>3914</v>
       </c>
       <c r="C702" t="s">
-        <v>3909</v>
+        <v>3915</v>
       </c>
       <c r="D702" t="s">
-        <v>3910</v>
+        <v>3916</v>
       </c>
       <c r="E702" t="s">
-        <v>3911</v>
+        <v>3917</v>
       </c>
       <c r="F702" t="s">
-        <v>3912</v>
+        <v>3918</v>
       </c>
       <c r="G702" t="s">
-        <v>3913</v>
+        <v>3919</v>
       </c>
       <c r="H702">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I702">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="703" spans="1:9">
       <c r="A703">
-        <v>220</v>
+        <v>380</v>
       </c>
       <c r="B703" t="s">
-        <v>3914</v>
+        <v>3920</v>
       </c>
       <c r="C703" t="s">
-        <v>3915</v>
+        <v>3921</v>
       </c>
       <c r="D703" t="s">
-        <v>3916</v>
+        <v>3922</v>
       </c>
       <c r="E703" t="s">
-        <v>3917</v>
+        <v>3923</v>
       </c>
       <c r="F703" t="s">
-        <v>3918</v>
+        <v>3924</v>
       </c>
       <c r="G703" t="s">
-        <v>3919</v>
+        <v>3925</v>
       </c>
       <c r="H703">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="I703">
-        <v>7</v>
+        <v>1</v>
       </c>
     </row>
     <row r="704" spans="1:9">
       <c r="A704">
-        <v>216</v>
+        <v>379</v>
       </c>
       <c r="B704" t="s">
-        <v>3186</v>
+        <v>3926</v>
       </c>
       <c r="C704" t="s">
-        <v>3920</v>
+        <v>3927</v>
       </c>
       <c r="D704" t="s">
-        <v>3921</v>
+        <v>3928</v>
       </c>
       <c r="E704" t="s">
-        <v>3922</v>
+        <v>3929</v>
       </c>
       <c r="F704" t="s">
-        <v>3923</v>
+        <v>3930</v>
       </c>
       <c r="G704" t="s">
-        <v>3924</v>
+        <v>3931</v>
       </c>
       <c r="H704">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="I704">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="705" spans="1:9">
       <c r="A705">
-        <v>225</v>
+        <v>377</v>
       </c>
       <c r="B705" t="s">
-        <v>3669</v>
+        <v>1270</v>
       </c>
       <c r="C705" t="s">
-        <v>3925</v>
+        <v>3932</v>
       </c>
       <c r="D705" t="s">
-        <v>3926</v>
+        <v>3933</v>
       </c>
       <c r="E705" t="s">
-        <v>3927</v>
+        <v>3934</v>
       </c>
       <c r="F705" t="s">
-        <v>3928</v>
+        <v>3935</v>
       </c>
       <c r="G705" t="s">
-        <v>3929</v>
+        <v>3936</v>
       </c>
       <c r="H705">
-        <v>470</v>
+        <v>106</v>
       </c>
       <c r="I705">
-        <v>129</v>
+        <v>13</v>
       </c>
     </row>
     <row r="706" spans="1:9">
       <c r="A706">
-        <v>218</v>
+        <v>382</v>
       </c>
       <c r="B706" t="s">
-        <v>3930</v>
+        <v>56</v>
       </c>
       <c r="C706" t="s">
-        <v>3931</v>
+        <v>3937</v>
       </c>
       <c r="D706" t="s">
-        <v>3932</v>
+        <v>3938</v>
       </c>
       <c r="E706" t="s">
-        <v>3933</v>
+        <v>3939</v>
       </c>
       <c r="F706" t="s">
-        <v>3934</v>
+        <v>3940</v>
       </c>
       <c r="G706" t="s">
-        <v>3935</v>
+        <v>3941</v>
       </c>
       <c r="H706">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I706">
-        <v>17</v>
+        <v>0</v>
       </c>
     </row>
     <row r="707" spans="1:9">
       <c r="A707">
-        <v>221</v>
+        <v>381</v>
       </c>
       <c r="B707" t="s">
-        <v>3936</v>
+        <v>3942</v>
       </c>
       <c r="C707" t="s">
-        <v>3937</v>
+        <v>3943</v>
       </c>
       <c r="D707" t="s">
-        <v>3938</v>
+        <v>3944</v>
       </c>
       <c r="E707" t="s">
-        <v>3939</v>
+        <v>3945</v>
       </c>
       <c r="F707" t="s">
-        <v>3940</v>
+        <v>3946</v>
       </c>
       <c r="G707" t="s">
-        <v>3941</v>
+        <v>3947</v>
       </c>
       <c r="H707">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I707">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="708" spans="1:9">
       <c r="A708">
-        <v>219</v>
+        <v>372</v>
       </c>
       <c r="B708" t="s">
-        <v>3942</v>
+        <v>3948</v>
       </c>
       <c r="C708" t="s">
-        <v>3943</v>
+        <v>3949</v>
       </c>
       <c r="D708" t="s">
-        <v>3944</v>
+        <v>3950</v>
       </c>
       <c r="E708" t="s">
-        <v>3945</v>
+        <v>3951</v>
       </c>
       <c r="F708" t="s">
-        <v>3946</v>
+        <v>3952</v>
       </c>
       <c r="G708" t="s">
-        <v>3947</v>
+        <v>3953</v>
       </c>
       <c r="H708">
-        <v>0</v>
+        <v>127</v>
       </c>
       <c r="I708">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="709" spans="1:9">
       <c r="A709">
-        <v>222</v>
+        <v>375</v>
       </c>
       <c r="B709" t="s">
-        <v>3948</v>
+        <v>3954</v>
       </c>
       <c r="C709" t="s">
-        <v>3949</v>
+        <v>3955</v>
       </c>
       <c r="D709" t="s">
-        <v>3950</v>
+        <v>3956</v>
       </c>
       <c r="E709" t="s">
-        <v>3951</v>
+        <v>3957</v>
       </c>
       <c r="F709" t="s">
-        <v>3952</v>
+        <v>3958</v>
       </c>
       <c r="G709" t="s">
-        <v>3953</v>
+        <v>3959</v>
       </c>
       <c r="H709">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="I709">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="710" spans="1:9">
       <c r="A710">
-        <v>214</v>
+        <v>376</v>
       </c>
       <c r="B710" t="s">
-        <v>1854</v>
+        <v>3960</v>
       </c>
       <c r="C710" t="s">
-        <v>3954</v>
+        <v>3961</v>
       </c>
       <c r="D710" t="s">
-        <v>3955</v>
+        <v>3962</v>
       </c>
       <c r="E710" t="s">
-        <v>3956</v>
+        <v>3963</v>
       </c>
       <c r="F710" t="s">
-        <v>3957</v>
+        <v>3964</v>
       </c>
       <c r="G710" t="s">
-        <v>1859</v>
+        <v>3965</v>
       </c>
       <c r="H710">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="I710">
-        <v>24</v>
+        <v>7</v>
       </c>
     </row>
     <row r="711" spans="1:9">
       <c r="A711">
-        <v>213</v>
+        <v>374</v>
       </c>
       <c r="B711" t="s">
-        <v>3958</v>
+        <v>3966</v>
       </c>
       <c r="C711" t="s">
-        <v>3959</v>
+        <v>3967</v>
       </c>
       <c r="D711" t="s">
-        <v>3960</v>
+        <v>3968</v>
       </c>
       <c r="E711" t="s">
-        <v>3961</v>
+        <v>3969</v>
       </c>
       <c r="F711" t="s">
-        <v>3962</v>
+        <v>3970</v>
       </c>
       <c r="G711" t="s">
-        <v>3963</v>
+        <v>3971</v>
       </c>
       <c r="H711">
-        <v>17000</v>
+        <v>1</v>
       </c>
       <c r="I711">
-        <v>1031</v>
+        <v>2</v>
       </c>
     </row>
     <row r="712" spans="1:9">
       <c r="A712">
-        <v>215</v>
+        <v>373</v>
       </c>
       <c r="B712" t="s">
-        <v>3964</v>
+        <v>3972</v>
       </c>
       <c r="C712" t="s">
-        <v>3965</v>
+        <v>3973</v>
       </c>
       <c r="D712" t="s">
-        <v>3966</v>
+        <v>3974</v>
       </c>
       <c r="E712" t="s">
-        <v>3967</v>
+        <v>3975</v>
       </c>
       <c r="F712" t="s">
-        <v>3968</v>
+        <v>3976</v>
       </c>
       <c r="G712" t="s">
-        <v>3969</v>
+        <v>3977</v>
       </c>
       <c r="H712">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="I712">
-        <v>12</v>
+        <v>2</v>
       </c>
     </row>
     <row r="713" spans="1:9">
       <c r="A713">
-        <v>212</v>
+        <v>378</v>
       </c>
       <c r="B713" t="s">
-        <v>3970</v>
+        <v>383</v>
       </c>
       <c r="C713" t="s">
-        <v>3971</v>
+        <v>3978</v>
       </c>
       <c r="D713" t="s">
-        <v>3972</v>
+        <v>3979</v>
       </c>
       <c r="E713" t="s">
-        <v>3973</v>
+        <v>3980</v>
       </c>
       <c r="F713" t="s">
-        <v>3974</v>
+        <v>3981</v>
       </c>
       <c r="G713" t="s">
-        <v>3975</v>
+        <v>3982</v>
       </c>
       <c r="H713">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="I713">
-        <v>0</v>
+        <v>120</v>
       </c>
     </row>
     <row r="714" spans="1:9">
       <c r="A714">
-        <v>211</v>
+        <v>367</v>
       </c>
       <c r="B714" t="s">
-        <v>1263</v>
+        <v>3862</v>
       </c>
       <c r="C714" t="s">
-        <v>3976</v>
+        <v>3983</v>
       </c>
       <c r="D714" t="s">
-        <v>3977</v>
+        <v>3984</v>
       </c>
       <c r="E714" t="s">
-        <v>3978</v>
+        <v>3985</v>
       </c>
       <c r="F714" t="s">
-        <v>3979</v>
+        <v>3986</v>
       </c>
       <c r="G714" t="s">
-        <v>3980</v>
+        <v>3987</v>
       </c>
       <c r="H714">
-        <v>811</v>
+        <v>703</v>
       </c>
       <c r="I714">
-        <v>57</v>
+        <v>29</v>
       </c>
     </row>
     <row r="715" spans="1:9">
       <c r="A715">
-        <v>210</v>
+        <v>365</v>
       </c>
       <c r="B715" t="s">
-        <v>3981</v>
+        <v>3868</v>
       </c>
       <c r="C715" t="s">
-        <v>3982</v>
+        <v>3988</v>
       </c>
       <c r="D715" t="s">
-        <v>3983</v>
+        <v>3989</v>
       </c>
       <c r="E715" t="s">
-        <v>3984</v>
+        <v>3990</v>
       </c>
       <c r="F715" t="s">
-        <v>3985</v>
+        <v>3991</v>
       </c>
       <c r="G715" t="s">
-        <v>3986</v>
+        <v>3992</v>
       </c>
       <c r="H715">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="I715">
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="716" spans="1:9">
       <c r="A716">
-        <v>209</v>
+        <v>366</v>
       </c>
       <c r="B716" t="s">
-        <v>3987</v>
+        <v>490</v>
       </c>
       <c r="C716" t="s">
-        <v>3988</v>
+        <v>3993</v>
       </c>
       <c r="D716" t="s">
-        <v>3989</v>
+        <v>3994</v>
       </c>
       <c r="E716" t="s">
-        <v>3990</v>
+        <v>3995</v>
       </c>
       <c r="F716" t="s">
-        <v>3991</v>
+        <v>3996</v>
       </c>
       <c r="G716" t="s">
-        <v>3992</v>
+        <v>495</v>
       </c>
       <c r="H716">
-        <v>22</v>
+        <v>837</v>
       </c>
       <c r="I716">
-        <v>1</v>
+        <v>99</v>
       </c>
     </row>
     <row r="717" spans="1:9">
       <c r="A717">
-        <v>208</v>
+        <v>369</v>
       </c>
       <c r="B717" t="s">
-        <v>3057</v>
+        <v>3997</v>
       </c>
       <c r="C717" t="s">
-        <v>3993</v>
+        <v>3998</v>
       </c>
       <c r="D717" t="s">
-        <v>3994</v>
+        <v>3999</v>
       </c>
       <c r="E717" t="s">
-        <v>3995</v>
+        <v>4000</v>
       </c>
       <c r="F717" t="s">
-        <v>3996</v>
+        <v>4001</v>
       </c>
       <c r="G717" t="s">
-        <v>3997</v>
+        <v>4002</v>
       </c>
       <c r="H717">
-        <v>194</v>
+        <v>261</v>
       </c>
       <c r="I717">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="718" spans="1:9">
       <c r="A718">
-        <v>207</v>
+        <v>370</v>
       </c>
       <c r="B718" t="s">
+        <v>3997</v>
+      </c>
+      <c r="C718" t="s">
         <v>3998</v>
       </c>
-      <c r="C718" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D718" t="s">
+        <v>4003</v>
+      </c>
+      <c r="E718" t="s">
         <v>4000</v>
       </c>
-      <c r="E718" t="s">
+      <c r="F718" t="s">
         <v>4001</v>
       </c>
-      <c r="F718" t="s">
+      <c r="G718" t="s">
         <v>4002</v>
       </c>
-      <c r="G718" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H718">
-        <v>92</v>
+        <v>261</v>
       </c>
       <c r="I718">
-        <v>2</v>
+        <v>14</v>
       </c>
     </row>
     <row r="719" spans="1:9">
       <c r="A719">
-        <v>206</v>
+        <v>364</v>
       </c>
       <c r="B719" t="s">
         <v>4004</v>
       </c>
       <c r="C719" t="s">
         <v>4005</v>
       </c>
       <c r="D719" t="s">
         <v>4006</v>
       </c>
       <c r="E719" t="s">
         <v>4007</v>
       </c>
       <c r="F719" t="s">
         <v>4008</v>
       </c>
       <c r="G719" t="s">
         <v>4009</v>
       </c>
       <c r="H719">
-        <v>112</v>
+        <v>28</v>
       </c>
       <c r="I719">
-        <v>18</v>
+        <v>4</v>
       </c>
     </row>
     <row r="720" spans="1:9">
       <c r="A720">
-        <v>205</v>
+        <v>363</v>
       </c>
       <c r="B720" t="s">
-        <v>2132</v>
+        <v>4010</v>
       </c>
       <c r="C720" t="s">
-        <v>4010</v>
+        <v>4011</v>
       </c>
       <c r="D720" t="s">
-        <v>4011</v>
+        <v>4012</v>
       </c>
       <c r="E720" t="s">
-        <v>4012</v>
+        <v>4013</v>
       </c>
       <c r="F720" t="s">
-        <v>4013</v>
+        <v>4014</v>
       </c>
       <c r="G720" t="s">
-        <v>4014</v>
+        <v>4015</v>
       </c>
       <c r="H720">
-        <v>898</v>
+        <v>1</v>
       </c>
       <c r="I720">
-        <v>59</v>
+        <v>0</v>
       </c>
     </row>
     <row r="721" spans="1:9">
       <c r="A721">
-        <v>201</v>
+        <v>360</v>
       </c>
       <c r="B721" t="s">
-        <v>123</v>
+        <v>1270</v>
       </c>
       <c r="C721" t="s">
-        <v>4015</v>
+        <v>4016</v>
       </c>
       <c r="D721" t="s">
-        <v>4016</v>
+        <v>4017</v>
       </c>
       <c r="E721" t="s">
-        <v>4017</v>
+        <v>4018</v>
       </c>
       <c r="F721" t="s">
-        <v>4018</v>
+        <v>4019</v>
       </c>
       <c r="G721" t="s">
-        <v>4019</v>
+        <v>4020</v>
       </c>
       <c r="H721">
-        <v>118</v>
+        <v>140</v>
       </c>
       <c r="I721">
-        <v>1638</v>
+        <v>9</v>
       </c>
     </row>
     <row r="722" spans="1:9">
       <c r="A722">
-        <v>204</v>
+        <v>368</v>
       </c>
       <c r="B722" t="s">
-        <v>4020</v>
+        <v>4021</v>
       </c>
       <c r="C722" t="s">
-        <v>4021</v>
+        <v>4022</v>
       </c>
       <c r="D722" t="s">
-        <v>4022</v>
+        <v>4023</v>
       </c>
       <c r="E722" t="s">
-        <v>4023</v>
+        <v>4024</v>
       </c>
       <c r="F722" t="s">
-        <v>4024</v>
+        <v>4025</v>
       </c>
       <c r="G722" t="s">
-        <v>4025</v>
+        <v>4026</v>
       </c>
       <c r="H722">
-        <v>551</v>
+        <v>4</v>
       </c>
       <c r="I722">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="723" spans="1:9">
       <c r="A723">
-        <v>202</v>
+        <v>371</v>
       </c>
       <c r="B723" t="s">
-        <v>4026</v>
+        <v>1240</v>
       </c>
       <c r="C723" t="s">
         <v>4027</v>
       </c>
       <c r="D723" t="s">
         <v>4028</v>
       </c>
       <c r="E723" t="s">
         <v>4029</v>
       </c>
       <c r="F723" t="s">
         <v>4030</v>
       </c>
       <c r="G723" t="s">
         <v>4031</v>
       </c>
       <c r="H723">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="I723">
-        <v>17</v>
+        <v>0</v>
       </c>
     </row>
     <row r="724" spans="1:9">
       <c r="A724">
-        <v>203</v>
+        <v>362</v>
       </c>
       <c r="B724" t="s">
         <v>4032</v>
       </c>
       <c r="C724" t="s">
         <v>4033</v>
       </c>
       <c r="D724" t="s">
         <v>4034</v>
       </c>
       <c r="E724" t="s">
         <v>4035</v>
       </c>
       <c r="F724" t="s">
         <v>4036</v>
       </c>
       <c r="G724" t="s">
         <v>4037</v>
       </c>
       <c r="H724">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="I724">
-        <v>3</v>
+        <v>48</v>
       </c>
     </row>
     <row r="725" spans="1:9">
       <c r="A725">
-        <v>196</v>
+        <v>358</v>
       </c>
       <c r="B725" t="s">
+        <v>165</v>
+      </c>
+      <c r="C725" t="s">
         <v>4038</v>
       </c>
-      <c r="C725" t="s">
+      <c r="D725" t="s">
         <v>4039</v>
       </c>
-      <c r="D725" t="s">
+      <c r="E725" t="s">
         <v>4040</v>
       </c>
-      <c r="E725" t="s">
+      <c r="F725" t="s">
         <v>4041</v>
       </c>
-      <c r="F725" t="s">
+      <c r="G725" t="s">
         <v>4042</v>
       </c>
-      <c r="G725" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H725">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I725">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="726" spans="1:9">
       <c r="A726">
-        <v>195</v>
+        <v>361</v>
       </c>
       <c r="B726" t="s">
+        <v>490</v>
+      </c>
+      <c r="C726" t="s">
+        <v>4043</v>
+      </c>
+      <c r="D726" t="s">
         <v>4044</v>
       </c>
-      <c r="C726" t="s">
+      <c r="E726" t="s">
         <v>4045</v>
       </c>
-      <c r="D726" t="s">
+      <c r="F726" t="s">
         <v>4046</v>
       </c>
-      <c r="E726" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G726" t="s">
-        <v>4049</v>
+        <v>495</v>
       </c>
       <c r="H726">
-        <v>0</v>
+        <v>2168</v>
       </c>
       <c r="I726">
-        <v>2</v>
+        <v>312</v>
       </c>
     </row>
     <row r="727" spans="1:9">
       <c r="A727">
-        <v>200</v>
+        <v>356</v>
       </c>
       <c r="B727" t="s">
+        <v>4047</v>
+      </c>
+      <c r="C727" t="s">
+        <v>4048</v>
+      </c>
+      <c r="D727" t="s">
+        <v>4049</v>
+      </c>
+      <c r="E727" t="s">
         <v>4050</v>
       </c>
-      <c r="C727" t="s">
+      <c r="F727" t="s">
         <v>4051</v>
       </c>
-      <c r="D727" t="s">
+      <c r="G727" t="s">
         <v>4052</v>
       </c>
-      <c r="E727" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H727">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="I727">
         <v>0</v>
       </c>
     </row>
     <row r="728" spans="1:9">
       <c r="A728">
-        <v>197</v>
+        <v>357</v>
       </c>
       <c r="B728" t="s">
+        <v>4053</v>
+      </c>
+      <c r="C728" t="s">
+        <v>4054</v>
+      </c>
+      <c r="D728" t="s">
+        <v>4055</v>
+      </c>
+      <c r="E728" t="s">
         <v>4056</v>
       </c>
-      <c r="C728" t="s">
-[...2 lines deleted...]
-      <c r="D728" t="s">
+      <c r="F728" t="s">
         <v>4057</v>
       </c>
-      <c r="E728" t="s">
+      <c r="G728" t="s">
         <v>4058</v>
       </c>
-      <c r="F728" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H728">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="I728">
-        <v>11</v>
+        <v>0</v>
       </c>
     </row>
     <row r="729" spans="1:9">
       <c r="A729">
-        <v>194</v>
+        <v>359</v>
       </c>
       <c r="B729" t="s">
-        <v>353</v>
+        <v>4059</v>
       </c>
       <c r="C729" t="s">
+        <v>4060</v>
+      </c>
+      <c r="D729" t="s">
         <v>4061</v>
       </c>
-      <c r="D729" t="s">
+      <c r="E729" t="s">
         <v>4062</v>
       </c>
-      <c r="E729" t="s">
+      <c r="F729" t="s">
         <v>4063</v>
       </c>
-      <c r="F729" t="s">
+      <c r="G729" t="s">
         <v>4064</v>
       </c>
-      <c r="G729" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H729">
-        <v>145</v>
+        <v>0</v>
       </c>
       <c r="I729">
-        <v>14</v>
+        <v>0</v>
       </c>
     </row>
     <row r="730" spans="1:9">
       <c r="A730">
-        <v>198</v>
+        <v>354</v>
       </c>
       <c r="B730" t="s">
         <v>4065</v>
       </c>
       <c r="C730" t="s">
         <v>4066</v>
       </c>
       <c r="D730" t="s">
         <v>4067</v>
       </c>
       <c r="E730" t="s">
         <v>4068</v>
       </c>
       <c r="F730" t="s">
         <v>4069</v>
       </c>
       <c r="G730" t="s">
         <v>4070</v>
       </c>
       <c r="H730">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="I730">
-        <v>1</v>
+        <v>45</v>
       </c>
     </row>
     <row r="731" spans="1:9">
       <c r="A731">
-        <v>192</v>
+        <v>352</v>
       </c>
       <c r="B731" t="s">
         <v>4071</v>
       </c>
       <c r="C731" t="s">
         <v>4072</v>
       </c>
       <c r="D731" t="s">
         <v>4073</v>
       </c>
       <c r="E731" t="s">
         <v>4074</v>
       </c>
       <c r="F731" t="s">
         <v>4075</v>
       </c>
       <c r="G731" t="s">
         <v>4076</v>
       </c>
       <c r="H731">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="I731">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="732" spans="1:9">
       <c r="A732">
-        <v>193</v>
+        <v>350</v>
       </c>
       <c r="B732" t="s">
         <v>4077</v>
       </c>
       <c r="C732" t="s">
         <v>4078</v>
       </c>
       <c r="D732" t="s">
         <v>4079</v>
       </c>
       <c r="E732" t="s">
         <v>4080</v>
       </c>
       <c r="F732" t="s">
         <v>4081</v>
       </c>
       <c r="G732" t="s">
         <v>4082</v>
       </c>
       <c r="H732">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="I732">
         <v>1</v>
       </c>
     </row>
     <row r="733" spans="1:9">
       <c r="A733">
-        <v>199</v>
+        <v>348</v>
       </c>
       <c r="B733" t="s">
         <v>4083</v>
       </c>
       <c r="C733" t="s">
         <v>4084</v>
       </c>
       <c r="D733" t="s">
         <v>4085</v>
       </c>
       <c r="E733" t="s">
         <v>4086</v>
       </c>
       <c r="F733" t="s">
         <v>4087</v>
       </c>
       <c r="G733" t="s">
         <v>4088</v>
       </c>
       <c r="H733">
-        <v>0</v>
+        <v>721</v>
       </c>
       <c r="I733">
-        <v>0</v>
+        <v>73</v>
       </c>
     </row>
     <row r="734" spans="1:9">
       <c r="A734">
-        <v>190</v>
+        <v>351</v>
       </c>
       <c r="B734" t="s">
-        <v>2790</v>
+        <v>4089</v>
       </c>
       <c r="C734" t="s">
-        <v>4089</v>
+        <v>4090</v>
       </c>
       <c r="D734" t="s">
-        <v>4090</v>
+        <v>4091</v>
       </c>
       <c r="E734" t="s">
-        <v>4091</v>
+        <v>4092</v>
       </c>
       <c r="F734" t="s">
-        <v>4092</v>
+        <v>4093</v>
       </c>
       <c r="G734" t="s">
-        <v>4093</v>
+        <v>4094</v>
       </c>
       <c r="H734">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="I734">
-        <v>0</v>
+        <v>41</v>
       </c>
     </row>
     <row r="735" spans="1:9">
       <c r="A735">
-        <v>189</v>
+        <v>355</v>
       </c>
       <c r="B735" t="s">
-        <v>4094</v>
+        <v>4095</v>
       </c>
       <c r="C735" t="s">
-        <v>4095</v>
+        <v>4096</v>
       </c>
       <c r="D735" t="s">
-        <v>4096</v>
+        <v>4097</v>
       </c>
       <c r="E735" t="s">
-        <v>4097</v>
+        <v>4098</v>
       </c>
       <c r="F735" t="s">
-        <v>4098</v>
+        <v>4099</v>
       </c>
       <c r="G735" t="s">
-        <v>4099</v>
+        <v>4100</v>
       </c>
       <c r="H735">
         <v>1</v>
       </c>
       <c r="I735">
         <v>0</v>
       </c>
     </row>
     <row r="736" spans="1:9">
       <c r="A736">
-        <v>185</v>
+        <v>353</v>
       </c>
       <c r="B736" t="s">
-        <v>323</v>
+        <v>3254</v>
       </c>
       <c r="C736" t="s">
-        <v>4100</v>
+        <v>4101</v>
       </c>
       <c r="D736" t="s">
-        <v>4101</v>
+        <v>4102</v>
       </c>
       <c r="E736" t="s">
-        <v>4102</v>
+        <v>4103</v>
       </c>
       <c r="F736" t="s">
-        <v>4103</v>
+        <v>4104</v>
       </c>
       <c r="G736" t="s">
-        <v>4104</v>
+        <v>4105</v>
       </c>
       <c r="H736">
         <v>0</v>
       </c>
       <c r="I736">
         <v>0</v>
       </c>
     </row>
     <row r="737" spans="1:9">
       <c r="A737">
-        <v>183</v>
+        <v>349</v>
       </c>
       <c r="B737" t="s">
-        <v>2953</v>
+        <v>4106</v>
       </c>
       <c r="C737" t="s">
-        <v>4105</v>
+        <v>4107</v>
       </c>
       <c r="D737" t="s">
-        <v>4106</v>
+        <v>4108</v>
       </c>
       <c r="E737" t="s">
-        <v>4107</v>
+        <v>4109</v>
       </c>
       <c r="F737" t="s">
-        <v>4108</v>
+        <v>4110</v>
       </c>
       <c r="G737" t="s">
-        <v>3812</v>
+        <v>4111</v>
       </c>
       <c r="H737">
-        <v>373</v>
+        <v>0</v>
       </c>
       <c r="I737">
-        <v>96</v>
+        <v>0</v>
       </c>
     </row>
     <row r="738" spans="1:9">
       <c r="A738">
-        <v>191</v>
+        <v>344</v>
       </c>
       <c r="B738" t="s">
-        <v>3702</v>
+        <v>4112</v>
       </c>
       <c r="C738" t="s">
-        <v>4109</v>
+        <v>4113</v>
       </c>
       <c r="D738" t="s">
-        <v>4110</v>
+        <v>4114</v>
       </c>
       <c r="E738" t="s">
-        <v>4111</v>
+        <v>4115</v>
       </c>
       <c r="F738" t="s">
-        <v>4112</v>
+        <v>4116</v>
       </c>
       <c r="G738" t="s">
-        <v>4113</v>
+        <v>4117</v>
       </c>
       <c r="H738">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I738">
         <v>0</v>
       </c>
     </row>
     <row r="739" spans="1:9">
       <c r="A739">
-        <v>184</v>
+        <v>346</v>
       </c>
       <c r="B739" t="s">
-        <v>4114</v>
+        <v>4118</v>
       </c>
       <c r="C739" t="s">
-        <v>4115</v>
+        <v>4119</v>
       </c>
       <c r="D739" t="s">
-        <v>4116</v>
+        <v>4120</v>
       </c>
       <c r="E739" t="s">
-        <v>4117</v>
+        <v>4121</v>
       </c>
       <c r="F739" t="s">
-        <v>4118</v>
+        <v>4122</v>
       </c>
       <c r="G739" t="s">
-        <v>4119</v>
+        <v>4123</v>
       </c>
       <c r="H739">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="I739">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="740" spans="1:9">
       <c r="A740">
-        <v>187</v>
+        <v>343</v>
       </c>
       <c r="B740" t="s">
-        <v>4120</v>
+        <v>4124</v>
       </c>
       <c r="C740" t="s">
-        <v>4121</v>
+        <v>4125</v>
       </c>
       <c r="D740" t="s">
-        <v>4122</v>
+        <v>4126</v>
       </c>
       <c r="E740" t="s">
-        <v>4123</v>
+        <v>4127</v>
       </c>
       <c r="F740" t="s">
-        <v>4124</v>
+        <v>4128</v>
       </c>
       <c r="G740" t="s">
-        <v>4125</v>
+        <v>4129</v>
       </c>
       <c r="H740">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I740">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="741" spans="1:9">
       <c r="A741">
-        <v>188</v>
+        <v>347</v>
       </c>
       <c r="B741" t="s">
-        <v>4126</v>
+        <v>4130</v>
       </c>
       <c r="C741" t="s">
-        <v>4127</v>
+        <v>4131</v>
       </c>
       <c r="D741" t="s">
-        <v>4128</v>
+        <v>4132</v>
       </c>
       <c r="E741" t="s">
-        <v>4129</v>
+        <v>4133</v>
       </c>
       <c r="F741" t="s">
-        <v>4130</v>
+        <v>4134</v>
       </c>
       <c r="G741" t="s">
-        <v>4131</v>
+        <v>4135</v>
       </c>
       <c r="H741">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I741">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="742" spans="1:9">
       <c r="A742">
-        <v>180</v>
+        <v>345</v>
       </c>
       <c r="B742" t="s">
-        <v>4132</v>
+        <v>3657</v>
       </c>
       <c r="C742" t="s">
-        <v>4133</v>
+        <v>4136</v>
       </c>
       <c r="D742" t="s">
-        <v>4134</v>
+        <v>4137</v>
       </c>
       <c r="E742" t="s">
-        <v>4135</v>
+        <v>4138</v>
       </c>
       <c r="F742" t="s">
-        <v>4136</v>
+        <v>4139</v>
       </c>
       <c r="G742" t="s">
-        <v>4137</v>
+        <v>4140</v>
       </c>
       <c r="H742">
-        <v>1</v>
+        <v>115</v>
       </c>
       <c r="I742">
-        <v>0</v>
+        <v>15</v>
       </c>
     </row>
     <row r="743" spans="1:9">
       <c r="A743">
-        <v>181</v>
+        <v>341</v>
       </c>
       <c r="B743" t="s">
-        <v>4138</v>
+        <v>490</v>
       </c>
       <c r="C743" t="s">
-        <v>4139</v>
+        <v>4141</v>
       </c>
       <c r="D743" t="s">
-        <v>4140</v>
+        <v>4142</v>
       </c>
       <c r="E743" t="s">
-        <v>4141</v>
+        <v>4143</v>
       </c>
       <c r="F743" t="s">
-        <v>4142</v>
+        <v>4144</v>
       </c>
       <c r="G743" t="s">
-        <v>4143</v>
+        <v>4145</v>
       </c>
       <c r="H743">
-        <v>0</v>
+        <v>2269</v>
       </c>
       <c r="I743">
-        <v>0</v>
+        <v>422</v>
       </c>
     </row>
     <row r="744" spans="1:9">
       <c r="A744">
-        <v>186</v>
+        <v>340</v>
       </c>
       <c r="B744" t="s">
-        <v>4144</v>
+        <v>4146</v>
       </c>
       <c r="C744" t="s">
-        <v>4145</v>
+        <v>4147</v>
       </c>
       <c r="D744" t="s">
-        <v>4146</v>
+        <v>4148</v>
       </c>
       <c r="E744" t="s">
-        <v>4147</v>
+        <v>4149</v>
       </c>
       <c r="F744" t="s">
-        <v>4148</v>
+        <v>4150</v>
       </c>
       <c r="G744" t="s">
-        <v>4149</v>
+        <v>4151</v>
       </c>
       <c r="H744">
-        <v>93</v>
+        <v>1</v>
       </c>
       <c r="I744">
-        <v>7</v>
+        <v>1</v>
       </c>
     </row>
     <row r="745" spans="1:9">
       <c r="A745">
-        <v>179</v>
+        <v>342</v>
       </c>
       <c r="B745" t="s">
-        <v>4150</v>
+        <v>4152</v>
       </c>
       <c r="C745" t="s">
-        <v>4151</v>
+        <v>4153</v>
       </c>
       <c r="D745" t="s">
-        <v>4152</v>
+        <v>1442</v>
       </c>
       <c r="E745" t="s">
-        <v>4153</v>
+        <v>4154</v>
       </c>
       <c r="F745" t="s">
-        <v>4154</v>
+        <v>4155</v>
       </c>
       <c r="G745" t="s">
-        <v>4155</v>
+        <v>4156</v>
       </c>
       <c r="H745">
-        <v>17000</v>
+        <v>2593</v>
       </c>
       <c r="I745">
-        <v>577</v>
+        <v>89</v>
       </c>
     </row>
     <row r="746" spans="1:9">
       <c r="A746">
-        <v>177</v>
+        <v>339</v>
       </c>
       <c r="B746" t="s">
-        <v>4156</v>
+        <v>4157</v>
       </c>
       <c r="C746" t="s">
-        <v>4157</v>
+        <v>4158</v>
       </c>
       <c r="D746" t="s">
-        <v>4158</v>
+        <v>4159</v>
       </c>
       <c r="E746" t="s">
-        <v>4159</v>
+        <v>4160</v>
       </c>
       <c r="F746" t="s">
-        <v>4160</v>
+        <v>4161</v>
       </c>
       <c r="G746" t="s">
-        <v>4161</v>
+        <v>4162</v>
       </c>
       <c r="H746">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="I746">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="747" spans="1:9">
       <c r="A747">
-        <v>178</v>
+        <v>337</v>
       </c>
       <c r="B747" t="s">
-        <v>4162</v>
+        <v>4163</v>
       </c>
       <c r="C747" t="s">
-        <v>4163</v>
+        <v>4164</v>
       </c>
       <c r="D747" t="s">
-        <v>4164</v>
+        <v>4165</v>
       </c>
       <c r="E747" t="s">
-        <v>4165</v>
+        <v>4166</v>
       </c>
       <c r="F747" t="s">
-        <v>4166</v>
+        <v>4167</v>
       </c>
       <c r="G747" t="s">
-        <v>4167</v>
+        <v>4168</v>
       </c>
       <c r="H747">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="I747">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="748" spans="1:9">
       <c r="A748">
-        <v>182</v>
+        <v>329</v>
       </c>
       <c r="B748" t="s">
-        <v>4168</v>
+        <v>4169</v>
       </c>
       <c r="C748" t="s">
-        <v>4169</v>
+        <v>4170</v>
       </c>
       <c r="D748" t="s">
-        <v>4170</v>
+        <v>4171</v>
       </c>
       <c r="E748" t="s">
-        <v>4171</v>
+        <v>4172</v>
       </c>
       <c r="F748" t="s">
-        <v>4172</v>
+        <v>4173</v>
       </c>
       <c r="G748" t="s">
-        <v>4173</v>
+        <v>4174</v>
       </c>
       <c r="H748">
         <v>1</v>
       </c>
       <c r="I748">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="749" spans="1:9">
       <c r="A749">
-        <v>175</v>
+        <v>336</v>
       </c>
       <c r="B749" t="s">
-        <v>4174</v>
+        <v>4175</v>
       </c>
       <c r="C749" t="s">
-        <v>4175</v>
+        <v>4176</v>
       </c>
       <c r="D749" t="s">
-        <v>4176</v>
+        <v>4177</v>
       </c>
       <c r="E749" t="s">
-        <v>4177</v>
+        <v>4178</v>
       </c>
       <c r="F749" t="s">
-        <v>4178</v>
+        <v>4179</v>
       </c>
       <c r="G749" t="s">
-        <v>4179</v>
+        <v>4180</v>
       </c>
       <c r="H749">
-        <v>7</v>
+        <v>273</v>
       </c>
       <c r="I749">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="750" spans="1:9">
       <c r="A750">
-        <v>176</v>
+        <v>331</v>
       </c>
       <c r="B750" t="s">
-        <v>4180</v>
+        <v>1270</v>
       </c>
       <c r="C750" t="s">
         <v>4181</v>
       </c>
       <c r="D750" t="s">
         <v>4182</v>
       </c>
       <c r="E750" t="s">
         <v>4183</v>
       </c>
       <c r="F750" t="s">
         <v>4184</v>
       </c>
       <c r="G750" t="s">
-        <v>4185</v>
+        <v>1275</v>
       </c>
       <c r="H750">
-        <v>54</v>
+        <v>527</v>
       </c>
       <c r="I750">
-        <v>20</v>
+        <v>97</v>
       </c>
     </row>
     <row r="751" spans="1:9">
       <c r="A751">
-        <v>174</v>
+        <v>338</v>
       </c>
       <c r="B751" t="s">
+        <v>4185</v>
+      </c>
+      <c r="C751" t="s">
         <v>4186</v>
       </c>
-      <c r="C751" t="s">
+      <c r="D751" t="s">
         <v>4187</v>
       </c>
-      <c r="D751" t="s">
+      <c r="E751" t="s">
         <v>4188</v>
       </c>
-      <c r="E751" t="s">
+      <c r="F751" t="s">
         <v>4189</v>
       </c>
-      <c r="F751" t="s">
+      <c r="G751" t="s">
         <v>4190</v>
       </c>
-      <c r="G751" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H751">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I751">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="752" spans="1:9">
       <c r="A752">
-        <v>173</v>
+        <v>335</v>
       </c>
       <c r="B752" t="s">
+        <v>4191</v>
+      </c>
+      <c r="C752" t="s">
         <v>4192</v>
       </c>
-      <c r="C752" t="s">
+      <c r="D752" t="s">
         <v>4193</v>
       </c>
-      <c r="D752" t="s">
+      <c r="E752" t="s">
         <v>4194</v>
       </c>
-      <c r="E752" t="s">
+      <c r="F752" t="s">
         <v>4195</v>
       </c>
-      <c r="F752" t="s">
+      <c r="G752" t="s">
         <v>4196</v>
       </c>
-      <c r="G752" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H752">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="I752">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="753" spans="1:9">
       <c r="A753">
-        <v>171</v>
+        <v>334</v>
       </c>
       <c r="B753" t="s">
-        <v>1184</v>
+        <v>4197</v>
       </c>
       <c r="C753" t="s">
         <v>4198</v>
       </c>
       <c r="D753" t="s">
         <v>4199</v>
       </c>
       <c r="E753" t="s">
         <v>4200</v>
       </c>
       <c r="F753" t="s">
         <v>4201</v>
       </c>
       <c r="G753" t="s">
         <v>4202</v>
       </c>
       <c r="H753">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I753">
-        <v>5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="754" spans="1:9">
       <c r="A754">
-        <v>170</v>
+        <v>332</v>
       </c>
       <c r="B754" t="s">
         <v>4203</v>
       </c>
       <c r="C754" t="s">
         <v>4204</v>
       </c>
       <c r="D754" t="s">
         <v>4205</v>
       </c>
       <c r="E754" t="s">
         <v>4206</v>
       </c>
       <c r="F754" t="s">
         <v>4207</v>
       </c>
       <c r="G754" t="s">
         <v>4208</v>
       </c>
       <c r="H754">
-        <v>3</v>
+        <v>57</v>
       </c>
       <c r="I754">
-        <v>1</v>
+        <v>31</v>
       </c>
     </row>
     <row r="755" spans="1:9">
       <c r="A755">
-        <v>168</v>
+        <v>333</v>
       </c>
       <c r="B755" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C755" t="s">
         <v>4209</v>
       </c>
-      <c r="C755" t="s">
+      <c r="D755" t="s">
         <v>4210</v>
       </c>
-      <c r="D755" t="s">
+      <c r="E755" t="s">
         <v>4211</v>
       </c>
-      <c r="E755" t="s">
+      <c r="F755" t="s">
         <v>4212</v>
       </c>
-      <c r="F755" t="s">
+      <c r="G755" t="s">
         <v>4213</v>
       </c>
-      <c r="G755" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H755">
         <v>0</v>
       </c>
       <c r="I755">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="756" spans="1:9">
       <c r="A756">
-        <v>165</v>
+        <v>328</v>
       </c>
       <c r="B756" t="s">
-        <v>3958</v>
+        <v>1270</v>
       </c>
       <c r="C756" t="s">
+        <v>4214</v>
+      </c>
+      <c r="D756" t="s">
         <v>4215</v>
       </c>
-      <c r="D756" t="s">
+      <c r="E756" t="s">
         <v>4216</v>
       </c>
-      <c r="E756" t="s">
+      <c r="F756" t="s">
         <v>4217</v>
       </c>
-      <c r="F756" t="s">
+      <c r="G756" t="s">
         <v>4218</v>
       </c>
-      <c r="G756" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H756">
-        <v>18</v>
+        <v>295</v>
       </c>
       <c r="I756">
-        <v>2</v>
+        <v>31</v>
       </c>
     </row>
     <row r="757" spans="1:9">
       <c r="A757">
-        <v>166</v>
+        <v>327</v>
       </c>
       <c r="B757" t="s">
+        <v>4219</v>
+      </c>
+      <c r="C757" t="s">
         <v>4220</v>
       </c>
-      <c r="C757" t="s">
+      <c r="D757" t="s">
         <v>4221</v>
       </c>
-      <c r="D757" t="s">
+      <c r="E757" t="s">
         <v>4222</v>
       </c>
-      <c r="E757" t="s">
+      <c r="F757" t="s">
         <v>4223</v>
       </c>
-      <c r="F757" t="s">
+      <c r="G757" t="s">
         <v>4224</v>
-      </c>
-[...1 lines deleted...]
-        <v>4225</v>
       </c>
       <c r="H757">
         <v>0</v>
       </c>
       <c r="I757">
         <v>0</v>
       </c>
     </row>
     <row r="758" spans="1:9">
       <c r="A758">
-        <v>167</v>
+        <v>330</v>
       </c>
       <c r="B758" t="s">
+        <v>3411</v>
+      </c>
+      <c r="C758" t="s">
+        <v>4225</v>
+      </c>
+      <c r="D758" t="s">
         <v>4226</v>
       </c>
-      <c r="C758" t="s">
+      <c r="E758" t="s">
         <v>4227</v>
       </c>
-      <c r="D758" t="s">
+      <c r="F758" t="s">
         <v>4228</v>
       </c>
-      <c r="E758" t="s">
+      <c r="G758" t="s">
         <v>4229</v>
       </c>
-      <c r="F758" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H758">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="I758">
-        <v>1</v>
+        <v>422</v>
       </c>
     </row>
     <row r="759" spans="1:9">
       <c r="A759">
-        <v>162</v>
+        <v>325</v>
       </c>
       <c r="B759" t="s">
+        <v>56</v>
+      </c>
+      <c r="C759" t="s">
+        <v>4230</v>
+      </c>
+      <c r="D759" t="s">
+        <v>4231</v>
+      </c>
+      <c r="E759" t="s">
         <v>4232</v>
       </c>
-      <c r="C759" t="s">
+      <c r="F759" t="s">
         <v>4233</v>
       </c>
-      <c r="D759" t="s">
+      <c r="G759" t="s">
         <v>4234</v>
       </c>
-      <c r="E759" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H759">
-        <v>434</v>
+        <v>7</v>
       </c>
       <c r="I759">
-        <v>39</v>
+        <v>3</v>
       </c>
     </row>
     <row r="760" spans="1:9">
       <c r="A760">
-        <v>163</v>
+        <v>323</v>
       </c>
       <c r="B760" t="s">
-        <v>2872</v>
+        <v>4106</v>
       </c>
       <c r="C760" t="s">
+        <v>4235</v>
+      </c>
+      <c r="D760" t="s">
+        <v>4236</v>
+      </c>
+      <c r="E760" t="s">
+        <v>4237</v>
+      </c>
+      <c r="F760" t="s">
         <v>4238</v>
       </c>
-      <c r="D760" t="s">
+      <c r="G760" t="s">
         <v>4239</v>
       </c>
-      <c r="E760" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H760">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="I760">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="761" spans="1:9">
       <c r="A761">
-        <v>164</v>
+        <v>324</v>
       </c>
       <c r="B761" t="s">
+        <v>4240</v>
+      </c>
+      <c r="C761" t="s">
+        <v>4241</v>
+      </c>
+      <c r="D761" t="s">
         <v>4242</v>
       </c>
-      <c r="C761" t="s">
+      <c r="E761" t="s">
         <v>4243</v>
       </c>
-      <c r="D761" t="s">
+      <c r="F761" t="s">
         <v>4244</v>
       </c>
-      <c r="E761" t="s">
+      <c r="G761" t="s">
         <v>4245</v>
       </c>
-      <c r="F761" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H761">
-        <v>0</v>
+        <v>10000</v>
       </c>
       <c r="I761">
-        <v>-1</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="762" spans="1:9">
       <c r="A762">
-        <v>159</v>
+        <v>322</v>
       </c>
       <c r="B762" t="s">
+        <v>538</v>
+      </c>
+      <c r="C762" t="s">
+        <v>4246</v>
+      </c>
+      <c r="D762" t="s">
+        <v>4247</v>
+      </c>
+      <c r="E762" t="s">
         <v>4248</v>
       </c>
-      <c r="C762" t="s">
+      <c r="F762" t="s">
         <v>4249</v>
       </c>
-      <c r="D762" t="s">
+      <c r="G762" t="s">
         <v>4250</v>
       </c>
-      <c r="E762" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H762">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="I762">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="763" spans="1:9">
       <c r="A763">
-        <v>160</v>
+        <v>321</v>
       </c>
       <c r="B763" t="s">
-        <v>4120</v>
+        <v>1270</v>
       </c>
       <c r="C763" t="s">
+        <v>4251</v>
+      </c>
+      <c r="D763" t="s">
+        <v>4252</v>
+      </c>
+      <c r="E763" t="s">
+        <v>4253</v>
+      </c>
+      <c r="F763" t="s">
         <v>4254</v>
       </c>
-      <c r="D763" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G763" t="s">
-        <v>4258</v>
+        <v>1275</v>
       </c>
       <c r="H763">
-        <v>9</v>
+        <v>640</v>
       </c>
       <c r="I763">
-        <v>0</v>
+        <v>19</v>
       </c>
     </row>
     <row r="764" spans="1:9">
       <c r="A764">
-        <v>155</v>
+        <v>319</v>
       </c>
       <c r="B764" t="s">
-        <v>3478</v>
+        <v>4255</v>
       </c>
       <c r="C764" t="s">
+        <v>4256</v>
+      </c>
+      <c r="D764" t="s">
+        <v>4257</v>
+      </c>
+      <c r="E764" t="s">
+        <v>4258</v>
+      </c>
+      <c r="F764" t="s">
         <v>4259</v>
       </c>
-      <c r="D764" t="s">
+      <c r="G764" t="s">
         <v>4260</v>
       </c>
-      <c r="E764" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H764">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I764">
-        <v>-1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="765" spans="1:9">
       <c r="A765">
-        <v>156</v>
+        <v>315</v>
       </c>
       <c r="B765" t="s">
-        <v>3478</v>
+        <v>3769</v>
       </c>
       <c r="C765" t="s">
-        <v>4259</v>
+        <v>4261</v>
       </c>
       <c r="D765" t="s">
-        <v>4260</v>
+        <v>4262</v>
       </c>
       <c r="E765" t="s">
-        <v>4261</v>
+        <v>4263</v>
       </c>
       <c r="F765" t="s">
-        <v>4262</v>
+        <v>4264</v>
       </c>
       <c r="G765" t="s">
-        <v>4263</v>
+        <v>4265</v>
       </c>
       <c r="H765">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="I765">
-        <v>-1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="766" spans="1:9">
       <c r="A766">
-        <v>157</v>
+        <v>314</v>
       </c>
       <c r="B766" t="s">
-        <v>4264</v>
+        <v>1270</v>
       </c>
       <c r="C766" t="s">
-        <v>4265</v>
+        <v>4266</v>
       </c>
       <c r="D766" t="s">
-        <v>4266</v>
+        <v>4267</v>
       </c>
       <c r="E766" t="s">
-        <v>4267</v>
+        <v>4268</v>
       </c>
       <c r="F766" t="s">
-        <v>4268</v>
+        <v>4269</v>
       </c>
       <c r="G766" t="s">
-        <v>4269</v>
+        <v>3745</v>
       </c>
       <c r="H766">
-        <v>1</v>
+        <v>212</v>
       </c>
       <c r="I766">
-        <v>3</v>
+        <v>30</v>
       </c>
     </row>
     <row r="767" spans="1:9">
       <c r="A767">
-        <v>158</v>
+        <v>316</v>
       </c>
       <c r="B767" t="s">
         <v>4270</v>
       </c>
       <c r="C767" t="s">
         <v>4271</v>
       </c>
       <c r="D767" t="s">
         <v>4272</v>
       </c>
       <c r="E767" t="s">
         <v>4273</v>
       </c>
       <c r="F767" t="s">
         <v>4274</v>
       </c>
       <c r="G767" t="s">
         <v>4275</v>
       </c>
       <c r="H767">
+        <v>106</v>
+      </c>
+      <c r="I767">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="768" spans="1:9">
       <c r="A768">
-        <v>161</v>
+        <v>318</v>
       </c>
       <c r="B768" t="s">
         <v>4276</v>
       </c>
       <c r="C768" t="s">
         <v>4277</v>
       </c>
       <c r="D768" t="s">
         <v>4278</v>
       </c>
       <c r="E768" t="s">
         <v>4279</v>
       </c>
       <c r="F768" t="s">
         <v>4280</v>
       </c>
       <c r="G768" t="s">
         <v>4281</v>
       </c>
       <c r="H768">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I768">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="769" spans="1:9">
       <c r="A769">
-        <v>169</v>
+        <v>313</v>
       </c>
       <c r="B769" t="s">
         <v>4282</v>
       </c>
       <c r="C769" t="s">
         <v>4283</v>
       </c>
       <c r="D769" t="s">
         <v>4284</v>
       </c>
       <c r="E769" t="s">
         <v>4285</v>
       </c>
       <c r="F769" t="s">
         <v>4286</v>
       </c>
       <c r="G769" t="s">
         <v>4287</v>
       </c>
       <c r="H769">
-        <v>25</v>
+        <v>208</v>
       </c>
       <c r="I769">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="770" spans="1:9">
       <c r="A770">
-        <v>153</v>
+        <v>312</v>
       </c>
       <c r="B770" t="s">
         <v>4288</v>
       </c>
       <c r="C770" t="s">
         <v>4289</v>
       </c>
       <c r="D770" t="s">
         <v>4290</v>
       </c>
       <c r="E770" t="s">
         <v>4291</v>
       </c>
       <c r="F770" t="s">
         <v>4292</v>
       </c>
       <c r="G770" t="s">
         <v>4293</v>
       </c>
       <c r="H770">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I770">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="771" spans="1:9">
       <c r="A771">
-        <v>151</v>
+        <v>317</v>
       </c>
       <c r="B771" t="s">
         <v>4294</v>
       </c>
       <c r="C771" t="s">
         <v>4295</v>
       </c>
       <c r="D771" t="s">
         <v>4296</v>
       </c>
       <c r="E771" t="s">
         <v>4297</v>
       </c>
       <c r="F771" t="s">
         <v>4298</v>
       </c>
       <c r="G771" t="s">
         <v>4299</v>
       </c>
       <c r="H771">
         <v>2</v>
       </c>
       <c r="I771">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="772" spans="1:9">
       <c r="A772">
-        <v>154</v>
+        <v>311</v>
       </c>
       <c r="B772" t="s">
         <v>4300</v>
       </c>
       <c r="C772" t="s">
         <v>4301</v>
       </c>
       <c r="D772" t="s">
         <v>4302</v>
       </c>
       <c r="E772" t="s">
         <v>4303</v>
       </c>
       <c r="F772" t="s">
         <v>4304</v>
       </c>
       <c r="G772" t="s">
         <v>4305</v>
       </c>
       <c r="H772">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="I772">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="773" spans="1:9">
       <c r="A773">
-        <v>152</v>
+        <v>320</v>
       </c>
       <c r="B773" t="s">
-        <v>413</v>
+        <v>4306</v>
       </c>
       <c r="C773" t="s">
-        <v>4306</v>
+        <v>4307</v>
       </c>
       <c r="D773" t="s">
-        <v>4307</v>
+        <v>4308</v>
       </c>
       <c r="E773" t="s">
-        <v>4308</v>
+        <v>4309</v>
       </c>
       <c r="F773" t="s">
-        <v>4309</v>
+        <v>4310</v>
       </c>
       <c r="G773" t="s">
-        <v>4310</v>
+        <v>4311</v>
       </c>
       <c r="H773">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="I773">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="774" spans="1:9">
       <c r="A774">
-        <v>149</v>
+        <v>310</v>
       </c>
       <c r="B774" t="s">
-        <v>4311</v>
+        <v>4312</v>
       </c>
       <c r="C774" t="s">
-        <v>4312</v>
+        <v>4313</v>
       </c>
       <c r="D774" t="s">
-        <v>4313</v>
+        <v>4314</v>
       </c>
       <c r="E774" t="s">
-        <v>4314</v>
+        <v>4315</v>
       </c>
       <c r="F774" t="s">
-        <v>4315</v>
+        <v>4316</v>
       </c>
       <c r="G774" t="s">
-        <v>4316</v>
+        <v>4317</v>
       </c>
       <c r="H774">
-        <v>0</v>
+        <v>62</v>
       </c>
       <c r="I774">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="775" spans="1:9">
       <c r="A775">
-        <v>146</v>
+        <v>308</v>
       </c>
       <c r="B775" t="s">
-        <v>4294</v>
+        <v>2122</v>
       </c>
       <c r="C775" t="s">
-        <v>4317</v>
+        <v>4318</v>
       </c>
       <c r="D775" t="s">
-        <v>4318</v>
+        <v>4319</v>
       </c>
       <c r="E775" t="s">
-        <v>4319</v>
+        <v>4320</v>
       </c>
       <c r="F775" t="s">
-        <v>4320</v>
+        <v>4321</v>
       </c>
       <c r="G775" t="s">
-        <v>4321</v>
+        <v>4322</v>
       </c>
       <c r="H775">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I775">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="776" spans="1:9">
       <c r="A776">
-        <v>147</v>
+        <v>307</v>
       </c>
       <c r="B776" t="s">
-        <v>3636</v>
+        <v>490</v>
       </c>
       <c r="C776" t="s">
-        <v>4322</v>
+        <v>4323</v>
       </c>
       <c r="D776" t="s">
-        <v>4323</v>
+        <v>4324</v>
       </c>
       <c r="E776" t="s">
-        <v>4324</v>
+        <v>4325</v>
       </c>
       <c r="F776" t="s">
-        <v>4325</v>
+        <v>4326</v>
       </c>
       <c r="G776" t="s">
-        <v>4326</v>
+        <v>495</v>
       </c>
       <c r="H776">
-        <v>119</v>
+        <v>830</v>
       </c>
       <c r="I776">
-        <v>16</v>
+        <v>154</v>
       </c>
     </row>
     <row r="777" spans="1:9">
       <c r="A777">
-        <v>150</v>
+        <v>304</v>
       </c>
       <c r="B777" t="s">
+        <v>801</v>
+      </c>
+      <c r="C777" t="s">
         <v>4327</v>
       </c>
-      <c r="C777" t="s">
+      <c r="D777" t="s">
         <v>4328</v>
       </c>
-      <c r="D777" t="s">
+      <c r="E777" t="s">
         <v>4329</v>
       </c>
-      <c r="E777" t="s">
+      <c r="F777" t="s">
         <v>4330</v>
       </c>
-      <c r="F777" t="s">
+      <c r="G777" t="s">
         <v>4331</v>
       </c>
-      <c r="G777" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H777">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="I777">
         <v>0</v>
       </c>
     </row>
     <row r="778" spans="1:9">
       <c r="A778">
-        <v>148</v>
+        <v>306</v>
       </c>
       <c r="B778" t="s">
+        <v>4332</v>
+      </c>
+      <c r="C778" t="s">
         <v>4333</v>
       </c>
-      <c r="C778" t="s">
+      <c r="D778" t="s">
         <v>4334</v>
       </c>
-      <c r="D778" t="s">
+      <c r="E778" t="s">
         <v>4335</v>
       </c>
-      <c r="E778" t="s">
+      <c r="F778" t="s">
         <v>4336</v>
       </c>
-      <c r="F778" t="s">
+      <c r="G778" t="s">
         <v>4337</v>
       </c>
-      <c r="G778" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H778">
-        <v>12000</v>
+        <v>28</v>
       </c>
       <c r="I778">
-        <v>1375</v>
+        <v>0</v>
       </c>
     </row>
     <row r="779" spans="1:9">
       <c r="A779">
-        <v>141</v>
+        <v>305</v>
       </c>
       <c r="B779" t="s">
-        <v>2303</v>
+        <v>4338</v>
       </c>
       <c r="C779" t="s">
         <v>4339</v>
       </c>
       <c r="D779" t="s">
         <v>4340</v>
       </c>
       <c r="E779" t="s">
         <v>4341</v>
       </c>
       <c r="F779" t="s">
         <v>4342</v>
       </c>
       <c r="G779" t="s">
         <v>4343</v>
       </c>
       <c r="H779">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="I779">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="780" spans="1:9">
       <c r="A780">
-        <v>140</v>
+        <v>326</v>
       </c>
       <c r="B780" t="s">
         <v>4344</v>
       </c>
       <c r="C780" t="s">
         <v>4345</v>
       </c>
       <c r="D780" t="s">
         <v>4346</v>
       </c>
       <c r="E780" t="s">
         <v>4347</v>
       </c>
       <c r="F780" t="s">
         <v>4348</v>
       </c>
       <c r="G780" t="s">
         <v>4349</v>
       </c>
       <c r="H780">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I780">
         <v>0</v>
       </c>
     </row>
     <row r="781" spans="1:9">
       <c r="A781">
-        <v>144</v>
+        <v>303</v>
       </c>
       <c r="B781" t="s">
         <v>4350</v>
       </c>
       <c r="C781" t="s">
         <v>4351</v>
       </c>
       <c r="D781" t="s">
         <v>4352</v>
       </c>
       <c r="E781" t="s">
         <v>4353</v>
       </c>
       <c r="F781" t="s">
         <v>4354</v>
       </c>
       <c r="G781" t="s">
         <v>4355</v>
       </c>
       <c r="H781">
-        <v>83</v>
+        <v>5</v>
       </c>
       <c r="I781">
-        <v>8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="782" spans="1:9">
       <c r="A782">
-        <v>142</v>
+        <v>302</v>
       </c>
       <c r="B782" t="s">
-        <v>2132</v>
+        <v>4356</v>
       </c>
       <c r="C782" t="s">
-        <v>4356</v>
+        <v>4357</v>
       </c>
       <c r="D782" t="s">
-        <v>4357</v>
+        <v>4358</v>
       </c>
       <c r="E782" t="s">
-        <v>4358</v>
+        <v>4359</v>
       </c>
       <c r="F782" t="s">
-        <v>4359</v>
+        <v>4360</v>
       </c>
       <c r="G782" t="s">
-        <v>4360</v>
+        <v>4361</v>
       </c>
       <c r="H782">
-        <v>42000</v>
+        <v>62</v>
       </c>
       <c r="I782">
-        <v>8548</v>
+        <v>9</v>
       </c>
     </row>
     <row r="783" spans="1:9">
       <c r="A783">
-        <v>138</v>
+        <v>300</v>
       </c>
       <c r="B783" t="s">
-        <v>3970</v>
+        <v>4362</v>
       </c>
       <c r="C783" t="s">
-        <v>4361</v>
+        <v>4363</v>
       </c>
       <c r="D783" t="s">
-        <v>4362</v>
+        <v>4364</v>
       </c>
       <c r="E783" t="s">
-        <v>4363</v>
+        <v>4365</v>
       </c>
       <c r="F783" t="s">
-        <v>4364</v>
+        <v>4366</v>
       </c>
       <c r="G783" t="s">
-        <v>4365</v>
+        <v>4367</v>
       </c>
       <c r="H783">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="I783">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="784" spans="1:9">
       <c r="A784">
-        <v>139</v>
+        <v>296</v>
       </c>
       <c r="B784" t="s">
-        <v>4366</v>
+        <v>4368</v>
       </c>
       <c r="C784" t="s">
-        <v>4367</v>
+        <v>4369</v>
       </c>
       <c r="D784" t="s">
-        <v>4368</v>
+        <v>4370</v>
       </c>
       <c r="E784" t="s">
-        <v>4369</v>
+        <v>4371</v>
       </c>
       <c r="F784" t="s">
-        <v>4370</v>
+        <v>4372</v>
       </c>
       <c r="G784" t="s">
-        <v>4371</v>
+        <v>4373</v>
       </c>
       <c r="H784">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I784">
         <v>0</v>
       </c>
     </row>
     <row r="785" spans="1:9">
       <c r="A785">
-        <v>143</v>
+        <v>299</v>
       </c>
       <c r="B785" t="s">
-        <v>3349</v>
+        <v>877</v>
       </c>
       <c r="C785" t="s">
-        <v>4372</v>
+        <v>4374</v>
       </c>
       <c r="D785" t="s">
-        <v>4373</v>
+        <v>4375</v>
       </c>
       <c r="E785" t="s">
-        <v>4374</v>
+        <v>4376</v>
       </c>
       <c r="F785" t="s">
-        <v>4375</v>
+        <v>4377</v>
       </c>
       <c r="G785" t="s">
-        <v>4376</v>
+        <v>4378</v>
       </c>
       <c r="H785">
-        <v>637</v>
+        <v>4</v>
       </c>
       <c r="I785">
-        <v>71</v>
+        <v>0</v>
       </c>
     </row>
     <row r="786" spans="1:9">
       <c r="A786">
-        <v>136</v>
+        <v>309</v>
       </c>
       <c r="B786" t="s">
-        <v>4377</v>
+        <v>4379</v>
       </c>
       <c r="C786" t="s">
-        <v>4378</v>
+        <v>4380</v>
       </c>
       <c r="D786" t="s">
-        <v>4379</v>
+        <v>4381</v>
       </c>
       <c r="E786" t="s">
-        <v>4380</v>
+        <v>4382</v>
       </c>
       <c r="F786" t="s">
-        <v>4381</v>
+        <v>4383</v>
       </c>
       <c r="G786" t="s">
-        <v>4382</v>
+        <v>4384</v>
       </c>
       <c r="H786">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I786">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="787" spans="1:9">
       <c r="A787">
-        <v>135</v>
+        <v>294</v>
       </c>
       <c r="B787" t="s">
-        <v>4383</v>
+        <v>4385</v>
       </c>
       <c r="C787" t="s">
-        <v>4384</v>
+        <v>4386</v>
       </c>
       <c r="D787" t="s">
-        <v>4385</v>
+        <v>4387</v>
       </c>
       <c r="E787" t="s">
-        <v>4386</v>
+        <v>4388</v>
       </c>
       <c r="F787" t="s">
-        <v>4387</v>
+        <v>4389</v>
       </c>
       <c r="G787" t="s">
-        <v>4388</v>
+        <v>4390</v>
       </c>
       <c r="H787">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="I787">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="788" spans="1:9">
       <c r="A788">
-        <v>145</v>
+        <v>297</v>
       </c>
       <c r="B788" t="s">
-        <v>4389</v>
+        <v>4391</v>
       </c>
       <c r="C788" t="s">
-        <v>4390</v>
+        <v>4392</v>
       </c>
       <c r="D788" t="s">
-        <v>4391</v>
+        <v>4393</v>
       </c>
       <c r="E788" t="s">
-        <v>4392</v>
+        <v>4394</v>
       </c>
       <c r="F788" t="s">
-        <v>4393</v>
+        <v>4395</v>
       </c>
       <c r="G788" t="s">
-        <v>4394</v>
+        <v>4396</v>
       </c>
       <c r="H788">
-        <v>92</v>
+        <v>4</v>
       </c>
       <c r="I788">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="789" spans="1:9">
       <c r="A789">
-        <v>134</v>
+        <v>301</v>
       </c>
       <c r="B789" t="s">
-        <v>4395</v>
+        <v>4397</v>
       </c>
       <c r="C789" t="s">
-        <v>4396</v>
+        <v>4398</v>
       </c>
       <c r="D789" t="s">
-        <v>4397</v>
+        <v>4399</v>
       </c>
       <c r="E789" t="s">
-        <v>4398</v>
+        <v>4400</v>
       </c>
       <c r="F789" t="s">
-        <v>4399</v>
+        <v>4401</v>
       </c>
       <c r="G789" t="s">
-        <v>4400</v>
+        <v>4402</v>
       </c>
       <c r="H789">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I789">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="790" spans="1:9">
       <c r="A790">
-        <v>133</v>
+        <v>298</v>
       </c>
       <c r="B790" t="s">
-        <v>4401</v>
+        <v>4403</v>
       </c>
       <c r="C790" t="s">
-        <v>4402</v>
+        <v>4404</v>
       </c>
       <c r="D790" t="s">
-        <v>4403</v>
+        <v>4405</v>
       </c>
       <c r="E790" t="s">
-        <v>4404</v>
+        <v>4406</v>
       </c>
       <c r="F790" t="s">
-        <v>4405</v>
+        <v>4407</v>
       </c>
       <c r="G790" t="s">
-        <v>4406</v>
+        <v>4408</v>
       </c>
       <c r="H790">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="I790">
-        <v>0</v>
+        <v>17</v>
       </c>
     </row>
     <row r="791" spans="1:9">
       <c r="A791">
-        <v>131</v>
+        <v>295</v>
       </c>
       <c r="B791" t="s">
-        <v>965</v>
+        <v>4255</v>
       </c>
       <c r="C791" t="s">
-        <v>4407</v>
+        <v>4409</v>
       </c>
       <c r="D791" t="s">
-        <v>4408</v>
+        <v>4410</v>
       </c>
       <c r="E791" t="s">
-        <v>4409</v>
+        <v>4411</v>
       </c>
       <c r="F791" t="s">
-        <v>4410</v>
+        <v>4412</v>
       </c>
       <c r="G791" t="s">
-        <v>4411</v>
+        <v>4413</v>
       </c>
       <c r="H791">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="I791">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="792" spans="1:9">
       <c r="A792">
-        <v>125</v>
+        <v>293</v>
       </c>
       <c r="B792" t="s">
-        <v>4412</v>
+        <v>4414</v>
       </c>
       <c r="C792" t="s">
-        <v>4413</v>
+        <v>4415</v>
       </c>
       <c r="D792" t="s">
-        <v>4414</v>
+        <v>4416</v>
       </c>
       <c r="E792" t="s">
-        <v>4415</v>
+        <v>4417</v>
       </c>
       <c r="F792" t="s">
-        <v>4416</v>
+        <v>4418</v>
       </c>
       <c r="G792" t="s">
-        <v>4417</v>
+        <v>4419</v>
       </c>
       <c r="H792">
-        <v>1944</v>
+        <v>5</v>
       </c>
       <c r="I792">
-        <v>135</v>
+        <v>0</v>
       </c>
     </row>
     <row r="793" spans="1:9">
       <c r="A793">
-        <v>128</v>
+        <v>292</v>
       </c>
       <c r="B793" t="s">
-        <v>197</v>
+        <v>4420</v>
       </c>
       <c r="C793" t="s">
-        <v>4418</v>
+        <v>4421</v>
       </c>
       <c r="D793" t="s">
-        <v>4419</v>
+        <v>4422</v>
       </c>
       <c r="E793" t="s">
-        <v>4420</v>
+        <v>4423</v>
       </c>
       <c r="F793" t="s">
-        <v>4421</v>
+        <v>4424</v>
       </c>
       <c r="G793" t="s">
-        <v>4422</v>
+        <v>4425</v>
       </c>
       <c r="H793">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I793">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="794" spans="1:9">
       <c r="A794">
-        <v>132</v>
+        <v>288</v>
       </c>
       <c r="B794" t="s">
-        <v>3255</v>
+        <v>4426</v>
       </c>
       <c r="C794" t="s">
-        <v>4423</v>
+        <v>4427</v>
       </c>
       <c r="D794" t="s">
-        <v>4424</v>
+        <v>4428</v>
       </c>
       <c r="E794" t="s">
-        <v>4425</v>
+        <v>4429</v>
       </c>
       <c r="F794" t="s">
-        <v>4426</v>
+        <v>4430</v>
       </c>
       <c r="G794" t="s">
-        <v>4427</v>
+        <v>4431</v>
       </c>
       <c r="H794">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I794">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="795" spans="1:9">
       <c r="A795">
-        <v>127</v>
+        <v>290</v>
       </c>
       <c r="B795" t="s">
-        <v>4428</v>
+        <v>4432</v>
       </c>
       <c r="C795" t="s">
-        <v>4429</v>
+        <v>4433</v>
       </c>
       <c r="D795" t="s">
-        <v>4430</v>
+        <v>4434</v>
       </c>
       <c r="E795" t="s">
-        <v>4431</v>
+        <v>4435</v>
       </c>
       <c r="F795" t="s">
-        <v>4432</v>
+        <v>4436</v>
       </c>
       <c r="G795" t="s">
-        <v>4433</v>
+        <v>4437</v>
       </c>
       <c r="H795">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I795">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="796" spans="1:9">
       <c r="A796">
-        <v>123</v>
+        <v>289</v>
       </c>
       <c r="B796" t="s">
-        <v>587</v>
+        <v>4438</v>
       </c>
       <c r="C796" t="s">
-        <v>4434</v>
+        <v>4439</v>
       </c>
       <c r="D796" t="s">
-        <v>4435</v>
+        <v>4440</v>
       </c>
       <c r="E796" t="s">
-        <v>4436</v>
+        <v>4441</v>
       </c>
       <c r="F796" t="s">
-        <v>4437</v>
+        <v>4442</v>
       </c>
       <c r="G796" t="s">
-        <v>592</v>
+        <v>4443</v>
       </c>
       <c r="H796">
-        <v>752</v>
+        <v>30</v>
       </c>
       <c r="I796">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="797" spans="1:9">
       <c r="A797">
-        <v>129</v>
+        <v>291</v>
       </c>
       <c r="B797" t="s">
-        <v>4438</v>
+        <v>4444</v>
       </c>
       <c r="C797" t="s">
-        <v>4439</v>
+        <v>3612</v>
       </c>
       <c r="D797" t="s">
-        <v>4440</v>
+        <v>4445</v>
       </c>
       <c r="E797" t="s">
-        <v>4441</v>
+        <v>4446</v>
       </c>
       <c r="F797" t="s">
-        <v>4442</v>
+        <v>4447</v>
       </c>
       <c r="G797" t="s">
-        <v>4443</v>
+        <v>4448</v>
       </c>
       <c r="H797">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="I797">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="798" spans="1:9">
       <c r="A798">
-        <v>126</v>
+        <v>285</v>
       </c>
       <c r="B798" t="s">
-        <v>4444</v>
+        <v>4449</v>
       </c>
       <c r="C798" t="s">
-        <v>4445</v>
+        <v>4450</v>
       </c>
       <c r="D798" t="s">
-        <v>4446</v>
+        <v>4451</v>
       </c>
       <c r="E798" t="s">
-        <v>4447</v>
+        <v>4452</v>
       </c>
       <c r="F798" t="s">
-        <v>4448</v>
+        <v>4453</v>
       </c>
       <c r="G798" t="s">
-        <v>4449</v>
+        <v>4454</v>
       </c>
       <c r="H798">
-        <v>286</v>
+        <v>1</v>
       </c>
       <c r="I798">
-        <v>42</v>
+        <v>0</v>
       </c>
     </row>
     <row r="799" spans="1:9">
       <c r="A799">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="B799" t="s">
+        <v>4449</v>
+      </c>
+      <c r="C799" t="s">
         <v>4450</v>
       </c>
-      <c r="C799" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D799" t="s">
+        <v>4455</v>
+      </c>
+      <c r="E799" t="s">
         <v>4452</v>
       </c>
-      <c r="E799" t="s">
+      <c r="F799" t="s">
         <v>4453</v>
       </c>
-      <c r="F799" t="s">
+      <c r="G799" t="s">
         <v>4454</v>
-      </c>
-[...1 lines deleted...]
-        <v>4455</v>
       </c>
       <c r="H799">
         <v>1</v>
       </c>
       <c r="I799">
         <v>0</v>
       </c>
     </row>
     <row r="800" spans="1:9">
       <c r="A800">
-        <v>120</v>
+        <v>287</v>
       </c>
       <c r="B800" t="s">
+        <v>2193</v>
+      </c>
+      <c r="C800" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D800" t="s">
+        <v>1442</v>
+      </c>
+      <c r="E800" t="s">
         <v>4456</v>
       </c>
-      <c r="C800" t="s">
+      <c r="F800" t="s">
         <v>4457</v>
       </c>
-      <c r="D800" t="s">
+      <c r="G800" t="s">
         <v>4458</v>
       </c>
-      <c r="E800" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H800">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="I800">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="801" spans="1:9">
       <c r="A801">
-        <v>124</v>
+        <v>284</v>
       </c>
       <c r="B801" t="s">
-        <v>2132</v>
+        <v>4146</v>
       </c>
       <c r="C801" t="s">
+        <v>4459</v>
+      </c>
+      <c r="D801" t="s">
+        <v>4460</v>
+      </c>
+      <c r="E801" t="s">
+        <v>4461</v>
+      </c>
+      <c r="F801" t="s">
         <v>4462</v>
       </c>
-      <c r="D801" t="s">
+      <c r="G801" t="s">
         <v>4463</v>
       </c>
-      <c r="E801" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H801">
-        <v>435</v>
+        <v>2</v>
       </c>
       <c r="I801">
-        <v>33</v>
+        <v>1</v>
       </c>
     </row>
     <row r="802" spans="1:9">
       <c r="A802">
-        <v>117</v>
+        <v>283</v>
       </c>
       <c r="B802" t="s">
-        <v>965</v>
+        <v>4464</v>
       </c>
       <c r="C802" t="s">
+        <v>4465</v>
+      </c>
+      <c r="D802" t="s">
         <v>4466</v>
       </c>
-      <c r="D802" t="s">
+      <c r="E802" t="s">
         <v>4467</v>
       </c>
-      <c r="E802" t="s">
+      <c r="F802" t="s">
         <v>4468</v>
       </c>
-      <c r="F802" t="s">
+      <c r="G802" t="s">
         <v>4469</v>
       </c>
-      <c r="G802" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H802">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I802">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="803" spans="1:9">
       <c r="A803">
-        <v>137</v>
+        <v>281</v>
       </c>
       <c r="B803" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C803" t="s">
+        <v>4470</v>
+      </c>
+      <c r="D803" t="s">
         <v>4471</v>
       </c>
-      <c r="C803" t="s">
+      <c r="E803" t="s">
+        <v>4470</v>
+      </c>
+      <c r="F803" t="s">
         <v>4472</v>
       </c>
-      <c r="D803" t="s">
+      <c r="G803" t="s">
         <v>4473</v>
       </c>
-      <c r="E803" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H803">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="I803">
-        <v>-1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="804" spans="1:9">
       <c r="A804">
-        <v>119</v>
+        <v>282</v>
       </c>
       <c r="B804" t="s">
-        <v>3442</v>
+        <v>1240</v>
       </c>
       <c r="C804" t="s">
-        <v>4477</v>
+        <v>4474</v>
       </c>
       <c r="D804" t="s">
-        <v>4478</v>
+        <v>4471</v>
       </c>
       <c r="E804" t="s">
-        <v>4479</v>
+        <v>4470</v>
       </c>
       <c r="F804" t="s">
-        <v>4480</v>
+        <v>4472</v>
       </c>
       <c r="G804" t="s">
-        <v>4481</v>
+        <v>4473</v>
       </c>
       <c r="H804">
         <v>0</v>
       </c>
       <c r="I804">
         <v>0</v>
       </c>
     </row>
     <row r="805" spans="1:9">
       <c r="A805">
-        <v>116</v>
+        <v>279</v>
       </c>
       <c r="B805" t="s">
-        <v>4482</v>
+        <v>747</v>
       </c>
       <c r="C805" t="s">
-        <v>4483</v>
+        <v>4475</v>
       </c>
       <c r="D805" t="s">
-        <v>4484</v>
+        <v>4476</v>
       </c>
       <c r="E805" t="s">
-        <v>4485</v>
+        <v>4477</v>
       </c>
       <c r="F805" t="s">
-        <v>4486</v>
+        <v>4478</v>
       </c>
       <c r="G805" t="s">
-        <v>4487</v>
+        <v>4479</v>
       </c>
       <c r="H805">
-        <v>82</v>
+        <v>0</v>
       </c>
       <c r="I805">
-        <v>7</v>
+        <v>1</v>
       </c>
     </row>
     <row r="806" spans="1:9">
       <c r="A806">
-        <v>118</v>
+        <v>280</v>
       </c>
       <c r="B806" t="s">
-        <v>4488</v>
+        <v>4480</v>
       </c>
       <c r="C806" t="s">
-        <v>4489</v>
+        <v>4481</v>
       </c>
       <c r="D806" t="s">
-        <v>4490</v>
+        <v>4482</v>
       </c>
       <c r="E806" t="s">
-        <v>4491</v>
+        <v>4483</v>
       </c>
       <c r="F806" t="s">
-        <v>4492</v>
+        <v>4484</v>
       </c>
       <c r="G806" t="s">
-        <v>4493</v>
+        <v>4485</v>
       </c>
       <c r="H806">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I806">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="807" spans="1:9">
       <c r="A807">
-        <v>115</v>
+        <v>277</v>
       </c>
       <c r="B807" t="s">
-        <v>898</v>
+        <v>4486</v>
       </c>
       <c r="C807" t="s">
-        <v>4494</v>
+        <v>4487</v>
       </c>
       <c r="D807" t="s">
-        <v>4495</v>
+        <v>4488</v>
       </c>
       <c r="E807" t="s">
-        <v>4496</v>
+        <v>4489</v>
       </c>
       <c r="F807" t="s">
-        <v>4497</v>
+        <v>4490</v>
       </c>
       <c r="G807" t="s">
-        <v>4498</v>
+        <v>4491</v>
       </c>
       <c r="H807">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="I807">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="808" spans="1:9">
       <c r="A808">
-        <v>110</v>
+        <v>278</v>
       </c>
       <c r="B808" t="s">
-        <v>4499</v>
+        <v>4492</v>
       </c>
       <c r="C808" t="s">
-        <v>4500</v>
+        <v>4493</v>
       </c>
       <c r="D808" t="s">
-        <v>4501</v>
+        <v>4494</v>
       </c>
       <c r="E808" t="s">
-        <v>4502</v>
+        <v>4495</v>
       </c>
       <c r="F808" t="s">
-        <v>4503</v>
+        <v>4496</v>
       </c>
       <c r="G808" t="s">
-        <v>4504</v>
+        <v>4497</v>
       </c>
       <c r="H808">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I808">
         <v>0</v>
       </c>
     </row>
     <row r="809" spans="1:9">
       <c r="A809">
-        <v>114</v>
+        <v>276</v>
       </c>
       <c r="B809" t="s">
-        <v>4505</v>
+        <v>490</v>
       </c>
       <c r="C809" t="s">
-        <v>4506</v>
+        <v>4498</v>
       </c>
       <c r="D809" t="s">
-        <v>4507</v>
+        <v>4499</v>
       </c>
       <c r="E809" t="s">
-        <v>4508</v>
+        <v>4500</v>
       </c>
       <c r="F809" t="s">
-        <v>4509</v>
+        <v>4501</v>
       </c>
       <c r="G809" t="s">
-        <v>4510</v>
+        <v>4502</v>
       </c>
       <c r="H809">
-        <v>134</v>
+        <v>1059</v>
       </c>
       <c r="I809">
-        <v>34</v>
+        <v>131</v>
       </c>
     </row>
     <row r="810" spans="1:9">
       <c r="A810">
-        <v>112</v>
+        <v>275</v>
       </c>
       <c r="B810" t="s">
-        <v>909</v>
+        <v>4503</v>
       </c>
       <c r="C810" t="s">
-        <v>4511</v>
+        <v>4504</v>
       </c>
       <c r="D810" t="s">
-        <v>4512</v>
+        <v>4505</v>
       </c>
       <c r="E810" t="s">
-        <v>4513</v>
+        <v>4506</v>
       </c>
       <c r="F810" t="s">
-        <v>4514</v>
+        <v>4507</v>
       </c>
       <c r="G810" t="s">
-        <v>4515</v>
+        <v>4508</v>
       </c>
       <c r="H810">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I810">
         <v>0</v>
       </c>
     </row>
     <row r="811" spans="1:9">
       <c r="A811">
-        <v>105</v>
+        <v>274</v>
       </c>
       <c r="B811" t="s">
-        <v>4516</v>
+        <v>4509</v>
       </c>
       <c r="C811" t="s">
-        <v>4517</v>
+        <v>4510</v>
       </c>
       <c r="D811" t="s">
-        <v>4518</v>
+        <v>4511</v>
       </c>
       <c r="E811" t="s">
-        <v>4519</v>
+        <v>4512</v>
       </c>
       <c r="F811" t="s">
-        <v>4520</v>
+        <v>4513</v>
       </c>
       <c r="G811" t="s">
-        <v>4521</v>
+        <v>4514</v>
       </c>
       <c r="H811">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I811">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="812" spans="1:9">
       <c r="A812">
-        <v>109</v>
+        <v>273</v>
       </c>
       <c r="B812" t="s">
-        <v>2362</v>
+        <v>4515</v>
       </c>
       <c r="C812" t="s">
-        <v>4522</v>
+        <v>4516</v>
       </c>
       <c r="D812" t="s">
-        <v>4523</v>
+        <v>4517</v>
       </c>
       <c r="E812" t="s">
-        <v>4524</v>
+        <v>4518</v>
       </c>
       <c r="F812" t="s">
-        <v>4525</v>
+        <v>4519</v>
       </c>
       <c r="G812" t="s">
-        <v>4526</v>
+        <v>4520</v>
       </c>
       <c r="H812">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="I812">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="813" spans="1:9">
       <c r="A813">
-        <v>108</v>
+        <v>272</v>
       </c>
       <c r="B813" t="s">
-        <v>4527</v>
+        <v>56</v>
       </c>
       <c r="C813" t="s">
-        <v>4528</v>
+        <v>4521</v>
       </c>
       <c r="D813" t="s">
-        <v>4529</v>
+        <v>4522</v>
       </c>
       <c r="E813" t="s">
-        <v>4530</v>
+        <v>4523</v>
       </c>
       <c r="F813" t="s">
-        <v>4531</v>
+        <v>4524</v>
       </c>
       <c r="G813" t="s">
-        <v>4532</v>
+        <v>4525</v>
       </c>
       <c r="H813">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="I813">
-        <v>16</v>
+        <v>3</v>
       </c>
     </row>
     <row r="814" spans="1:9">
       <c r="A814">
-        <v>113</v>
+        <v>271</v>
       </c>
       <c r="B814" t="s">
-        <v>4533</v>
+        <v>4526</v>
       </c>
       <c r="C814" t="s">
-        <v>4534</v>
+        <v>4527</v>
       </c>
       <c r="D814" t="s">
-        <v>4535</v>
+        <v>4528</v>
       </c>
       <c r="E814" t="s">
-        <v>4536</v>
+        <v>4529</v>
       </c>
       <c r="F814" t="s">
-        <v>4537</v>
+        <v>4530</v>
       </c>
       <c r="G814" t="s">
-        <v>4538</v>
+        <v>4531</v>
       </c>
       <c r="H814">
-        <v>0</v>
+        <v>1142</v>
       </c>
       <c r="I814">
-        <v>0</v>
+        <v>143</v>
       </c>
     </row>
     <row r="815" spans="1:9">
       <c r="A815">
-        <v>107</v>
+        <v>270</v>
       </c>
       <c r="B815" t="s">
-        <v>4539</v>
+        <v>1270</v>
       </c>
       <c r="C815" t="s">
-        <v>4540</v>
+        <v>4532</v>
       </c>
       <c r="D815" t="s">
-        <v>4541</v>
+        <v>4533</v>
       </c>
       <c r="E815" t="s">
-        <v>4542</v>
+        <v>4534</v>
       </c>
       <c r="F815" t="s">
-        <v>4543</v>
+        <v>4535</v>
       </c>
       <c r="G815" t="s">
-        <v>4544</v>
+        <v>1275</v>
       </c>
       <c r="H815">
-        <v>2</v>
+        <v>488</v>
       </c>
       <c r="I815">
-        <v>3</v>
+        <v>79</v>
       </c>
     </row>
     <row r="816" spans="1:9">
       <c r="A816">
-        <v>104</v>
+        <v>267</v>
       </c>
       <c r="B816" t="s">
-        <v>4545</v>
+        <v>4536</v>
       </c>
       <c r="C816" t="s">
-        <v>4546</v>
+        <v>4537</v>
       </c>
       <c r="D816" t="s">
-        <v>4547</v>
+        <v>4538</v>
       </c>
       <c r="E816" t="s">
-        <v>4548</v>
+        <v>4539</v>
       </c>
       <c r="F816" t="s">
-        <v>4549</v>
+        <v>4540</v>
       </c>
       <c r="G816" t="s">
-        <v>4550</v>
+        <v>4541</v>
       </c>
       <c r="H816">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I816">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="817" spans="1:9">
       <c r="A817">
-        <v>111</v>
+        <v>268</v>
       </c>
       <c r="B817" t="s">
-        <v>4551</v>
+        <v>4542</v>
       </c>
       <c r="C817" t="s">
-        <v>4552</v>
+        <v>4543</v>
       </c>
       <c r="D817" t="s">
-        <v>4553</v>
+        <v>4544</v>
       </c>
       <c r="E817" t="s">
-        <v>4554</v>
+        <v>4545</v>
       </c>
       <c r="F817" t="s">
-        <v>4555</v>
+        <v>4546</v>
       </c>
       <c r="G817" t="s">
-        <v>4556</v>
+        <v>4547</v>
       </c>
       <c r="H817">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="I817">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="818" spans="1:9">
       <c r="A818">
-        <v>106</v>
+        <v>269</v>
       </c>
       <c r="B818" t="s">
-        <v>4557</v>
+        <v>165</v>
       </c>
       <c r="C818" t="s">
-        <v>4558</v>
+        <v>4548</v>
       </c>
       <c r="D818" t="s">
-        <v>4559</v>
+        <v>4549</v>
       </c>
       <c r="E818" t="s">
-        <v>4560</v>
+        <v>4550</v>
       </c>
       <c r="F818" t="s">
-        <v>4561</v>
+        <v>4551</v>
       </c>
       <c r="G818" t="s">
-        <v>4562</v>
+        <v>4552</v>
       </c>
       <c r="H818">
         <v>0</v>
       </c>
       <c r="I818">
         <v>0</v>
       </c>
     </row>
     <row r="819" spans="1:9">
       <c r="A819">
-        <v>122</v>
+        <v>266</v>
       </c>
       <c r="B819" t="s">
-        <v>4563</v>
+        <v>4553</v>
       </c>
       <c r="C819" t="s">
-        <v>4564</v>
+        <v>4554</v>
       </c>
       <c r="D819" t="s">
-        <v>4565</v>
+        <v>4555</v>
       </c>
       <c r="E819" t="s">
-        <v>4566</v>
+        <v>4556</v>
       </c>
       <c r="F819" t="s">
-        <v>4567</v>
+        <v>4557</v>
       </c>
       <c r="G819" t="s">
-        <v>4568</v>
+        <v>4558</v>
       </c>
       <c r="H819">
-        <v>312</v>
+        <v>0</v>
       </c>
       <c r="I819">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="820" spans="1:9">
       <c r="A820">
-        <v>100</v>
+        <v>264</v>
       </c>
       <c r="B820" t="s">
-        <v>4569</v>
+        <v>4559</v>
       </c>
       <c r="C820" t="s">
-        <v>4570</v>
+        <v>4560</v>
       </c>
       <c r="D820" t="s">
-        <v>4571</v>
+        <v>4561</v>
       </c>
       <c r="E820" t="s">
-        <v>4572</v>
+        <v>4562</v>
       </c>
       <c r="F820" t="s">
-        <v>4573</v>
+        <v>4563</v>
       </c>
       <c r="G820" t="s">
-        <v>4574</v>
+        <v>4564</v>
       </c>
       <c r="H820">
-        <v>142</v>
+        <v>173</v>
       </c>
       <c r="I820">
-        <v>4278</v>
+        <v>43</v>
       </c>
     </row>
     <row r="821" spans="1:9">
       <c r="A821">
-        <v>102</v>
+        <v>263</v>
       </c>
       <c r="B821" t="s">
-        <v>4575</v>
+        <v>4565</v>
       </c>
       <c r="C821" t="s">
-        <v>4576</v>
+        <v>4566</v>
       </c>
       <c r="D821" t="s">
-        <v>4577</v>
+        <v>4567</v>
       </c>
       <c r="E821" t="s">
-        <v>4578</v>
+        <v>4568</v>
       </c>
       <c r="F821" t="s">
-        <v>4579</v>
+        <v>4569</v>
       </c>
       <c r="G821" t="s">
-        <v>4580</v>
+        <v>4570</v>
       </c>
       <c r="H821">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I821">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="822" spans="1:9">
       <c r="A822">
-        <v>101</v>
+        <v>261</v>
       </c>
       <c r="B822" t="s">
-        <v>4581</v>
+        <v>3195</v>
       </c>
       <c r="C822" t="s">
-        <v>4582</v>
+        <v>4571</v>
       </c>
       <c r="D822" t="s">
-        <v>4583</v>
+        <v>4572</v>
       </c>
       <c r="E822" t="s">
-        <v>4584</v>
+        <v>4573</v>
       </c>
       <c r="F822" t="s">
-        <v>4585</v>
+        <v>4574</v>
       </c>
       <c r="G822" t="s">
-        <v>4586</v>
+        <v>4575</v>
       </c>
       <c r="H822">
-        <v>0</v>
+        <v>1364</v>
       </c>
       <c r="I822">
-        <v>2</v>
+        <v>364</v>
       </c>
     </row>
     <row r="823" spans="1:9">
       <c r="A823">
-        <v>98</v>
+        <v>258</v>
       </c>
       <c r="B823" t="s">
-        <v>4587</v>
+        <v>4576</v>
       </c>
       <c r="C823" t="s">
-        <v>4588</v>
+        <v>4577</v>
       </c>
       <c r="D823" t="s">
-        <v>4589</v>
+        <v>4578</v>
       </c>
       <c r="E823" t="s">
-        <v>4590</v>
+        <v>4579</v>
       </c>
       <c r="F823" t="s">
-        <v>4591</v>
+        <v>4580</v>
       </c>
       <c r="G823" t="s">
-        <v>4592</v>
+        <v>4581</v>
       </c>
       <c r="H823">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I823">
-        <v>31</v>
+        <v>0</v>
       </c>
     </row>
     <row r="824" spans="1:9">
       <c r="A824">
-        <v>97</v>
+        <v>265</v>
       </c>
       <c r="B824" t="s">
-        <v>4593</v>
+        <v>1240</v>
       </c>
       <c r="C824" t="s">
-        <v>4594</v>
+        <v>4582</v>
       </c>
       <c r="D824" t="s">
-        <v>4595</v>
+        <v>4583</v>
       </c>
       <c r="E824" t="s">
-        <v>4596</v>
+        <v>4584</v>
       </c>
       <c r="F824" t="s">
-        <v>4597</v>
+        <v>4585</v>
       </c>
       <c r="G824" t="s">
-        <v>4598</v>
+        <v>4586</v>
       </c>
       <c r="H824">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="I824">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="825" spans="1:9">
       <c r="A825">
-        <v>96</v>
+        <v>262</v>
       </c>
       <c r="B825" t="s">
-        <v>4599</v>
+        <v>4255</v>
       </c>
       <c r="C825" t="s">
-        <v>4600</v>
+        <v>4587</v>
       </c>
       <c r="D825" t="s">
-        <v>4601</v>
+        <v>4588</v>
       </c>
       <c r="E825" t="s">
-        <v>4602</v>
+        <v>4589</v>
       </c>
       <c r="F825" t="s">
-        <v>4603</v>
+        <v>4590</v>
       </c>
       <c r="G825" t="s">
-        <v>4604</v>
+        <v>4591</v>
       </c>
       <c r="H825">
+        <v>10</v>
+      </c>
+      <c r="I825">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="826" spans="1:9">
       <c r="A826">
-        <v>99</v>
+        <v>259</v>
       </c>
       <c r="B826" t="s">
-        <v>4605</v>
+        <v>4592</v>
       </c>
       <c r="C826" t="s">
-        <v>4606</v>
+        <v>4593</v>
       </c>
       <c r="D826" t="s">
-        <v>4607</v>
+        <v>4594</v>
       </c>
       <c r="E826" t="s">
-        <v>4608</v>
+        <v>4595</v>
       </c>
       <c r="F826" t="s">
-        <v>4609</v>
+        <v>4596</v>
       </c>
       <c r="G826" t="s">
-        <v>4610</v>
+        <v>4597</v>
       </c>
       <c r="H826">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="I826">
         <v>0</v>
       </c>
     </row>
     <row r="827" spans="1:9">
       <c r="A827">
-        <v>94</v>
+        <v>256</v>
       </c>
       <c r="B827" t="s">
-        <v>1909</v>
+        <v>4598</v>
       </c>
       <c r="C827" t="s">
-        <v>4611</v>
+        <v>4599</v>
       </c>
       <c r="D827" t="s">
-        <v>4612</v>
+        <v>4600</v>
       </c>
       <c r="E827" t="s">
-        <v>4613</v>
+        <v>4601</v>
       </c>
       <c r="F827" t="s">
-        <v>4614</v>
+        <v>4602</v>
       </c>
       <c r="G827" t="s">
-        <v>4615</v>
+        <v>4603</v>
       </c>
       <c r="H827">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I827">
         <v>0</v>
       </c>
     </row>
     <row r="828" spans="1:9">
       <c r="A828">
-        <v>95</v>
+        <v>255</v>
       </c>
       <c r="B828" t="s">
-        <v>4616</v>
+        <v>4604</v>
       </c>
       <c r="C828" t="s">
-        <v>4617</v>
+        <v>4605</v>
       </c>
       <c r="D828" t="s">
-        <v>4618</v>
+        <v>4606</v>
       </c>
       <c r="E828" t="s">
-        <v>4619</v>
+        <v>4607</v>
       </c>
       <c r="F828" t="s">
-        <v>4620</v>
+        <v>4608</v>
       </c>
       <c r="G828" t="s">
-        <v>4621</v>
+        <v>4609</v>
       </c>
       <c r="H828">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I828">
         <v>0</v>
       </c>
     </row>
     <row r="829" spans="1:9">
       <c r="A829">
-        <v>93</v>
+        <v>257</v>
       </c>
       <c r="B829" t="s">
-        <v>4622</v>
+        <v>4610</v>
       </c>
       <c r="C829" t="s">
-        <v>4623</v>
+        <v>4611</v>
       </c>
       <c r="D829" t="s">
-        <v>4624</v>
+        <v>4612</v>
       </c>
       <c r="E829" t="s">
-        <v>4625</v>
+        <v>4613</v>
       </c>
       <c r="F829" t="s">
-        <v>4626</v>
+        <v>4614</v>
       </c>
       <c r="G829" t="s">
-        <v>4627</v>
+        <v>4615</v>
       </c>
       <c r="H829">
-        <v>1</v>
+        <v>52</v>
       </c>
       <c r="I829">
-        <v>0</v>
+        <v>13</v>
       </c>
     </row>
     <row r="830" spans="1:9">
       <c r="A830">
-        <v>90</v>
+        <v>254</v>
       </c>
       <c r="B830" t="s">
-        <v>2303</v>
+        <v>3681</v>
       </c>
       <c r="C830" t="s">
-        <v>4628</v>
+        <v>4616</v>
       </c>
       <c r="D830" t="s">
-        <v>4629</v>
+        <v>4617</v>
       </c>
       <c r="E830" t="s">
-        <v>4630</v>
+        <v>4618</v>
       </c>
       <c r="F830" t="s">
-        <v>4631</v>
+        <v>4619</v>
       </c>
       <c r="G830" t="s">
-        <v>4343</v>
+        <v>4620</v>
       </c>
       <c r="H830">
-        <v>82</v>
+        <v>0</v>
       </c>
       <c r="I830">
-        <v>14</v>
+        <v>0</v>
       </c>
     </row>
     <row r="831" spans="1:9">
       <c r="A831">
-        <v>91</v>
+        <v>253</v>
       </c>
       <c r="B831" t="s">
-        <v>4632</v>
+        <v>4621</v>
       </c>
       <c r="C831" t="s">
-        <v>4633</v>
+        <v>4622</v>
       </c>
       <c r="D831" t="s">
-        <v>4634</v>
+        <v>4623</v>
       </c>
       <c r="E831" t="s">
-        <v>4635</v>
+        <v>4624</v>
       </c>
       <c r="F831" t="s">
-        <v>4636</v>
+        <v>4625</v>
       </c>
       <c r="G831" t="s">
-        <v>4637</v>
+        <v>4626</v>
       </c>
       <c r="H831">
-        <v>1</v>
+        <v>1154</v>
       </c>
       <c r="I831">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="832" spans="1:9">
       <c r="A832">
-        <v>86</v>
+        <v>251</v>
       </c>
       <c r="B832" t="s">
-        <v>587</v>
+        <v>2785</v>
       </c>
       <c r="C832" t="s">
-        <v>4638</v>
+        <v>4627</v>
       </c>
       <c r="D832" t="s">
-        <v>4639</v>
+        <v>4628</v>
       </c>
       <c r="E832" t="s">
-        <v>4640</v>
+        <v>4629</v>
       </c>
       <c r="F832" t="s">
-        <v>4641</v>
+        <v>4630</v>
       </c>
       <c r="G832" t="s">
-        <v>592</v>
+        <v>4631</v>
       </c>
       <c r="H832">
-        <v>284</v>
+        <v>19</v>
       </c>
       <c r="I832">
-        <v>35</v>
+        <v>11</v>
       </c>
     </row>
     <row r="833" spans="1:9">
       <c r="A833">
-        <v>88</v>
+        <v>260</v>
       </c>
       <c r="B833" t="s">
-        <v>2044</v>
+        <v>4632</v>
       </c>
       <c r="C833" t="s">
-        <v>4642</v>
+        <v>4633</v>
       </c>
       <c r="D833" t="s">
-        <v>4643</v>
+        <v>4634</v>
       </c>
       <c r="E833" t="s">
-        <v>4644</v>
+        <v>4635</v>
       </c>
       <c r="F833" t="s">
-        <v>4645</v>
+        <v>4636</v>
       </c>
       <c r="G833" t="s">
-        <v>4646</v>
+        <v>4637</v>
       </c>
       <c r="H833">
-        <v>437</v>
+        <v>12</v>
       </c>
       <c r="I833">
-        <v>30</v>
+        <v>5</v>
       </c>
     </row>
     <row r="834" spans="1:9">
       <c r="A834">
-        <v>87</v>
+        <v>252</v>
       </c>
       <c r="B834" t="s">
-        <v>776</v>
+        <v>4638</v>
       </c>
       <c r="C834" t="s">
-        <v>4647</v>
+        <v>4639</v>
       </c>
       <c r="D834" t="s">
-        <v>4648</v>
+        <v>4640</v>
       </c>
       <c r="E834" t="s">
-        <v>4649</v>
+        <v>4641</v>
       </c>
       <c r="F834" t="s">
-        <v>4650</v>
+        <v>4642</v>
       </c>
       <c r="G834" t="s">
-        <v>781</v>
+        <v>4643</v>
       </c>
       <c r="H834">
-        <v>746</v>
+        <v>2</v>
       </c>
       <c r="I834">
-        <v>75</v>
+        <v>0</v>
       </c>
     </row>
     <row r="835" spans="1:9">
       <c r="A835">
-        <v>89</v>
+        <v>250</v>
       </c>
       <c r="B835" t="s">
-        <v>3669</v>
+        <v>4644</v>
       </c>
       <c r="C835" t="s">
-        <v>4651</v>
+        <v>4645</v>
       </c>
       <c r="D835" t="s">
-        <v>4652</v>
+        <v>4646</v>
       </c>
       <c r="E835" t="s">
-        <v>4653</v>
+        <v>4647</v>
       </c>
       <c r="F835" t="s">
-        <v>4654</v>
+        <v>4648</v>
       </c>
       <c r="G835" t="s">
-        <v>4655</v>
+        <v>4649</v>
       </c>
       <c r="H835">
-        <v>382</v>
+        <v>1</v>
       </c>
       <c r="I835">
-        <v>97</v>
+        <v>1</v>
       </c>
     </row>
     <row r="836" spans="1:9">
       <c r="A836">
-        <v>85</v>
+        <v>248</v>
       </c>
       <c r="B836" t="s">
-        <v>4656</v>
+        <v>4650</v>
       </c>
       <c r="C836" t="s">
-        <v>4657</v>
+        <v>4651</v>
       </c>
       <c r="D836" t="s">
-        <v>4658</v>
+        <v>4652</v>
       </c>
       <c r="E836" t="s">
-        <v>4659</v>
+        <v>4653</v>
       </c>
       <c r="F836" t="s">
-        <v>4660</v>
+        <v>4654</v>
       </c>
       <c r="G836" t="s">
-        <v>4661</v>
+        <v>4655</v>
       </c>
       <c r="H836">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="I836">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="837" spans="1:9">
       <c r="A837">
-        <v>83</v>
+        <v>247</v>
       </c>
       <c r="B837" t="s">
-        <v>2114</v>
+        <v>4656</v>
       </c>
       <c r="C837" t="s">
-        <v>4662</v>
+        <v>4657</v>
       </c>
       <c r="D837" t="s">
-        <v>4663</v>
+        <v>4658</v>
       </c>
       <c r="E837" t="s">
-        <v>4664</v>
+        <v>4659</v>
       </c>
       <c r="F837" t="s">
-        <v>4665</v>
+        <v>4660</v>
       </c>
       <c r="G837" t="s">
-        <v>2119</v>
+        <v>4661</v>
       </c>
       <c r="H837">
-        <v>7868</v>
+        <v>49</v>
       </c>
       <c r="I837">
-        <v>863</v>
+        <v>4</v>
       </c>
     </row>
     <row r="838" spans="1:9">
       <c r="A838">
-        <v>92</v>
+        <v>249</v>
       </c>
       <c r="B838" t="s">
+        <v>4662</v>
+      </c>
+      <c r="C838" t="s">
+        <v>4663</v>
+      </c>
+      <c r="D838" t="s">
+        <v>4664</v>
+      </c>
+      <c r="E838" t="s">
+        <v>4665</v>
+      </c>
+      <c r="F838" t="s">
         <v>4666</v>
       </c>
-      <c r="C838" t="s">
+      <c r="G838" t="s">
         <v>4667</v>
-      </c>
-[...10 lines deleted...]
-        <v>4671</v>
       </c>
       <c r="H838">
         <v>1</v>
       </c>
       <c r="I838">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="839" spans="1:9">
       <c r="A839">
-        <v>84</v>
+        <v>246</v>
       </c>
       <c r="B839" t="s">
-        <v>4593</v>
+        <v>4668</v>
       </c>
       <c r="C839" t="s">
+        <v>4669</v>
+      </c>
+      <c r="D839" t="s">
+        <v>4670</v>
+      </c>
+      <c r="E839" t="s">
+        <v>4671</v>
+      </c>
+      <c r="F839" t="s">
         <v>4672</v>
       </c>
-      <c r="D839" t="s">
+      <c r="G839" t="s">
         <v>4673</v>
       </c>
-      <c r="E839" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H839">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I839">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="840" spans="1:9">
       <c r="A840">
-        <v>80</v>
+        <v>245</v>
       </c>
       <c r="B840" t="s">
+        <v>4674</v>
+      </c>
+      <c r="C840" t="s">
+        <v>4675</v>
+      </c>
+      <c r="D840" t="s">
+        <v>4676</v>
+      </c>
+      <c r="E840" t="s">
         <v>4677</v>
       </c>
-      <c r="C840" t="s">
+      <c r="F840" t="s">
         <v>4678</v>
       </c>
-      <c r="D840" t="s">
+      <c r="G840" t="s">
         <v>4679</v>
       </c>
-      <c r="E840" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H840">
-        <v>0</v>
+        <v>103</v>
       </c>
       <c r="I840">
-        <v>2</v>
+        <v>98</v>
       </c>
     </row>
     <row r="841" spans="1:9">
       <c r="A841">
-        <v>81</v>
+        <v>244</v>
       </c>
       <c r="B841" t="s">
-        <v>2309</v>
+        <v>4680</v>
       </c>
       <c r="C841" t="s">
+        <v>4681</v>
+      </c>
+      <c r="D841" t="s">
+        <v>4682</v>
+      </c>
+      <c r="E841" t="s">
         <v>4683</v>
       </c>
-      <c r="D841" t="s">
+      <c r="F841" t="s">
         <v>4684</v>
       </c>
-      <c r="E841" t="s">
+      <c r="G841" t="s">
         <v>4685</v>
       </c>
-      <c r="F841" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H841">
-        <v>289</v>
+        <v>2</v>
       </c>
       <c r="I841">
-        <v>7</v>
+        <v>16</v>
       </c>
     </row>
     <row r="842" spans="1:9">
       <c r="A842">
-        <v>79</v>
+        <v>240</v>
       </c>
       <c r="B842" t="s">
-        <v>395</v>
+        <v>4686</v>
       </c>
       <c r="C842" t="s">
+        <v>4687</v>
+      </c>
+      <c r="D842" t="s">
         <v>4688</v>
       </c>
-      <c r="D842" t="s">
+      <c r="E842" t="s">
         <v>4689</v>
       </c>
-      <c r="E842" t="s">
+      <c r="F842" t="s">
         <v>4690</v>
       </c>
-      <c r="F842" t="s">
+      <c r="G842" t="s">
         <v>4691</v>
       </c>
-      <c r="G842" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H842">
-        <v>2</v>
+        <v>22</v>
       </c>
       <c r="I842">
-        <v>5</v>
+        <v>125</v>
       </c>
     </row>
     <row r="843" spans="1:9">
       <c r="A843">
-        <v>77</v>
+        <v>239</v>
       </c>
       <c r="B843" t="s">
-        <v>1184</v>
+        <v>4692</v>
       </c>
       <c r="C843" t="s">
         <v>4693</v>
       </c>
       <c r="D843" t="s">
         <v>4694</v>
       </c>
       <c r="E843" t="s">
         <v>4695</v>
       </c>
       <c r="F843" t="s">
         <v>4696</v>
       </c>
       <c r="G843" t="s">
         <v>4697</v>
       </c>
       <c r="H843">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="I843">
         <v>7</v>
       </c>
     </row>
     <row r="844" spans="1:9">
       <c r="A844">
-        <v>82</v>
+        <v>243</v>
       </c>
       <c r="B844" t="s">
+        <v>3844</v>
+      </c>
+      <c r="C844" t="s">
         <v>4698</v>
       </c>
-      <c r="C844" t="s">
+      <c r="D844" t="s">
         <v>4699</v>
       </c>
-      <c r="D844" t="s">
+      <c r="E844" t="s">
         <v>4700</v>
       </c>
-      <c r="E844" t="s">
+      <c r="F844" t="s">
         <v>4701</v>
       </c>
-      <c r="F844" t="s">
+      <c r="G844" t="s">
         <v>4702</v>
       </c>
-      <c r="G844" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H844">
-        <v>0</v>
+        <v>130</v>
       </c>
       <c r="I844">
-        <v>0</v>
+        <v>34</v>
       </c>
     </row>
     <row r="845" spans="1:9">
       <c r="A845">
-        <v>76</v>
+        <v>241</v>
       </c>
       <c r="B845" t="s">
+        <v>4703</v>
+      </c>
+      <c r="C845" t="s">
         <v>4704</v>
       </c>
-      <c r="C845" t="s">
+      <c r="D845" t="s">
         <v>4705</v>
       </c>
-      <c r="D845" t="s">
+      <c r="E845" t="s">
         <v>4706</v>
       </c>
-      <c r="E845" t="s">
+      <c r="F845" t="s">
         <v>4707</v>
       </c>
-      <c r="F845" t="s">
+      <c r="G845" t="s">
         <v>4708</v>
       </c>
-      <c r="G845" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H845">
-        <v>12</v>
+        <v>688</v>
       </c>
       <c r="I845">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="846" spans="1:9">
       <c r="A846">
-        <v>74</v>
+        <v>242</v>
       </c>
       <c r="B846" t="s">
+        <v>4709</v>
+      </c>
+      <c r="C846" t="s">
         <v>4710</v>
       </c>
-      <c r="C846" t="s">
+      <c r="D846" t="s">
         <v>4711</v>
       </c>
-      <c r="D846" t="s">
+      <c r="E846" t="s">
         <v>4712</v>
       </c>
-      <c r="E846" t="s">
+      <c r="F846" t="s">
         <v>4713</v>
       </c>
-      <c r="F846" t="s">
+      <c r="G846" t="s">
         <v>4714</v>
       </c>
-      <c r="G846" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H846">
-        <v>6</v>
+        <v>126</v>
       </c>
       <c r="I846">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="847" spans="1:9">
       <c r="A847">
-        <v>70</v>
+        <v>234</v>
       </c>
       <c r="B847" t="s">
+        <v>4715</v>
+      </c>
+      <c r="C847" t="s">
         <v>4716</v>
       </c>
-      <c r="C847" t="s">
+      <c r="D847" t="s">
         <v>4717</v>
       </c>
-      <c r="D847" t="s">
+      <c r="E847" t="s">
         <v>4718</v>
       </c>
-      <c r="E847" t="s">
+      <c r="F847" t="s">
         <v>4719</v>
       </c>
-      <c r="F847" t="s">
+      <c r="G847" t="s">
         <v>4720</v>
       </c>
-      <c r="G847" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H847">
-        <v>1164</v>
+        <v>0</v>
       </c>
       <c r="I847">
-        <v>72</v>
+        <v>0</v>
       </c>
     </row>
     <row r="848" spans="1:9">
       <c r="A848">
-        <v>69</v>
+        <v>237</v>
       </c>
       <c r="B848" t="s">
+        <v>4721</v>
+      </c>
+      <c r="C848" t="s">
         <v>4722</v>
       </c>
-      <c r="C848" t="s">
+      <c r="D848" t="s">
         <v>4723</v>
       </c>
-      <c r="D848" t="s">
+      <c r="E848" t="s">
         <v>4724</v>
       </c>
-      <c r="E848" t="s">
+      <c r="F848" t="s">
         <v>4725</v>
       </c>
-      <c r="F848" t="s">
+      <c r="G848" t="s">
         <v>4726</v>
       </c>
-      <c r="G848" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H848">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="I848">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="849" spans="1:9">
       <c r="A849">
-        <v>73</v>
+        <v>236</v>
       </c>
       <c r="B849" t="s">
+        <v>4592</v>
+      </c>
+      <c r="C849" t="s">
+        <v>4727</v>
+      </c>
+      <c r="D849" t="s">
         <v>4728</v>
       </c>
-      <c r="C849" t="s">
+      <c r="E849" t="s">
         <v>4729</v>
       </c>
-      <c r="D849" t="s">
+      <c r="F849" t="s">
         <v>4730</v>
       </c>
-      <c r="E849" t="s">
+      <c r="G849" t="s">
         <v>4731</v>
       </c>
-      <c r="F849" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H849">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="I849">
         <v>0</v>
       </c>
     </row>
     <row r="850" spans="1:9">
       <c r="A850">
-        <v>72</v>
+        <v>238</v>
       </c>
       <c r="B850" t="s">
+        <v>4732</v>
+      </c>
+      <c r="C850" t="s">
+        <v>4733</v>
+      </c>
+      <c r="D850" t="s">
         <v>4734</v>
       </c>
-      <c r="C850" t="s">
+      <c r="E850" t="s">
         <v>4735</v>
       </c>
-      <c r="D850" t="s">
+      <c r="F850" t="s">
         <v>4736</v>
       </c>
-      <c r="E850" t="s">
+      <c r="G850" t="s">
         <v>4737</v>
       </c>
-      <c r="F850" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H850">
         <v>0</v>
       </c>
       <c r="I850">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="851" spans="1:9">
       <c r="A851">
-        <v>71</v>
+        <v>232</v>
       </c>
       <c r="B851" t="s">
+        <v>4738</v>
+      </c>
+      <c r="C851" t="s">
+        <v>4739</v>
+      </c>
+      <c r="D851" t="s">
         <v>4740</v>
       </c>
-      <c r="C851" t="s">
+      <c r="E851" t="s">
         <v>4741</v>
       </c>
-      <c r="D851" t="s">
+      <c r="F851" t="s">
         <v>4742</v>
       </c>
-      <c r="E851" t="s">
+      <c r="G851" t="s">
         <v>4743</v>
       </c>
-      <c r="F851" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H851">
-        <v>193</v>
+        <v>0</v>
       </c>
       <c r="I851">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="852" spans="1:9">
       <c r="A852">
-        <v>75</v>
+        <v>233</v>
       </c>
       <c r="B852" t="s">
+        <v>4744</v>
+      </c>
+      <c r="C852" t="s">
+        <v>4745</v>
+      </c>
+      <c r="D852" t="s">
         <v>4746</v>
       </c>
-      <c r="C852" t="s">
+      <c r="E852" t="s">
         <v>4747</v>
       </c>
-      <c r="D852" t="s">
+      <c r="F852" t="s">
         <v>4748</v>
       </c>
-      <c r="E852" t="s">
+      <c r="G852" t="s">
         <v>4749</v>
       </c>
-      <c r="F852" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H852">
-        <v>0</v>
+        <v>39</v>
       </c>
       <c r="I852">
-        <v>0</v>
+        <v>35</v>
       </c>
     </row>
     <row r="853" spans="1:9">
       <c r="A853">
-        <v>78</v>
+        <v>231</v>
       </c>
       <c r="B853" t="s">
+        <v>4750</v>
+      </c>
+      <c r="C853" t="s">
+        <v>4751</v>
+      </c>
+      <c r="D853" t="s">
         <v>4752</v>
       </c>
-      <c r="C853" t="s">
+      <c r="E853" t="s">
         <v>4753</v>
       </c>
-      <c r="D853" t="s">
+      <c r="F853" t="s">
         <v>4754</v>
       </c>
-      <c r="E853" t="s">
+      <c r="G853" t="s">
         <v>4755</v>
       </c>
-      <c r="F853" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H853">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="I853">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="854" spans="1:9">
       <c r="A854">
-        <v>68</v>
+        <v>229</v>
       </c>
       <c r="B854" t="s">
-        <v>4677</v>
+        <v>747</v>
       </c>
       <c r="C854" t="s">
+        <v>4756</v>
+      </c>
+      <c r="D854" t="s">
+        <v>4757</v>
+      </c>
+      <c r="E854" t="s">
         <v>4758</v>
       </c>
-      <c r="D854" t="s">
+      <c r="F854" t="s">
         <v>4759</v>
       </c>
-      <c r="E854" t="s">
+      <c r="G854" t="s">
         <v>4760</v>
       </c>
-      <c r="F854" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H854">
-        <v>0</v>
+        <v>159</v>
       </c>
       <c r="I854">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="855" spans="1:9">
       <c r="A855">
-        <v>67</v>
+        <v>230</v>
       </c>
       <c r="B855" t="s">
+        <v>4761</v>
+      </c>
+      <c r="C855" t="s">
+        <v>4762</v>
+      </c>
+      <c r="D855" t="s">
         <v>4763</v>
       </c>
-      <c r="C855" t="s">
+      <c r="E855" t="s">
         <v>4764</v>
       </c>
-      <c r="D855" t="s">
+      <c r="F855" t="s">
         <v>4765</v>
       </c>
-      <c r="E855" t="s">
+      <c r="G855" t="s">
         <v>4766</v>
       </c>
-      <c r="F855" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H855">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I855">
         <v>1</v>
       </c>
     </row>
     <row r="856" spans="1:9">
       <c r="A856">
-        <v>66</v>
+        <v>235</v>
       </c>
       <c r="B856" t="s">
-        <v>2303</v>
+        <v>4767</v>
       </c>
       <c r="C856" t="s">
+        <v>4768</v>
+      </c>
+      <c r="D856" t="s">
         <v>4769</v>
       </c>
-      <c r="D856" t="s">
+      <c r="E856" t="s">
         <v>4770</v>
       </c>
-      <c r="E856" t="s">
+      <c r="F856" t="s">
         <v>4771</v>
       </c>
-      <c r="F856" t="s">
+      <c r="G856" t="s">
         <v>4772</v>
       </c>
-      <c r="G856" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H856">
-        <v>84</v>
+        <v>5</v>
       </c>
       <c r="I856">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="857" spans="1:9">
       <c r="A857">
-        <v>64</v>
+        <v>228</v>
       </c>
       <c r="B857" t="s">
+        <v>689</v>
+      </c>
+      <c r="C857" t="s">
         <v>4773</v>
       </c>
-      <c r="C857" t="s">
+      <c r="D857" t="s">
         <v>4774</v>
       </c>
-      <c r="D857" t="s">
+      <c r="E857" t="s">
         <v>4775</v>
       </c>
-      <c r="E857" t="s">
+      <c r="F857" t="s">
         <v>4776</v>
       </c>
-      <c r="F857" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G857" t="s">
-        <v>4778</v>
+        <v>694</v>
       </c>
       <c r="H857">
-        <v>0</v>
+        <v>389</v>
       </c>
       <c r="I857">
-        <v>0</v>
+        <v>36</v>
       </c>
     </row>
     <row r="858" spans="1:9">
       <c r="A858">
-        <v>63</v>
+        <v>227</v>
       </c>
       <c r="B858" t="s">
+        <v>3008</v>
+      </c>
+      <c r="C858" t="s">
+        <v>4777</v>
+      </c>
+      <c r="D858" t="s">
+        <v>4778</v>
+      </c>
+      <c r="E858" t="s">
         <v>4779</v>
       </c>
-      <c r="C858" t="s">
+      <c r="F858" t="s">
         <v>4780</v>
       </c>
-      <c r="D858" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G858" t="s">
-        <v>4784</v>
+        <v>3013</v>
       </c>
       <c r="H858">
-        <v>12</v>
+        <v>6041</v>
       </c>
       <c r="I858">
-        <v>4</v>
+        <v>350</v>
       </c>
     </row>
     <row r="859" spans="1:9">
       <c r="A859">
-        <v>62</v>
+        <v>224</v>
       </c>
       <c r="B859" t="s">
-        <v>4071</v>
+        <v>4781</v>
       </c>
       <c r="C859" t="s">
+        <v>4782</v>
+      </c>
+      <c r="D859" t="s">
+        <v>4783</v>
+      </c>
+      <c r="E859" t="s">
+        <v>4784</v>
+      </c>
+      <c r="F859" t="s">
         <v>4785</v>
       </c>
-      <c r="D859" t="s">
+      <c r="G859" t="s">
         <v>4786</v>
       </c>
-      <c r="E859" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H859">
-        <v>85</v>
+        <v>1</v>
       </c>
       <c r="I859">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="860" spans="1:9">
       <c r="A860">
-        <v>65</v>
+        <v>223</v>
       </c>
       <c r="B860" t="s">
+        <v>4787</v>
+      </c>
+      <c r="C860" t="s">
+        <v>4788</v>
+      </c>
+      <c r="D860" t="s">
+        <v>4789</v>
+      </c>
+      <c r="E860" t="s">
         <v>4790</v>
       </c>
-      <c r="C860" t="s">
+      <c r="F860" t="s">
         <v>4791</v>
       </c>
-      <c r="D860" t="s">
+      <c r="G860" t="s">
         <v>4792</v>
       </c>
-      <c r="E860" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H860">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I860">
         <v>0</v>
       </c>
     </row>
     <row r="861" spans="1:9">
       <c r="A861">
-        <v>61</v>
+        <v>226</v>
       </c>
       <c r="B861" t="s">
-        <v>3766</v>
+        <v>753</v>
       </c>
       <c r="C861" t="s">
+        <v>4793</v>
+      </c>
+      <c r="D861" t="s">
+        <v>4794</v>
+      </c>
+      <c r="E861" t="s">
+        <v>4795</v>
+      </c>
+      <c r="F861" t="s">
         <v>4796</v>
       </c>
-      <c r="D861" t="s">
+      <c r="G861" t="s">
         <v>4797</v>
       </c>
-      <c r="E861" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H861">
-        <v>16</v>
+        <v>740</v>
       </c>
       <c r="I861">
-        <v>7</v>
+        <v>107</v>
       </c>
     </row>
     <row r="862" spans="1:9">
       <c r="A862">
-        <v>60</v>
+        <v>217</v>
       </c>
       <c r="B862" t="s">
+        <v>4798</v>
+      </c>
+      <c r="C862" t="s">
+        <v>4799</v>
+      </c>
+      <c r="D862" t="s">
+        <v>4800</v>
+      </c>
+      <c r="E862" t="s">
         <v>4801</v>
       </c>
-      <c r="C862" t="s">
+      <c r="F862" t="s">
         <v>4802</v>
       </c>
-      <c r="D862" t="s">
+      <c r="G862" t="s">
         <v>4803</v>
       </c>
-      <c r="E862" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H862">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I862">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="863" spans="1:9">
       <c r="A863">
-        <v>56</v>
+        <v>220</v>
       </c>
       <c r="B863" t="s">
+        <v>4804</v>
+      </c>
+      <c r="C863" t="s">
+        <v>4805</v>
+      </c>
+      <c r="D863" t="s">
+        <v>4806</v>
+      </c>
+      <c r="E863" t="s">
         <v>4807</v>
       </c>
-      <c r="C863" t="s">
+      <c r="F863" t="s">
         <v>4808</v>
       </c>
-      <c r="D863" t="s">
+      <c r="G863" t="s">
         <v>4809</v>
       </c>
-      <c r="E863" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H863">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="I863">
-        <v>2</v>
+        <v>7</v>
       </c>
     </row>
     <row r="864" spans="1:9">
       <c r="A864">
-        <v>58</v>
+        <v>216</v>
       </c>
       <c r="B864" t="s">
+        <v>4077</v>
+      </c>
+      <c r="C864" t="s">
+        <v>4810</v>
+      </c>
+      <c r="D864" t="s">
+        <v>4811</v>
+      </c>
+      <c r="E864" t="s">
+        <v>4812</v>
+      </c>
+      <c r="F864" t="s">
         <v>4813</v>
       </c>
-      <c r="C864" t="s">
+      <c r="G864" t="s">
         <v>4814</v>
       </c>
-      <c r="D864" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H864">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="I864">
-        <v>11</v>
+        <v>2</v>
       </c>
     </row>
     <row r="865" spans="1:9">
       <c r="A865">
-        <v>55</v>
+        <v>225</v>
       </c>
       <c r="B865" t="s">
-        <v>353</v>
+        <v>4559</v>
       </c>
       <c r="C865" t="s">
+        <v>4815</v>
+      </c>
+      <c r="D865" t="s">
+        <v>4816</v>
+      </c>
+      <c r="E865" t="s">
+        <v>4817</v>
+      </c>
+      <c r="F865" t="s">
+        <v>4818</v>
+      </c>
+      <c r="G865" t="s">
         <v>4819</v>
       </c>
-      <c r="D865" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H865">
-        <v>411</v>
+        <v>470</v>
       </c>
       <c r="I865">
-        <v>85</v>
+        <v>129</v>
       </c>
     </row>
     <row r="866" spans="1:9">
       <c r="A866">
-        <v>59</v>
+        <v>218</v>
       </c>
       <c r="B866" t="s">
-        <v>251</v>
+        <v>4820</v>
       </c>
       <c r="C866" t="s">
+        <v>4821</v>
+      </c>
+      <c r="D866" t="s">
+        <v>4822</v>
+      </c>
+      <c r="E866" t="s">
         <v>4823</v>
       </c>
-      <c r="D866" t="s">
+      <c r="F866" t="s">
         <v>4824</v>
       </c>
-      <c r="E866" t="s">
+      <c r="G866" t="s">
         <v>4825</v>
       </c>
-      <c r="F866" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H866">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="I866">
-        <v>0</v>
+        <v>17</v>
       </c>
     </row>
     <row r="867" spans="1:9">
       <c r="A867">
-        <v>57</v>
+        <v>221</v>
       </c>
       <c r="B867" t="s">
-        <v>840</v>
+        <v>4826</v>
       </c>
       <c r="C867" t="s">
+        <v>4827</v>
+      </c>
+      <c r="D867" t="s">
         <v>4828</v>
       </c>
-      <c r="D867" t="s">
+      <c r="E867" t="s">
         <v>4829</v>
       </c>
-      <c r="E867" t="s">
+      <c r="F867" t="s">
         <v>4830</v>
       </c>
-      <c r="F867" t="s">
+      <c r="G867" t="s">
         <v>4831</v>
       </c>
-      <c r="G867" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H867">
-        <v>424</v>
+        <v>0</v>
       </c>
       <c r="I867">
-        <v>90</v>
+        <v>2</v>
       </c>
     </row>
     <row r="868" spans="1:9">
       <c r="A868">
-        <v>54</v>
+        <v>219</v>
       </c>
       <c r="B868" t="s">
-        <v>1184</v>
+        <v>4832</v>
       </c>
       <c r="C868" t="s">
         <v>4833</v>
       </c>
       <c r="D868" t="s">
         <v>4834</v>
       </c>
       <c r="E868" t="s">
         <v>4835</v>
       </c>
       <c r="F868" t="s">
         <v>4836</v>
       </c>
       <c r="G868" t="s">
         <v>4837</v>
       </c>
       <c r="H868">
         <v>0</v>
       </c>
       <c r="I868">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="869" spans="1:9">
       <c r="A869">
-        <v>53</v>
+        <v>222</v>
       </c>
       <c r="B869" t="s">
-        <v>2953</v>
+        <v>4838</v>
       </c>
       <c r="C869" t="s">
-        <v>4838</v>
+        <v>4839</v>
       </c>
       <c r="D869" t="s">
-        <v>4839</v>
+        <v>4840</v>
       </c>
       <c r="E869" t="s">
-        <v>4840</v>
+        <v>4841</v>
       </c>
       <c r="F869" t="s">
-        <v>4841</v>
+        <v>4842</v>
       </c>
       <c r="G869" t="s">
-        <v>4842</v>
+        <v>4843</v>
       </c>
       <c r="H869">
-        <v>151</v>
+        <v>0</v>
       </c>
       <c r="I869">
-        <v>43</v>
+        <v>0</v>
       </c>
     </row>
     <row r="870" spans="1:9">
       <c r="A870">
-        <v>51</v>
+        <v>214</v>
       </c>
       <c r="B870" t="s">
-        <v>4843</v>
+        <v>2749</v>
       </c>
       <c r="C870" t="s">
         <v>4844</v>
       </c>
       <c r="D870" t="s">
         <v>4845</v>
       </c>
       <c r="E870" t="s">
         <v>4846</v>
       </c>
       <c r="F870" t="s">
         <v>4847</v>
       </c>
       <c r="G870" t="s">
-        <v>4848</v>
+        <v>2754</v>
       </c>
       <c r="H870">
-        <v>0</v>
+        <v>78</v>
       </c>
       <c r="I870">
-        <v>0</v>
+        <v>24</v>
       </c>
     </row>
     <row r="871" spans="1:9">
       <c r="A871">
-        <v>52</v>
+        <v>213</v>
       </c>
       <c r="B871" t="s">
+        <v>4848</v>
+      </c>
+      <c r="C871" t="s">
         <v>4849</v>
       </c>
-      <c r="C871" t="s">
+      <c r="D871" t="s">
         <v>4850</v>
       </c>
-      <c r="D871" t="s">
+      <c r="E871" t="s">
         <v>4851</v>
       </c>
-      <c r="E871" t="s">
+      <c r="F871" t="s">
         <v>4852</v>
       </c>
-      <c r="F871" t="s">
+      <c r="G871" t="s">
         <v>4853</v>
       </c>
-      <c r="G871" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H871">
-        <v>0</v>
+        <v>17000</v>
       </c>
       <c r="I871">
-        <v>0</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="872" spans="1:9">
       <c r="A872">
-        <v>50</v>
+        <v>215</v>
       </c>
       <c r="B872" t="s">
-        <v>353</v>
+        <v>4854</v>
       </c>
       <c r="C872" t="s">
         <v>4855</v>
       </c>
       <c r="D872" t="s">
         <v>4856</v>
       </c>
       <c r="E872" t="s">
         <v>4857</v>
       </c>
       <c r="F872" t="s">
         <v>4858</v>
       </c>
       <c r="G872" t="s">
-        <v>358</v>
+        <v>4859</v>
       </c>
       <c r="H872">
-        <v>260</v>
+        <v>36</v>
       </c>
       <c r="I872">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="873" spans="1:9">
       <c r="A873">
-        <v>48</v>
+        <v>212</v>
       </c>
       <c r="B873" t="s">
-        <v>4859</v>
+        <v>4860</v>
       </c>
       <c r="C873" t="s">
-        <v>4860</v>
+        <v>4861</v>
       </c>
       <c r="D873" t="s">
-        <v>4861</v>
+        <v>4862</v>
       </c>
       <c r="E873" t="s">
-        <v>4862</v>
+        <v>4863</v>
       </c>
       <c r="F873" t="s">
-        <v>4863</v>
+        <v>4864</v>
       </c>
       <c r="G873" t="s">
-        <v>4864</v>
+        <v>4865</v>
       </c>
       <c r="H873">
         <v>0</v>
       </c>
       <c r="I873">
         <v>0</v>
       </c>
     </row>
     <row r="874" spans="1:9">
       <c r="A874">
-        <v>49</v>
+        <v>211</v>
       </c>
       <c r="B874" t="s">
-        <v>4865</v>
+        <v>2161</v>
       </c>
       <c r="C874" t="s">
         <v>4866</v>
       </c>
       <c r="D874" t="s">
         <v>4867</v>
       </c>
       <c r="E874" t="s">
         <v>4868</v>
       </c>
       <c r="F874" t="s">
         <v>4869</v>
       </c>
       <c r="G874" t="s">
         <v>4870</v>
       </c>
       <c r="H874">
-        <v>34</v>
+        <v>811</v>
       </c>
       <c r="I874">
-        <v>45</v>
+        <v>57</v>
       </c>
     </row>
     <row r="875" spans="1:9">
       <c r="A875">
-        <v>46</v>
+        <v>210</v>
       </c>
       <c r="B875" t="s">
         <v>4871</v>
       </c>
       <c r="C875" t="s">
         <v>4872</v>
       </c>
       <c r="D875" t="s">
         <v>4873</v>
       </c>
       <c r="E875" t="s">
         <v>4874</v>
       </c>
       <c r="F875" t="s">
         <v>4875</v>
       </c>
       <c r="G875" t="s">
         <v>4876</v>
       </c>
       <c r="H875">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I875">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="876" spans="1:9">
       <c r="A876">
-        <v>45</v>
+        <v>209</v>
       </c>
       <c r="B876" t="s">
-        <v>3663</v>
+        <v>4877</v>
       </c>
       <c r="C876" t="s">
-        <v>4877</v>
+        <v>4878</v>
       </c>
       <c r="D876" t="s">
-        <v>4878</v>
+        <v>4879</v>
       </c>
       <c r="E876" t="s">
-        <v>4879</v>
+        <v>4880</v>
       </c>
       <c r="F876" t="s">
-        <v>4880</v>
+        <v>4881</v>
       </c>
       <c r="G876" t="s">
-        <v>4881</v>
+        <v>4882</v>
       </c>
       <c r="H876">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="I876">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="877" spans="1:9">
       <c r="A877">
-        <v>43</v>
+        <v>208</v>
       </c>
       <c r="B877" t="s">
-        <v>4882</v>
+        <v>3948</v>
       </c>
       <c r="C877" t="s">
         <v>4883</v>
       </c>
       <c r="D877" t="s">
         <v>4884</v>
       </c>
       <c r="E877" t="s">
         <v>4885</v>
       </c>
       <c r="F877" t="s">
         <v>4886</v>
       </c>
       <c r="G877" t="s">
         <v>4887</v>
       </c>
       <c r="H877">
-        <v>0</v>
+        <v>194</v>
       </c>
       <c r="I877">
-        <v>0</v>
+        <v>15</v>
       </c>
     </row>
     <row r="878" spans="1:9">
       <c r="A878">
-        <v>44</v>
+        <v>207</v>
       </c>
       <c r="B878" t="s">
         <v>4888</v>
       </c>
       <c r="C878" t="s">
         <v>4889</v>
       </c>
       <c r="D878" t="s">
         <v>4890</v>
       </c>
       <c r="E878" t="s">
         <v>4891</v>
       </c>
       <c r="F878" t="s">
         <v>4892</v>
       </c>
       <c r="G878" t="s">
         <v>4893</v>
       </c>
       <c r="H878">
-        <v>1</v>
+        <v>92</v>
       </c>
       <c r="I878">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="879" spans="1:9">
       <c r="A879">
-        <v>47</v>
+        <v>206</v>
       </c>
       <c r="B879" t="s">
         <v>4894</v>
       </c>
       <c r="C879" t="s">
         <v>4895</v>
       </c>
       <c r="D879" t="s">
         <v>4896</v>
       </c>
       <c r="E879" t="s">
         <v>4897</v>
       </c>
       <c r="F879" t="s">
         <v>4898</v>
       </c>
       <c r="G879" t="s">
         <v>4899</v>
       </c>
       <c r="H879">
-        <v>1168</v>
+        <v>112</v>
       </c>
       <c r="I879">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="880" spans="1:9">
       <c r="A880">
-        <v>42</v>
+        <v>205</v>
       </c>
       <c r="B880" t="s">
+        <v>597</v>
+      </c>
+      <c r="C880" t="s">
         <v>4900</v>
       </c>
-      <c r="C880" t="s">
+      <c r="D880" t="s">
         <v>4901</v>
       </c>
-      <c r="D880" t="s">
+      <c r="E880" t="s">
         <v>4902</v>
       </c>
-      <c r="E880" t="s">
+      <c r="F880" t="s">
         <v>4903</v>
       </c>
-      <c r="F880" t="s">
+      <c r="G880" t="s">
         <v>4904</v>
       </c>
-      <c r="G880" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H880">
-        <v>1</v>
+        <v>898</v>
       </c>
       <c r="I880">
-        <v>0</v>
+        <v>59</v>
       </c>
     </row>
     <row r="881" spans="1:9">
       <c r="A881">
-        <v>40</v>
+        <v>201</v>
       </c>
       <c r="B881" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C881" t="s">
+        <v>4905</v>
+      </c>
+      <c r="D881" t="s">
         <v>4906</v>
       </c>
-      <c r="C881" t="s">
+      <c r="E881" t="s">
         <v>4907</v>
       </c>
-      <c r="D881" t="s">
+      <c r="F881" t="s">
         <v>4908</v>
       </c>
-      <c r="E881" t="s">
+      <c r="G881" t="s">
         <v>4909</v>
       </c>
-      <c r="F881" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H881">
-        <v>0</v>
+        <v>118</v>
       </c>
       <c r="I881">
-        <v>7</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="882" spans="1:9">
       <c r="A882">
-        <v>36</v>
+        <v>204</v>
       </c>
       <c r="B882" t="s">
-        <v>776</v>
+        <v>4910</v>
       </c>
       <c r="C882" t="s">
+        <v>4911</v>
+      </c>
+      <c r="D882" t="s">
         <v>4912</v>
       </c>
-      <c r="D882" t="s">
+      <c r="E882" t="s">
         <v>4913</v>
       </c>
-      <c r="E882" t="s">
+      <c r="F882" t="s">
         <v>4914</v>
       </c>
-      <c r="F882" t="s">
+      <c r="G882" t="s">
         <v>4915</v>
       </c>
-      <c r="G882" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H882">
-        <v>1091</v>
+        <v>551</v>
       </c>
       <c r="I882">
-        <v>82</v>
+        <v>10</v>
       </c>
     </row>
     <row r="883" spans="1:9">
       <c r="A883">
-        <v>38</v>
+        <v>202</v>
       </c>
       <c r="B883" t="s">
-        <v>197</v>
+        <v>4916</v>
       </c>
       <c r="C883" t="s">
         <v>4917</v>
       </c>
       <c r="D883" t="s">
         <v>4918</v>
       </c>
       <c r="E883" t="s">
         <v>4919</v>
       </c>
       <c r="F883" t="s">
         <v>4920</v>
       </c>
       <c r="G883" t="s">
-        <v>492</v>
+        <v>4921</v>
       </c>
       <c r="H883">
-        <v>1</v>
+        <v>29</v>
       </c>
       <c r="I883">
-        <v>0</v>
+        <v>17</v>
       </c>
     </row>
     <row r="884" spans="1:9">
       <c r="A884">
-        <v>35</v>
+        <v>203</v>
       </c>
       <c r="B884" t="s">
-        <v>123</v>
+        <v>4922</v>
       </c>
       <c r="C884" t="s">
-        <v>4921</v>
+        <v>4923</v>
       </c>
       <c r="D884" t="s">
-        <v>4922</v>
+        <v>4924</v>
       </c>
       <c r="E884" t="s">
-        <v>4923</v>
+        <v>4925</v>
       </c>
       <c r="F884" t="s">
-        <v>4924</v>
+        <v>4926</v>
       </c>
       <c r="G884" t="s">
-        <v>128</v>
+        <v>4927</v>
       </c>
       <c r="H884">
-        <v>65</v>
+        <v>6</v>
       </c>
       <c r="I884">
-        <v>18</v>
+        <v>3</v>
       </c>
     </row>
     <row r="885" spans="1:9">
       <c r="A885">
-        <v>37</v>
+        <v>196</v>
       </c>
       <c r="B885" t="s">
-        <v>776</v>
+        <v>4928</v>
       </c>
       <c r="C885" t="s">
-        <v>4925</v>
+        <v>4929</v>
       </c>
       <c r="D885" t="s">
-        <v>4926</v>
+        <v>4930</v>
       </c>
       <c r="E885" t="s">
-        <v>4927</v>
+        <v>4931</v>
       </c>
       <c r="F885" t="s">
-        <v>4928</v>
+        <v>4932</v>
       </c>
       <c r="G885" t="s">
-        <v>781</v>
+        <v>4933</v>
       </c>
       <c r="H885">
-        <v>1126</v>
+        <v>1</v>
       </c>
       <c r="I885">
-        <v>143</v>
+        <v>10</v>
       </c>
     </row>
     <row r="886" spans="1:9">
       <c r="A886">
-        <v>39</v>
+        <v>195</v>
       </c>
       <c r="B886" t="s">
-        <v>4929</v>
+        <v>4934</v>
       </c>
       <c r="C886" t="s">
-        <v>4930</v>
+        <v>4935</v>
       </c>
       <c r="D886" t="s">
-        <v>4931</v>
+        <v>4936</v>
       </c>
       <c r="E886" t="s">
-        <v>4932</v>
+        <v>4937</v>
       </c>
       <c r="F886" t="s">
-        <v>4933</v>
+        <v>4938</v>
       </c>
       <c r="G886" t="s">
-        <v>4934</v>
+        <v>4939</v>
       </c>
       <c r="H886">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="I886">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="887" spans="1:9">
       <c r="A887">
-        <v>34</v>
+        <v>200</v>
       </c>
       <c r="B887" t="s">
-        <v>587</v>
+        <v>4940</v>
       </c>
       <c r="C887" t="s">
-        <v>4935</v>
+        <v>4941</v>
       </c>
       <c r="D887" t="s">
-        <v>4936</v>
+        <v>4942</v>
       </c>
       <c r="E887" t="s">
-        <v>4937</v>
+        <v>4943</v>
       </c>
       <c r="F887" t="s">
-        <v>4938</v>
+        <v>4944</v>
       </c>
       <c r="G887" t="s">
-        <v>4939</v>
+        <v>4945</v>
       </c>
       <c r="H887">
-        <v>616</v>
+        <v>30</v>
       </c>
       <c r="I887">
-        <v>78</v>
+        <v>0</v>
       </c>
     </row>
     <row r="888" spans="1:9">
       <c r="A888">
-        <v>33</v>
+        <v>197</v>
       </c>
       <c r="B888" t="s">
-        <v>4940</v>
+        <v>4946</v>
       </c>
       <c r="C888" t="s">
-        <v>4941</v>
+        <v>4751</v>
       </c>
       <c r="D888" t="s">
-        <v>4942</v>
+        <v>4947</v>
       </c>
       <c r="E888" t="s">
-        <v>4943</v>
+        <v>4948</v>
       </c>
       <c r="F888" t="s">
-        <v>4944</v>
+        <v>4949</v>
       </c>
       <c r="G888" t="s">
-        <v>4945</v>
+        <v>4950</v>
       </c>
       <c r="H888">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I888">
-        <v>0</v>
+        <v>11</v>
       </c>
     </row>
     <row r="889" spans="1:9">
       <c r="A889">
-        <v>31</v>
+        <v>194</v>
       </c>
       <c r="B889" t="s">
-        <v>4946</v>
+        <v>1270</v>
       </c>
       <c r="C889" t="s">
-        <v>4947</v>
+        <v>4951</v>
       </c>
       <c r="D889" t="s">
-        <v>4948</v>
+        <v>4952</v>
       </c>
       <c r="E889" t="s">
-        <v>4949</v>
+        <v>4953</v>
       </c>
       <c r="F889" t="s">
-        <v>4950</v>
+        <v>4954</v>
       </c>
       <c r="G889" t="s">
-        <v>4951</v>
+        <v>3745</v>
       </c>
       <c r="H889">
-        <v>6</v>
+        <v>145</v>
       </c>
       <c r="I889">
-        <v>4</v>
+        <v>14</v>
       </c>
     </row>
     <row r="890" spans="1:9">
       <c r="A890">
-        <v>32</v>
+        <v>198</v>
       </c>
       <c r="B890" t="s">
-        <v>4952</v>
+        <v>4955</v>
       </c>
       <c r="C890" t="s">
-        <v>4953</v>
+        <v>4956</v>
       </c>
       <c r="D890" t="s">
-        <v>4954</v>
+        <v>4957</v>
       </c>
       <c r="E890" t="s">
-        <v>4955</v>
+        <v>4958</v>
       </c>
       <c r="F890" t="s">
-        <v>4956</v>
+        <v>4959</v>
       </c>
       <c r="G890" t="s">
-        <v>4957</v>
+        <v>4960</v>
       </c>
       <c r="H890">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="I890">
         <v>1</v>
       </c>
     </row>
     <row r="891" spans="1:9">
       <c r="A891">
-        <v>30</v>
+        <v>192</v>
       </c>
       <c r="B891" t="s">
-        <v>4958</v>
+        <v>4961</v>
       </c>
       <c r="C891" t="s">
-        <v>4959</v>
+        <v>4962</v>
       </c>
       <c r="D891" t="s">
-        <v>4960</v>
+        <v>4963</v>
       </c>
       <c r="E891" t="s">
-        <v>4961</v>
+        <v>4964</v>
       </c>
       <c r="F891" t="s">
-        <v>4962</v>
+        <v>4965</v>
       </c>
       <c r="G891" t="s">
-        <v>4963</v>
+        <v>4966</v>
       </c>
       <c r="H891">
-        <v>0</v>
+        <v>78</v>
       </c>
       <c r="I891">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="892" spans="1:9">
       <c r="A892">
-        <v>27</v>
+        <v>193</v>
       </c>
       <c r="B892" t="s">
-        <v>776</v>
+        <v>4967</v>
       </c>
       <c r="C892" t="s">
-        <v>4964</v>
+        <v>4968</v>
       </c>
       <c r="D892" t="s">
-        <v>4965</v>
+        <v>4969</v>
       </c>
       <c r="E892" t="s">
-        <v>4966</v>
+        <v>4970</v>
       </c>
       <c r="F892" t="s">
-        <v>4967</v>
+        <v>4971</v>
       </c>
       <c r="G892" t="s">
-        <v>781</v>
+        <v>4972</v>
       </c>
       <c r="H892">
-        <v>463</v>
+        <v>30</v>
       </c>
       <c r="I892">
-        <v>40</v>
+        <v>1</v>
       </c>
     </row>
     <row r="893" spans="1:9">
       <c r="A893">
-        <v>26</v>
+        <v>199</v>
       </c>
       <c r="B893" t="s">
-        <v>593</v>
+        <v>4973</v>
       </c>
       <c r="C893" t="s">
-        <v>4968</v>
+        <v>4974</v>
       </c>
       <c r="D893" t="s">
-        <v>4969</v>
+        <v>4975</v>
       </c>
       <c r="E893" t="s">
-        <v>4970</v>
+        <v>4976</v>
       </c>
       <c r="F893" t="s">
-        <v>4971</v>
+        <v>4977</v>
       </c>
       <c r="G893" t="s">
-        <v>775</v>
+        <v>4978</v>
       </c>
       <c r="H893">
-        <v>4282</v>
+        <v>0</v>
       </c>
       <c r="I893">
-        <v>450</v>
+        <v>0</v>
       </c>
     </row>
     <row r="894" spans="1:9">
       <c r="A894">
-        <v>24</v>
+        <v>190</v>
       </c>
       <c r="B894" t="s">
-        <v>3636</v>
+        <v>3681</v>
       </c>
       <c r="C894" t="s">
-        <v>4972</v>
+        <v>4979</v>
       </c>
       <c r="D894" t="s">
-        <v>4973</v>
+        <v>4980</v>
       </c>
       <c r="E894" t="s">
-        <v>4974</v>
+        <v>4981</v>
       </c>
       <c r="F894" t="s">
-        <v>4975</v>
+        <v>4982</v>
       </c>
       <c r="G894" t="s">
-        <v>4976</v>
+        <v>4983</v>
       </c>
       <c r="H894">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="I894">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="895" spans="1:9">
       <c r="A895">
-        <v>25</v>
+        <v>189</v>
       </c>
       <c r="B895" t="s">
-        <v>3663</v>
+        <v>4984</v>
       </c>
       <c r="C895" t="s">
-        <v>4977</v>
+        <v>4985</v>
       </c>
       <c r="D895" t="s">
-        <v>4978</v>
+        <v>4986</v>
       </c>
       <c r="E895" t="s">
-        <v>4979</v>
+        <v>4987</v>
       </c>
       <c r="F895" t="s">
-        <v>4980</v>
+        <v>4988</v>
       </c>
       <c r="G895" t="s">
-        <v>4981</v>
+        <v>4989</v>
       </c>
       <c r="H895">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I895">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="896" spans="1:9">
       <c r="A896">
-        <v>29</v>
+        <v>185</v>
       </c>
       <c r="B896" t="s">
-        <v>4982</v>
+        <v>1240</v>
       </c>
       <c r="C896" t="s">
-        <v>4983</v>
+        <v>4990</v>
       </c>
       <c r="D896" t="s">
-        <v>4984</v>
+        <v>4991</v>
       </c>
       <c r="E896" t="s">
-        <v>4985</v>
+        <v>4992</v>
       </c>
       <c r="F896" t="s">
-        <v>4986</v>
+        <v>4993</v>
       </c>
       <c r="G896" t="s">
-        <v>4987</v>
+        <v>4994</v>
       </c>
       <c r="H896">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I896">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="897" spans="1:9">
       <c r="A897">
-        <v>28</v>
+        <v>183</v>
       </c>
       <c r="B897" t="s">
-        <v>4988</v>
+        <v>3844</v>
       </c>
       <c r="C897" t="s">
-        <v>2399</v>
+        <v>4995</v>
       </c>
       <c r="D897" t="s">
-        <v>4989</v>
+        <v>4996</v>
       </c>
       <c r="E897" t="s">
-        <v>4990</v>
+        <v>4997</v>
       </c>
       <c r="F897" t="s">
-        <v>4991</v>
+        <v>4998</v>
       </c>
       <c r="G897" t="s">
-        <v>4992</v>
+        <v>4702</v>
       </c>
       <c r="H897">
-        <v>2</v>
+        <v>373</v>
       </c>
       <c r="I897">
-        <v>2</v>
+        <v>96</v>
       </c>
     </row>
     <row r="898" spans="1:9">
       <c r="A898">
-        <v>23</v>
+        <v>191</v>
       </c>
       <c r="B898" t="s">
-        <v>4993</v>
+        <v>4592</v>
       </c>
       <c r="C898" t="s">
-        <v>4994</v>
+        <v>4999</v>
       </c>
       <c r="D898" t="s">
-        <v>4995</v>
+        <v>5000</v>
       </c>
       <c r="E898" t="s">
-        <v>4996</v>
+        <v>5001</v>
       </c>
       <c r="F898" t="s">
-        <v>4997</v>
+        <v>5002</v>
       </c>
       <c r="G898" t="s">
-        <v>4998</v>
+        <v>5003</v>
       </c>
       <c r="H898">
         <v>0</v>
       </c>
       <c r="I898">
         <v>0</v>
       </c>
     </row>
     <row r="899" spans="1:9">
       <c r="A899">
-        <v>21</v>
+        <v>184</v>
       </c>
       <c r="B899" t="s">
-        <v>4999</v>
+        <v>5004</v>
       </c>
       <c r="C899" t="s">
-        <v>5000</v>
+        <v>5005</v>
       </c>
       <c r="D899" t="s">
-        <v>5001</v>
+        <v>5006</v>
       </c>
       <c r="E899" t="s">
-        <v>5002</v>
+        <v>5007</v>
       </c>
       <c r="F899" t="s">
-        <v>5003</v>
+        <v>5008</v>
       </c>
       <c r="G899" t="s">
-        <v>5004</v>
+        <v>5009</v>
       </c>
       <c r="H899">
         <v>0</v>
       </c>
       <c r="I899">
         <v>0</v>
       </c>
     </row>
     <row r="900" spans="1:9">
       <c r="A900">
-        <v>20</v>
+        <v>187</v>
       </c>
       <c r="B900" t="s">
-        <v>5005</v>
+        <v>5010</v>
       </c>
       <c r="C900" t="s">
-        <v>5006</v>
+        <v>5011</v>
       </c>
       <c r="D900" t="s">
-        <v>5007</v>
+        <v>5012</v>
       </c>
       <c r="E900" t="s">
-        <v>5008</v>
+        <v>5013</v>
       </c>
       <c r="F900" t="s">
-        <v>5009</v>
+        <v>5014</v>
       </c>
       <c r="G900" t="s">
-        <v>5010</v>
+        <v>5015</v>
       </c>
       <c r="H900">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="I900">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="901" spans="1:9">
       <c r="A901">
-        <v>19</v>
+        <v>188</v>
       </c>
       <c r="B901" t="s">
-        <v>776</v>
+        <v>5016</v>
       </c>
       <c r="C901" t="s">
-        <v>5011</v>
+        <v>5017</v>
       </c>
       <c r="D901" t="s">
-        <v>5012</v>
+        <v>5018</v>
       </c>
       <c r="E901" t="s">
-        <v>5013</v>
+        <v>5019</v>
       </c>
       <c r="F901" t="s">
-        <v>5014</v>
+        <v>5020</v>
       </c>
       <c r="G901" t="s">
-        <v>781</v>
+        <v>5021</v>
       </c>
       <c r="H901">
-        <v>570</v>
+        <v>4</v>
       </c>
       <c r="I901">
-        <v>70</v>
+        <v>0</v>
       </c>
     </row>
     <row r="902" spans="1:9">
       <c r="A902">
-        <v>18</v>
+        <v>180</v>
       </c>
       <c r="B902" t="s">
-        <v>4906</v>
+        <v>5022</v>
       </c>
       <c r="C902" t="s">
-        <v>5015</v>
+        <v>5023</v>
       </c>
       <c r="D902" t="s">
-        <v>5016</v>
+        <v>5024</v>
       </c>
       <c r="E902" t="s">
-        <v>5017</v>
+        <v>5025</v>
       </c>
       <c r="F902" t="s">
-        <v>5018</v>
+        <v>5026</v>
       </c>
       <c r="G902" t="s">
-        <v>5019</v>
+        <v>5027</v>
       </c>
       <c r="H902">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I902">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="903" spans="1:9">
       <c r="A903">
-        <v>22</v>
+        <v>181</v>
       </c>
       <c r="B903" t="s">
-        <v>5020</v>
+        <v>5028</v>
       </c>
       <c r="C903" t="s">
-        <v>5021</v>
+        <v>5029</v>
       </c>
       <c r="D903" t="s">
-        <v>5022</v>
+        <v>5030</v>
       </c>
       <c r="E903" t="s">
-        <v>5023</v>
+        <v>5031</v>
       </c>
       <c r="F903" t="s">
-        <v>5024</v>
+        <v>5032</v>
       </c>
       <c r="G903" t="s">
-        <v>5025</v>
+        <v>5033</v>
       </c>
       <c r="H903">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I903">
         <v>0</v>
       </c>
     </row>
     <row r="904" spans="1:9">
       <c r="A904">
-        <v>17</v>
+        <v>186</v>
       </c>
       <c r="B904" t="s">
-        <v>5026</v>
+        <v>5034</v>
       </c>
       <c r="C904" t="s">
-        <v>5027</v>
+        <v>5035</v>
       </c>
       <c r="D904" t="s">
-        <v>5028</v>
+        <v>5036</v>
       </c>
       <c r="E904" t="s">
-        <v>5029</v>
+        <v>5037</v>
       </c>
       <c r="F904" t="s">
-        <v>5030</v>
+        <v>5038</v>
       </c>
       <c r="G904" t="s">
-        <v>5031</v>
+        <v>5039</v>
       </c>
       <c r="H904">
-        <v>1</v>
+        <v>93</v>
       </c>
       <c r="I904">
-        <v>0</v>
+        <v>7</v>
       </c>
     </row>
     <row r="905" spans="1:9">
       <c r="A905">
-        <v>16</v>
+        <v>179</v>
       </c>
       <c r="B905" t="s">
-        <v>5032</v>
+        <v>5040</v>
       </c>
       <c r="C905" t="s">
-        <v>5033</v>
+        <v>5041</v>
       </c>
       <c r="D905" t="s">
-        <v>5034</v>
+        <v>5042</v>
       </c>
       <c r="E905" t="s">
-        <v>5035</v>
+        <v>5043</v>
       </c>
       <c r="F905" t="s">
-        <v>5036</v>
+        <v>5044</v>
       </c>
       <c r="G905" t="s">
-        <v>5037</v>
+        <v>5045</v>
       </c>
       <c r="H905">
-        <v>102</v>
+        <v>17000</v>
       </c>
       <c r="I905">
-        <v>1689</v>
+        <v>577</v>
       </c>
     </row>
     <row r="906" spans="1:9">
       <c r="A906">
-        <v>15</v>
+        <v>177</v>
       </c>
       <c r="B906" t="s">
-        <v>2297</v>
+        <v>5046</v>
       </c>
       <c r="C906" t="s">
-        <v>5038</v>
+        <v>5047</v>
       </c>
       <c r="D906" t="s">
-        <v>5039</v>
+        <v>5048</v>
       </c>
       <c r="E906" t="s">
-        <v>5040</v>
+        <v>5049</v>
       </c>
       <c r="F906" t="s">
-        <v>5041</v>
+        <v>5050</v>
       </c>
       <c r="G906" t="s">
-        <v>5042</v>
+        <v>5051</v>
       </c>
       <c r="H906">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="I906">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="907" spans="1:9">
       <c r="A907">
-        <v>13</v>
+        <v>178</v>
       </c>
       <c r="B907" t="s">
-        <v>3669</v>
+        <v>5052</v>
       </c>
       <c r="C907" t="s">
-        <v>5043</v>
+        <v>5053</v>
       </c>
       <c r="D907" t="s">
-        <v>5044</v>
+        <v>5054</v>
       </c>
       <c r="E907" t="s">
-        <v>5045</v>
+        <v>5055</v>
       </c>
       <c r="F907" t="s">
-        <v>5046</v>
+        <v>5056</v>
       </c>
       <c r="G907" t="s">
-        <v>5047</v>
+        <v>5057</v>
       </c>
       <c r="H907">
-        <v>96</v>
+        <v>17</v>
       </c>
       <c r="I907">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="908" spans="1:9">
       <c r="A908">
-        <v>14</v>
+        <v>182</v>
       </c>
       <c r="B908" t="s">
-        <v>5048</v>
+        <v>5058</v>
       </c>
       <c r="C908" t="s">
-        <v>5049</v>
+        <v>5059</v>
       </c>
       <c r="D908" t="s">
-        <v>5050</v>
+        <v>5060</v>
       </c>
       <c r="E908" t="s">
-        <v>5051</v>
+        <v>5061</v>
       </c>
       <c r="F908" t="s">
-        <v>5052</v>
+        <v>5062</v>
       </c>
       <c r="G908" t="s">
-        <v>5053</v>
+        <v>5063</v>
       </c>
       <c r="H908">
-        <v>513</v>
+        <v>1</v>
       </c>
       <c r="I908">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="909" spans="1:9">
       <c r="A909">
-        <v>12</v>
+        <v>175</v>
       </c>
       <c r="B909" t="s">
-        <v>776</v>
+        <v>5064</v>
       </c>
       <c r="C909" t="s">
-        <v>5054</v>
+        <v>5065</v>
       </c>
       <c r="D909" t="s">
-        <v>5055</v>
+        <v>5066</v>
       </c>
       <c r="E909" t="s">
-        <v>5056</v>
+        <v>5067</v>
       </c>
       <c r="F909" t="s">
-        <v>5057</v>
+        <v>5068</v>
       </c>
       <c r="G909" t="s">
-        <v>781</v>
+        <v>5069</v>
       </c>
       <c r="H909">
-        <v>28000</v>
+        <v>7</v>
       </c>
       <c r="I909">
-        <v>5375</v>
+        <v>1</v>
       </c>
     </row>
     <row r="910" spans="1:9">
       <c r="A910">
-        <v>11</v>
+        <v>176</v>
       </c>
       <c r="B910" t="s">
-        <v>353</v>
+        <v>5070</v>
       </c>
       <c r="C910" t="s">
-        <v>5058</v>
+        <v>5071</v>
       </c>
       <c r="D910" t="s">
-        <v>5059</v>
+        <v>5072</v>
       </c>
       <c r="E910" t="s">
-        <v>5060</v>
+        <v>5073</v>
       </c>
       <c r="F910" t="s">
-        <v>5061</v>
+        <v>5074</v>
       </c>
       <c r="G910" t="s">
-        <v>358</v>
+        <v>5075</v>
       </c>
       <c r="H910">
-        <v>117</v>
+        <v>54</v>
       </c>
       <c r="I910">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="911" spans="1:9">
       <c r="A911">
-        <v>6</v>
+        <v>174</v>
       </c>
       <c r="B911" t="s">
-        <v>4071</v>
+        <v>5076</v>
       </c>
       <c r="C911" t="s">
-        <v>5062</v>
+        <v>5077</v>
       </c>
       <c r="D911" t="s">
-        <v>5063</v>
+        <v>5078</v>
       </c>
       <c r="E911" t="s">
-        <v>5064</v>
+        <v>5079</v>
       </c>
       <c r="F911" t="s">
-        <v>5065</v>
+        <v>5080</v>
       </c>
       <c r="G911" t="s">
-        <v>5066</v>
+        <v>5081</v>
       </c>
       <c r="H911">
-        <v>734</v>
+        <v>0</v>
       </c>
       <c r="I911">
-        <v>33</v>
+        <v>0</v>
       </c>
     </row>
     <row r="912" spans="1:9">
       <c r="A912">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>1234</v>
+        <v>173</v>
+      </c>
+      <c r="B912" t="s">
+        <v>5082</v>
       </c>
       <c r="C912" t="s">
-        <v>5067</v>
+        <v>5083</v>
       </c>
       <c r="D912" t="s">
-        <v>5068</v>
+        <v>5084</v>
       </c>
       <c r="E912" t="s">
-        <v>5068</v>
+        <v>5085</v>
       </c>
       <c r="F912" t="s">
-        <v>5069</v>
+        <v>5086</v>
       </c>
       <c r="G912" t="s">
-        <v>5068</v>
+        <v>5087</v>
       </c>
       <c r="H912">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="I912">
-        <v>1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="913" spans="1:9">
       <c r="A913">
+        <v>171</v>
+      </c>
+      <c r="B913" t="s">
+        <v>747</v>
+      </c>
+      <c r="C913" t="s">
+        <v>5088</v>
+      </c>
+      <c r="D913" t="s">
+        <v>5089</v>
+      </c>
+      <c r="E913" t="s">
+        <v>5090</v>
+      </c>
+      <c r="F913" t="s">
+        <v>5091</v>
+      </c>
+      <c r="G913" t="s">
+        <v>5092</v>
+      </c>
+      <c r="H913">
+        <v>0</v>
+      </c>
+      <c r="I913">
         <v>5</v>
-      </c>
-[...19 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="914" spans="1:9">
       <c r="A914">
-        <v>9</v>
+        <v>170</v>
       </c>
       <c r="B914" t="s">
-        <v>5072</v>
+        <v>5093</v>
       </c>
       <c r="C914" t="s">
-        <v>5073</v>
+        <v>5094</v>
       </c>
       <c r="D914" t="s">
-        <v>5074</v>
+        <v>5095</v>
       </c>
       <c r="E914" t="s">
-        <v>5075</v>
+        <v>5096</v>
       </c>
       <c r="F914" t="s">
-        <v>5076</v>
+        <v>5097</v>
       </c>
       <c r="G914" t="s">
-        <v>5077</v>
+        <v>5098</v>
       </c>
       <c r="H914">
+        <v>3</v>
+      </c>
+      <c r="I914">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="915" spans="1:9">
       <c r="A915">
-        <v>8</v>
+        <v>168</v>
       </c>
       <c r="B915" t="s">
-        <v>5078</v>
+        <v>5099</v>
       </c>
       <c r="C915" t="s">
-        <v>5079</v>
+        <v>5100</v>
       </c>
       <c r="D915" t="s">
-        <v>5080</v>
+        <v>5101</v>
       </c>
       <c r="E915" t="s">
-        <v>5081</v>
+        <v>5102</v>
       </c>
       <c r="F915" t="s">
-        <v>5082</v>
+        <v>5103</v>
       </c>
       <c r="G915" t="s">
-        <v>5083</v>
+        <v>5104</v>
       </c>
       <c r="H915">
+        <v>0</v>
+      </c>
+      <c r="I915">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="916" spans="1:9">
       <c r="A916">
-        <v>7</v>
+        <v>165</v>
       </c>
       <c r="B916" t="s">
-        <v>5084</v>
+        <v>4848</v>
       </c>
       <c r="C916" t="s">
-        <v>5085</v>
+        <v>5105</v>
       </c>
       <c r="D916" t="s">
-        <v>5086</v>
+        <v>5106</v>
       </c>
       <c r="E916" t="s">
-        <v>5087</v>
+        <v>5107</v>
       </c>
       <c r="F916" t="s">
-        <v>5088</v>
+        <v>5108</v>
       </c>
       <c r="G916" t="s">
-        <v>5089</v>
+        <v>5109</v>
       </c>
       <c r="H916">
-        <v>134</v>
+        <v>18</v>
       </c>
       <c r="I916">
-        <v>59</v>
+        <v>2</v>
       </c>
     </row>
     <row r="917" spans="1:9">
       <c r="A917">
-        <v>10</v>
+        <v>166</v>
       </c>
       <c r="B917" t="s">
-        <v>3478</v>
+        <v>5110</v>
       </c>
       <c r="C917" t="s">
-        <v>5090</v>
+        <v>5111</v>
       </c>
       <c r="D917" t="s">
-        <v>5091</v>
+        <v>5112</v>
       </c>
       <c r="E917" t="s">
-        <v>5092</v>
+        <v>5113</v>
       </c>
       <c r="F917" t="s">
-        <v>5093</v>
+        <v>5114</v>
       </c>
       <c r="G917" t="s">
-        <v>5094</v>
+        <v>5115</v>
       </c>
       <c r="H917">
         <v>0</v>
       </c>
       <c r="I917">
         <v>0</v>
       </c>
     </row>
     <row r="918" spans="1:9">
       <c r="A918">
+        <v>167</v>
+      </c>
+      <c r="B918" t="s">
+        <v>5116</v>
+      </c>
+      <c r="C918" t="s">
+        <v>5117</v>
+      </c>
+      <c r="D918" t="s">
+        <v>5118</v>
+      </c>
+      <c r="E918" t="s">
+        <v>5119</v>
+      </c>
+      <c r="F918" t="s">
+        <v>5120</v>
+      </c>
+      <c r="G918" t="s">
+        <v>5121</v>
+      </c>
+      <c r="H918">
+        <v>0</v>
+      </c>
+      <c r="I918">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="919" spans="1:9">
+      <c r="A919">
+        <v>162</v>
+      </c>
+      <c r="B919" t="s">
+        <v>5122</v>
+      </c>
+      <c r="C919" t="s">
+        <v>5123</v>
+      </c>
+      <c r="D919" t="s">
+        <v>5124</v>
+      </c>
+      <c r="E919" t="s">
+        <v>5125</v>
+      </c>
+      <c r="F919" t="s">
+        <v>5126</v>
+      </c>
+      <c r="G919" t="s">
+        <v>5127</v>
+      </c>
+      <c r="H919">
+        <v>434</v>
+      </c>
+      <c r="I919">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="920" spans="1:9">
+      <c r="A920">
+        <v>163</v>
+      </c>
+      <c r="B920" t="s">
+        <v>3763</v>
+      </c>
+      <c r="C920" t="s">
+        <v>5128</v>
+      </c>
+      <c r="D920" t="s">
+        <v>5129</v>
+      </c>
+      <c r="E920" t="s">
+        <v>5130</v>
+      </c>
+      <c r="F920" t="s">
+        <v>5126</v>
+      </c>
+      <c r="G920" t="s">
+        <v>5131</v>
+      </c>
+      <c r="H920">
+        <v>18</v>
+      </c>
+      <c r="I920">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="921" spans="1:9">
+      <c r="A921">
+        <v>164</v>
+      </c>
+      <c r="B921" t="s">
+        <v>5132</v>
+      </c>
+      <c r="C921" t="s">
+        <v>5133</v>
+      </c>
+      <c r="D921" t="s">
+        <v>5134</v>
+      </c>
+      <c r="E921" t="s">
+        <v>5135</v>
+      </c>
+      <c r="F921" t="s">
+        <v>5136</v>
+      </c>
+      <c r="G921" t="s">
+        <v>5137</v>
+      </c>
+      <c r="H921">
+        <v>0</v>
+      </c>
+      <c r="I921">
+        <v>-1</v>
+      </c>
+    </row>
+    <row r="922" spans="1:9">
+      <c r="A922">
+        <v>159</v>
+      </c>
+      <c r="B922" t="s">
+        <v>5138</v>
+      </c>
+      <c r="C922" t="s">
+        <v>5139</v>
+      </c>
+      <c r="D922" t="s">
+        <v>5140</v>
+      </c>
+      <c r="E922" t="s">
+        <v>5141</v>
+      </c>
+      <c r="F922" t="s">
+        <v>5142</v>
+      </c>
+      <c r="G922" t="s">
+        <v>5143</v>
+      </c>
+      <c r="H922">
+        <v>17</v>
+      </c>
+      <c r="I922">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="923" spans="1:9">
+      <c r="A923">
+        <v>160</v>
+      </c>
+      <c r="B923" t="s">
+        <v>5010</v>
+      </c>
+      <c r="C923" t="s">
+        <v>5144</v>
+      </c>
+      <c r="D923" t="s">
+        <v>5145</v>
+      </c>
+      <c r="E923" t="s">
+        <v>5146</v>
+      </c>
+      <c r="F923" t="s">
+        <v>5147</v>
+      </c>
+      <c r="G923" t="s">
+        <v>5148</v>
+      </c>
+      <c r="H923">
+        <v>9</v>
+      </c>
+      <c r="I923">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="924" spans="1:9">
+      <c r="A924">
+        <v>155</v>
+      </c>
+      <c r="B924" t="s">
+        <v>4368</v>
+      </c>
+      <c r="C924" t="s">
+        <v>5149</v>
+      </c>
+      <c r="D924" t="s">
+        <v>5150</v>
+      </c>
+      <c r="E924" t="s">
+        <v>5151</v>
+      </c>
+      <c r="F924" t="s">
+        <v>5152</v>
+      </c>
+      <c r="G924" t="s">
+        <v>5153</v>
+      </c>
+      <c r="H924">
+        <v>0</v>
+      </c>
+      <c r="I924">
+        <v>-1</v>
+      </c>
+    </row>
+    <row r="925" spans="1:9">
+      <c r="A925">
+        <v>156</v>
+      </c>
+      <c r="B925" t="s">
+        <v>4368</v>
+      </c>
+      <c r="C925" t="s">
+        <v>5149</v>
+      </c>
+      <c r="D925" t="s">
+        <v>5150</v>
+      </c>
+      <c r="E925" t="s">
+        <v>5151</v>
+      </c>
+      <c r="F925" t="s">
+        <v>5152</v>
+      </c>
+      <c r="G925" t="s">
+        <v>5153</v>
+      </c>
+      <c r="H925">
+        <v>0</v>
+      </c>
+      <c r="I925">
+        <v>-1</v>
+      </c>
+    </row>
+    <row r="926" spans="1:9">
+      <c r="A926">
+        <v>157</v>
+      </c>
+      <c r="B926" t="s">
+        <v>5154</v>
+      </c>
+      <c r="C926" t="s">
+        <v>5155</v>
+      </c>
+      <c r="D926" t="s">
+        <v>5156</v>
+      </c>
+      <c r="E926" t="s">
+        <v>5157</v>
+      </c>
+      <c r="F926" t="s">
+        <v>5158</v>
+      </c>
+      <c r="G926" t="s">
+        <v>5159</v>
+      </c>
+      <c r="H926">
+        <v>1</v>
+      </c>
+      <c r="I926">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="927" spans="1:9">
+      <c r="A927">
+        <v>158</v>
+      </c>
+      <c r="B927" t="s">
+        <v>5160</v>
+      </c>
+      <c r="C927" t="s">
+        <v>5161</v>
+      </c>
+      <c r="D927" t="s">
+        <v>5162</v>
+      </c>
+      <c r="E927" t="s">
+        <v>5163</v>
+      </c>
+      <c r="F927" t="s">
+        <v>5164</v>
+      </c>
+      <c r="G927" t="s">
+        <v>5165</v>
+      </c>
+      <c r="H927">
+        <v>2</v>
+      </c>
+      <c r="I927">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="928" spans="1:9">
+      <c r="A928">
+        <v>161</v>
+      </c>
+      <c r="B928" t="s">
+        <v>5166</v>
+      </c>
+      <c r="C928" t="s">
+        <v>5167</v>
+      </c>
+      <c r="D928" t="s">
+        <v>5168</v>
+      </c>
+      <c r="E928" t="s">
+        <v>5169</v>
+      </c>
+      <c r="F928" t="s">
+        <v>5170</v>
+      </c>
+      <c r="G928" t="s">
+        <v>5171</v>
+      </c>
+      <c r="H928">
+        <v>2</v>
+      </c>
+      <c r="I928">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="929" spans="1:9">
+      <c r="A929">
+        <v>169</v>
+      </c>
+      <c r="B929" t="s">
+        <v>5172</v>
+      </c>
+      <c r="C929" t="s">
+        <v>5173</v>
+      </c>
+      <c r="D929" t="s">
+        <v>5174</v>
+      </c>
+      <c r="E929" t="s">
+        <v>5175</v>
+      </c>
+      <c r="F929" t="s">
+        <v>5176</v>
+      </c>
+      <c r="G929" t="s">
+        <v>5177</v>
+      </c>
+      <c r="H929">
+        <v>25</v>
+      </c>
+      <c r="I929">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="930" spans="1:9">
+      <c r="A930">
+        <v>153</v>
+      </c>
+      <c r="B930" t="s">
+        <v>5178</v>
+      </c>
+      <c r="C930" t="s">
+        <v>5179</v>
+      </c>
+      <c r="D930" t="s">
+        <v>5180</v>
+      </c>
+      <c r="E930" t="s">
+        <v>5181</v>
+      </c>
+      <c r="F930" t="s">
+        <v>5182</v>
+      </c>
+      <c r="G930" t="s">
+        <v>5183</v>
+      </c>
+      <c r="H930">
+        <v>4</v>
+      </c>
+      <c r="I930">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="931" spans="1:9">
+      <c r="A931">
+        <v>151</v>
+      </c>
+      <c r="B931" t="s">
+        <v>5184</v>
+      </c>
+      <c r="C931" t="s">
+        <v>5185</v>
+      </c>
+      <c r="D931" t="s">
+        <v>5186</v>
+      </c>
+      <c r="E931" t="s">
+        <v>5187</v>
+      </c>
+      <c r="F931" t="s">
+        <v>5188</v>
+      </c>
+      <c r="G931" t="s">
+        <v>5189</v>
+      </c>
+      <c r="H931">
+        <v>2</v>
+      </c>
+      <c r="I931">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="932" spans="1:9">
+      <c r="A932">
+        <v>154</v>
+      </c>
+      <c r="B932" t="s">
+        <v>5190</v>
+      </c>
+      <c r="C932" t="s">
+        <v>5191</v>
+      </c>
+      <c r="D932" t="s">
+        <v>5192</v>
+      </c>
+      <c r="E932" t="s">
+        <v>5193</v>
+      </c>
+      <c r="F932" t="s">
+        <v>5194</v>
+      </c>
+      <c r="G932" t="s">
+        <v>5195</v>
+      </c>
+      <c r="H932">
+        <v>4</v>
+      </c>
+      <c r="I932">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="933" spans="1:9">
+      <c r="A933">
+        <v>152</v>
+      </c>
+      <c r="B933" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C933" t="s">
+        <v>5196</v>
+      </c>
+      <c r="D933" t="s">
+        <v>5197</v>
+      </c>
+      <c r="E933" t="s">
+        <v>5198</v>
+      </c>
+      <c r="F933" t="s">
+        <v>5199</v>
+      </c>
+      <c r="G933" t="s">
+        <v>5200</v>
+      </c>
+      <c r="H933">
+        <v>22</v>
+      </c>
+      <c r="I933">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="934" spans="1:9">
+      <c r="A934">
+        <v>149</v>
+      </c>
+      <c r="B934" t="s">
+        <v>5201</v>
+      </c>
+      <c r="C934" t="s">
+        <v>5202</v>
+      </c>
+      <c r="D934" t="s">
+        <v>5203</v>
+      </c>
+      <c r="E934" t="s">
+        <v>5204</v>
+      </c>
+      <c r="F934" t="s">
+        <v>5205</v>
+      </c>
+      <c r="G934" t="s">
+        <v>5206</v>
+      </c>
+      <c r="H934">
+        <v>0</v>
+      </c>
+      <c r="I934">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="935" spans="1:9">
+      <c r="A935">
+        <v>146</v>
+      </c>
+      <c r="B935" t="s">
+        <v>5184</v>
+      </c>
+      <c r="C935" t="s">
+        <v>5207</v>
+      </c>
+      <c r="D935" t="s">
+        <v>5208</v>
+      </c>
+      <c r="E935" t="s">
+        <v>5209</v>
+      </c>
+      <c r="F935" t="s">
+        <v>5210</v>
+      </c>
+      <c r="G935" t="s">
+        <v>5211</v>
+      </c>
+      <c r="H935">
+        <v>2</v>
+      </c>
+      <c r="I935">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="936" spans="1:9">
+      <c r="A936">
+        <v>147</v>
+      </c>
+      <c r="B936" t="s">
+        <v>4526</v>
+      </c>
+      <c r="C936" t="s">
+        <v>5212</v>
+      </c>
+      <c r="D936" t="s">
+        <v>5213</v>
+      </c>
+      <c r="E936" t="s">
+        <v>5214</v>
+      </c>
+      <c r="F936" t="s">
+        <v>5215</v>
+      </c>
+      <c r="G936" t="s">
+        <v>5216</v>
+      </c>
+      <c r="H936">
+        <v>119</v>
+      </c>
+      <c r="I936">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="937" spans="1:9">
+      <c r="A937">
+        <v>150</v>
+      </c>
+      <c r="B937" t="s">
+        <v>5217</v>
+      </c>
+      <c r="C937" t="s">
+        <v>5218</v>
+      </c>
+      <c r="D937" t="s">
+        <v>5219</v>
+      </c>
+      <c r="E937" t="s">
+        <v>5220</v>
+      </c>
+      <c r="F937" t="s">
+        <v>5221</v>
+      </c>
+      <c r="G937" t="s">
+        <v>5222</v>
+      </c>
+      <c r="H937">
+        <v>1</v>
+      </c>
+      <c r="I937">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="938" spans="1:9">
+      <c r="A938">
+        <v>148</v>
+      </c>
+      <c r="B938" t="s">
+        <v>5223</v>
+      </c>
+      <c r="C938" t="s">
+        <v>5224</v>
+      </c>
+      <c r="D938" t="s">
+        <v>5225</v>
+      </c>
+      <c r="E938" t="s">
+        <v>5226</v>
+      </c>
+      <c r="F938" t="s">
+        <v>5227</v>
+      </c>
+      <c r="G938" t="s">
+        <v>5228</v>
+      </c>
+      <c r="H938">
+        <v>12000</v>
+      </c>
+      <c r="I938">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="939" spans="1:9">
+      <c r="A939">
+        <v>141</v>
+      </c>
+      <c r="B939" t="s">
+        <v>3195</v>
+      </c>
+      <c r="C939" t="s">
+        <v>5229</v>
+      </c>
+      <c r="D939" t="s">
+        <v>5230</v>
+      </c>
+      <c r="E939" t="s">
+        <v>5231</v>
+      </c>
+      <c r="F939" t="s">
+        <v>5232</v>
+      </c>
+      <c r="G939" t="s">
+        <v>5233</v>
+      </c>
+      <c r="H939">
+        <v>18</v>
+      </c>
+      <c r="I939">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="940" spans="1:9">
+      <c r="A940">
+        <v>140</v>
+      </c>
+      <c r="B940" t="s">
+        <v>5234</v>
+      </c>
+      <c r="C940" t="s">
+        <v>5235</v>
+      </c>
+      <c r="D940" t="s">
+        <v>5236</v>
+      </c>
+      <c r="E940" t="s">
+        <v>5237</v>
+      </c>
+      <c r="F940" t="s">
+        <v>5238</v>
+      </c>
+      <c r="G940" t="s">
+        <v>5239</v>
+      </c>
+      <c r="H940">
+        <v>1</v>
+      </c>
+      <c r="I940">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="941" spans="1:9">
+      <c r="A941">
+        <v>144</v>
+      </c>
+      <c r="B941" t="s">
+        <v>5240</v>
+      </c>
+      <c r="C941" t="s">
+        <v>5241</v>
+      </c>
+      <c r="D941" t="s">
+        <v>5242</v>
+      </c>
+      <c r="E941" t="s">
+        <v>5243</v>
+      </c>
+      <c r="F941" t="s">
+        <v>5244</v>
+      </c>
+      <c r="G941" t="s">
+        <v>5245</v>
+      </c>
+      <c r="H941">
+        <v>83</v>
+      </c>
+      <c r="I941">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="942" spans="1:9">
+      <c r="A942">
+        <v>142</v>
+      </c>
+      <c r="B942" t="s">
+        <v>597</v>
+      </c>
+      <c r="C942" t="s">
+        <v>5246</v>
+      </c>
+      <c r="D942" t="s">
+        <v>5247</v>
+      </c>
+      <c r="E942" t="s">
+        <v>5248</v>
+      </c>
+      <c r="F942" t="s">
+        <v>5249</v>
+      </c>
+      <c r="G942" t="s">
+        <v>5250</v>
+      </c>
+      <c r="H942">
+        <v>42000</v>
+      </c>
+      <c r="I942">
+        <v>8548</v>
+      </c>
+    </row>
+    <row r="943" spans="1:9">
+      <c r="A943">
+        <v>138</v>
+      </c>
+      <c r="B943" t="s">
+        <v>4860</v>
+      </c>
+      <c r="C943" t="s">
+        <v>5251</v>
+      </c>
+      <c r="D943" t="s">
+        <v>5252</v>
+      </c>
+      <c r="E943" t="s">
+        <v>5253</v>
+      </c>
+      <c r="F943" t="s">
+        <v>5254</v>
+      </c>
+      <c r="G943" t="s">
+        <v>5255</v>
+      </c>
+      <c r="H943">
+        <v>0</v>
+      </c>
+      <c r="I943">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="944" spans="1:9">
+      <c r="A944">
+        <v>139</v>
+      </c>
+      <c r="B944" t="s">
+        <v>5256</v>
+      </c>
+      <c r="C944" t="s">
+        <v>5257</v>
+      </c>
+      <c r="D944" t="s">
+        <v>5258</v>
+      </c>
+      <c r="E944" t="s">
+        <v>5259</v>
+      </c>
+      <c r="F944" t="s">
+        <v>5260</v>
+      </c>
+      <c r="G944" t="s">
+        <v>5261</v>
+      </c>
+      <c r="H944">
+        <v>1</v>
+      </c>
+      <c r="I944">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="945" spans="1:9">
+      <c r="A945">
+        <v>143</v>
+      </c>
+      <c r="B945" t="s">
+        <v>4240</v>
+      </c>
+      <c r="C945" t="s">
+        <v>5262</v>
+      </c>
+      <c r="D945" t="s">
+        <v>5263</v>
+      </c>
+      <c r="E945" t="s">
+        <v>5264</v>
+      </c>
+      <c r="F945" t="s">
+        <v>5265</v>
+      </c>
+      <c r="G945" t="s">
+        <v>5266</v>
+      </c>
+      <c r="H945">
+        <v>637</v>
+      </c>
+      <c r="I945">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="946" spans="1:9">
+      <c r="A946">
+        <v>136</v>
+      </c>
+      <c r="B946" t="s">
+        <v>5267</v>
+      </c>
+      <c r="C946" t="s">
+        <v>5268</v>
+      </c>
+      <c r="D946" t="s">
+        <v>5269</v>
+      </c>
+      <c r="E946" t="s">
+        <v>5270</v>
+      </c>
+      <c r="F946" t="s">
+        <v>5271</v>
+      </c>
+      <c r="G946" t="s">
+        <v>5272</v>
+      </c>
+      <c r="H946">
+        <v>6</v>
+      </c>
+      <c r="I946">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="947" spans="1:9">
+      <c r="A947">
+        <v>135</v>
+      </c>
+      <c r="B947" t="s">
+        <v>5273</v>
+      </c>
+      <c r="C947" t="s">
+        <v>5274</v>
+      </c>
+      <c r="D947" t="s">
+        <v>5275</v>
+      </c>
+      <c r="E947" t="s">
+        <v>5276</v>
+      </c>
+      <c r="F947" t="s">
+        <v>5277</v>
+      </c>
+      <c r="G947" t="s">
+        <v>5278</v>
+      </c>
+      <c r="H947">
+        <v>0</v>
+      </c>
+      <c r="I947">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="948" spans="1:9">
+      <c r="A948">
+        <v>145</v>
+      </c>
+      <c r="B948" t="s">
+        <v>5279</v>
+      </c>
+      <c r="C948" t="s">
+        <v>5280</v>
+      </c>
+      <c r="D948" t="s">
+        <v>5281</v>
+      </c>
+      <c r="E948" t="s">
+        <v>5282</v>
+      </c>
+      <c r="F948" t="s">
+        <v>5283</v>
+      </c>
+      <c r="G948" t="s">
+        <v>5284</v>
+      </c>
+      <c r="H948">
+        <v>92</v>
+      </c>
+      <c r="I948">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="949" spans="1:9">
+      <c r="A949">
+        <v>134</v>
+      </c>
+      <c r="B949" t="s">
+        <v>5285</v>
+      </c>
+      <c r="C949" t="s">
+        <v>5286</v>
+      </c>
+      <c r="D949" t="s">
+        <v>5287</v>
+      </c>
+      <c r="E949" t="s">
+        <v>5288</v>
+      </c>
+      <c r="F949" t="s">
+        <v>5289</v>
+      </c>
+      <c r="G949" t="s">
+        <v>5290</v>
+      </c>
+      <c r="H949">
+        <v>0</v>
+      </c>
+      <c r="I949">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="950" spans="1:9">
+      <c r="A950">
+        <v>133</v>
+      </c>
+      <c r="B950" t="s">
+        <v>5291</v>
+      </c>
+      <c r="C950" t="s">
+        <v>5292</v>
+      </c>
+      <c r="D950" t="s">
+        <v>5293</v>
+      </c>
+      <c r="E950" t="s">
+        <v>5294</v>
+      </c>
+      <c r="F950" t="s">
+        <v>5295</v>
+      </c>
+      <c r="G950" t="s">
+        <v>5296</v>
+      </c>
+      <c r="H950">
+        <v>2</v>
+      </c>
+      <c r="I950">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="951" spans="1:9">
+      <c r="A951">
+        <v>131</v>
+      </c>
+      <c r="B951" t="s">
+        <v>1867</v>
+      </c>
+      <c r="C951" t="s">
+        <v>5297</v>
+      </c>
+      <c r="D951" t="s">
+        <v>5298</v>
+      </c>
+      <c r="E951" t="s">
+        <v>5299</v>
+      </c>
+      <c r="F951" t="s">
+        <v>5300</v>
+      </c>
+      <c r="G951" t="s">
+        <v>5301</v>
+      </c>
+      <c r="H951">
+        <v>0</v>
+      </c>
+      <c r="I951">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="952" spans="1:9">
+      <c r="A952">
+        <v>125</v>
+      </c>
+      <c r="B952" t="s">
+        <v>5302</v>
+      </c>
+      <c r="C952" t="s">
+        <v>5303</v>
+      </c>
+      <c r="D952" t="s">
+        <v>5304</v>
+      </c>
+      <c r="E952" t="s">
+        <v>5305</v>
+      </c>
+      <c r="F952" t="s">
+        <v>5306</v>
+      </c>
+      <c r="G952" t="s">
+        <v>5307</v>
+      </c>
+      <c r="H952">
+        <v>1944</v>
+      </c>
+      <c r="I952">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="953" spans="1:9">
+      <c r="A953">
+        <v>128</v>
+      </c>
+      <c r="B953" t="s">
+        <v>80</v>
+      </c>
+      <c r="C953" t="s">
+        <v>5308</v>
+      </c>
+      <c r="D953" t="s">
+        <v>5309</v>
+      </c>
+      <c r="E953" t="s">
+        <v>5310</v>
+      </c>
+      <c r="F953" t="s">
+        <v>5311</v>
+      </c>
+      <c r="G953" t="s">
+        <v>5312</v>
+      </c>
+      <c r="H953">
+        <v>0</v>
+      </c>
+      <c r="I953">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="954" spans="1:9">
+      <c r="A954">
+        <v>132</v>
+      </c>
+      <c r="B954" t="s">
+        <v>4146</v>
+      </c>
+      <c r="C954" t="s">
+        <v>5313</v>
+      </c>
+      <c r="D954" t="s">
+        <v>5314</v>
+      </c>
+      <c r="E954" t="s">
+        <v>5315</v>
+      </c>
+      <c r="F954" t="s">
+        <v>5316</v>
+      </c>
+      <c r="G954" t="s">
+        <v>5317</v>
+      </c>
+      <c r="H954">
+        <v>3</v>
+      </c>
+      <c r="I954">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="955" spans="1:9">
+      <c r="A955">
+        <v>127</v>
+      </c>
+      <c r="B955" t="s">
+        <v>5318</v>
+      </c>
+      <c r="C955" t="s">
+        <v>5319</v>
+      </c>
+      <c r="D955" t="s">
+        <v>5320</v>
+      </c>
+      <c r="E955" t="s">
+        <v>5321</v>
+      </c>
+      <c r="F955" t="s">
+        <v>5322</v>
+      </c>
+      <c r="G955" t="s">
+        <v>5323</v>
+      </c>
+      <c r="H955">
+        <v>2</v>
+      </c>
+      <c r="I955">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="956" spans="1:9">
+      <c r="A956">
+        <v>123</v>
+      </c>
+      <c r="B956" t="s">
+        <v>689</v>
+      </c>
+      <c r="C956" t="s">
+        <v>5324</v>
+      </c>
+      <c r="D956" t="s">
+        <v>5325</v>
+      </c>
+      <c r="E956" t="s">
+        <v>5326</v>
+      </c>
+      <c r="F956" t="s">
+        <v>5327</v>
+      </c>
+      <c r="G956" t="s">
+        <v>694</v>
+      </c>
+      <c r="H956">
+        <v>752</v>
+      </c>
+      <c r="I956">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="957" spans="1:9">
+      <c r="A957">
+        <v>129</v>
+      </c>
+      <c r="B957" t="s">
+        <v>5328</v>
+      </c>
+      <c r="C957" t="s">
+        <v>5329</v>
+      </c>
+      <c r="D957" t="s">
+        <v>5330</v>
+      </c>
+      <c r="E957" t="s">
+        <v>5331</v>
+      </c>
+      <c r="F957" t="s">
+        <v>5332</v>
+      </c>
+      <c r="G957" t="s">
+        <v>5333</v>
+      </c>
+      <c r="H957">
+        <v>11</v>
+      </c>
+      <c r="I957">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="958" spans="1:9">
+      <c r="A958">
+        <v>126</v>
+      </c>
+      <c r="B958" t="s">
+        <v>5334</v>
+      </c>
+      <c r="C958" t="s">
+        <v>5335</v>
+      </c>
+      <c r="D958" t="s">
+        <v>5336</v>
+      </c>
+      <c r="E958" t="s">
+        <v>5337</v>
+      </c>
+      <c r="F958" t="s">
+        <v>5338</v>
+      </c>
+      <c r="G958" t="s">
+        <v>5339</v>
+      </c>
+      <c r="H958">
+        <v>286</v>
+      </c>
+      <c r="I958">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="959" spans="1:9">
+      <c r="A959">
+        <v>121</v>
+      </c>
+      <c r="B959" t="s">
+        <v>5340</v>
+      </c>
+      <c r="C959" t="s">
+        <v>5341</v>
+      </c>
+      <c r="D959" t="s">
+        <v>5342</v>
+      </c>
+      <c r="E959" t="s">
+        <v>5343</v>
+      </c>
+      <c r="F959" t="s">
+        <v>5344</v>
+      </c>
+      <c r="G959" t="s">
+        <v>5345</v>
+      </c>
+      <c r="H959">
+        <v>1</v>
+      </c>
+      <c r="I959">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="960" spans="1:9">
+      <c r="A960">
+        <v>120</v>
+      </c>
+      <c r="B960" t="s">
+        <v>5346</v>
+      </c>
+      <c r="C960" t="s">
+        <v>5347</v>
+      </c>
+      <c r="D960" t="s">
+        <v>5348</v>
+      </c>
+      <c r="E960" t="s">
+        <v>5349</v>
+      </c>
+      <c r="F960" t="s">
+        <v>5350</v>
+      </c>
+      <c r="G960" t="s">
+        <v>5351</v>
+      </c>
+      <c r="H960">
+        <v>9</v>
+      </c>
+      <c r="I960">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="961" spans="1:9">
+      <c r="A961">
+        <v>124</v>
+      </c>
+      <c r="B961" t="s">
+        <v>597</v>
+      </c>
+      <c r="C961" t="s">
+        <v>5352</v>
+      </c>
+      <c r="D961" t="s">
+        <v>5353</v>
+      </c>
+      <c r="E961" t="s">
+        <v>5354</v>
+      </c>
+      <c r="F961" t="s">
+        <v>5355</v>
+      </c>
+      <c r="G961" t="s">
+        <v>602</v>
+      </c>
+      <c r="H961">
+        <v>435</v>
+      </c>
+      <c r="I961">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="962" spans="1:9">
+      <c r="A962">
+        <v>117</v>
+      </c>
+      <c r="B962" t="s">
+        <v>1867</v>
+      </c>
+      <c r="C962" t="s">
+        <v>5356</v>
+      </c>
+      <c r="D962" t="s">
+        <v>5357</v>
+      </c>
+      <c r="E962" t="s">
+        <v>5358</v>
+      </c>
+      <c r="F962" t="s">
+        <v>5359</v>
+      </c>
+      <c r="G962" t="s">
+        <v>5360</v>
+      </c>
+      <c r="H962">
+        <v>0</v>
+      </c>
+      <c r="I962">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="963" spans="1:9">
+      <c r="A963">
+        <v>137</v>
+      </c>
+      <c r="B963" t="s">
+        <v>5361</v>
+      </c>
+      <c r="C963" t="s">
+        <v>5362</v>
+      </c>
+      <c r="D963" t="s">
+        <v>5363</v>
+      </c>
+      <c r="E963" t="s">
+        <v>5364</v>
+      </c>
+      <c r="F963" t="s">
+        <v>5365</v>
+      </c>
+      <c r="G963" t="s">
+        <v>5366</v>
+      </c>
+      <c r="H963">
+        <v>-1</v>
+      </c>
+      <c r="I963">
+        <v>-1</v>
+      </c>
+    </row>
+    <row r="964" spans="1:9">
+      <c r="A964">
+        <v>119</v>
+      </c>
+      <c r="B964" t="s">
+        <v>4332</v>
+      </c>
+      <c r="C964" t="s">
+        <v>5367</v>
+      </c>
+      <c r="D964" t="s">
+        <v>5368</v>
+      </c>
+      <c r="E964" t="s">
+        <v>5369</v>
+      </c>
+      <c r="F964" t="s">
+        <v>5370</v>
+      </c>
+      <c r="G964" t="s">
+        <v>5371</v>
+      </c>
+      <c r="H964">
+        <v>0</v>
+      </c>
+      <c r="I964">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="965" spans="1:9">
+      <c r="A965">
+        <v>116</v>
+      </c>
+      <c r="B965" t="s">
+        <v>5372</v>
+      </c>
+      <c r="C965" t="s">
+        <v>5373</v>
+      </c>
+      <c r="D965" t="s">
+        <v>5374</v>
+      </c>
+      <c r="E965" t="s">
+        <v>5375</v>
+      </c>
+      <c r="F965" t="s">
+        <v>5376</v>
+      </c>
+      <c r="G965" t="s">
+        <v>5377</v>
+      </c>
+      <c r="H965">
+        <v>82</v>
+      </c>
+      <c r="I965">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="966" spans="1:9">
+      <c r="A966">
+        <v>118</v>
+      </c>
+      <c r="B966" t="s">
+        <v>5378</v>
+      </c>
+      <c r="C966" t="s">
+        <v>5379</v>
+      </c>
+      <c r="D966" t="s">
+        <v>5380</v>
+      </c>
+      <c r="E966" t="s">
+        <v>5381</v>
+      </c>
+      <c r="F966" t="s">
+        <v>5382</v>
+      </c>
+      <c r="G966" t="s">
+        <v>5383</v>
+      </c>
+      <c r="H966">
+        <v>0</v>
+      </c>
+      <c r="I966">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="967" spans="1:9">
+      <c r="A967">
+        <v>115</v>
+      </c>
+      <c r="B967" t="s">
+        <v>336</v>
+      </c>
+      <c r="C967" t="s">
+        <v>5384</v>
+      </c>
+      <c r="D967" t="s">
+        <v>5385</v>
+      </c>
+      <c r="E967" t="s">
+        <v>5386</v>
+      </c>
+      <c r="F967" t="s">
+        <v>5387</v>
+      </c>
+      <c r="G967" t="s">
+        <v>5388</v>
+      </c>
+      <c r="H967">
+        <v>0</v>
+      </c>
+      <c r="I967">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="968" spans="1:9">
+      <c r="A968">
+        <v>110</v>
+      </c>
+      <c r="B968" t="s">
+        <v>5389</v>
+      </c>
+      <c r="C968" t="s">
+        <v>5390</v>
+      </c>
+      <c r="D968" t="s">
+        <v>5391</v>
+      </c>
+      <c r="E968" t="s">
+        <v>5392</v>
+      </c>
+      <c r="F968" t="s">
+        <v>5393</v>
+      </c>
+      <c r="G968" t="s">
+        <v>5394</v>
+      </c>
+      <c r="H968">
+        <v>2</v>
+      </c>
+      <c r="I968">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="969" spans="1:9">
+      <c r="A969">
+        <v>114</v>
+      </c>
+      <c r="B969" t="s">
+        <v>407</v>
+      </c>
+      <c r="C969" t="s">
+        <v>5395</v>
+      </c>
+      <c r="D969" t="s">
+        <v>5396</v>
+      </c>
+      <c r="E969" t="s">
+        <v>5397</v>
+      </c>
+      <c r="F969" t="s">
+        <v>5398</v>
+      </c>
+      <c r="G969" t="s">
+        <v>5399</v>
+      </c>
+      <c r="H969">
+        <v>134</v>
+      </c>
+      <c r="I969">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="970" spans="1:9">
+      <c r="A970">
+        <v>112</v>
+      </c>
+      <c r="B970" t="s">
+        <v>1811</v>
+      </c>
+      <c r="C970" t="s">
+        <v>5400</v>
+      </c>
+      <c r="D970" t="s">
+        <v>5401</v>
+      </c>
+      <c r="E970" t="s">
+        <v>5402</v>
+      </c>
+      <c r="F970" t="s">
+        <v>5403</v>
+      </c>
+      <c r="G970" t="s">
+        <v>5404</v>
+      </c>
+      <c r="H970">
+        <v>0</v>
+      </c>
+      <c r="I970">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="971" spans="1:9">
+      <c r="A971">
+        <v>105</v>
+      </c>
+      <c r="B971" t="s">
+        <v>5405</v>
+      </c>
+      <c r="C971" t="s">
+        <v>5406</v>
+      </c>
+      <c r="D971" t="s">
+        <v>5407</v>
+      </c>
+      <c r="E971" t="s">
+        <v>5408</v>
+      </c>
+      <c r="F971" t="s">
+        <v>5409</v>
+      </c>
+      <c r="G971" t="s">
+        <v>5410</v>
+      </c>
+      <c r="H971">
+        <v>2</v>
+      </c>
+      <c r="I971">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="972" spans="1:9">
+      <c r="A972">
+        <v>109</v>
+      </c>
+      <c r="B972" t="s">
+        <v>3254</v>
+      </c>
+      <c r="C972" t="s">
+        <v>5411</v>
+      </c>
+      <c r="D972" t="s">
+        <v>5412</v>
+      </c>
+      <c r="E972" t="s">
+        <v>5413</v>
+      </c>
+      <c r="F972" t="s">
+        <v>5414</v>
+      </c>
+      <c r="G972" t="s">
+        <v>5415</v>
+      </c>
+      <c r="H972">
+        <v>0</v>
+      </c>
+      <c r="I972">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="973" spans="1:9">
+      <c r="A973">
+        <v>108</v>
+      </c>
+      <c r="B973" t="s">
+        <v>5416</v>
+      </c>
+      <c r="C973" t="s">
+        <v>5417</v>
+      </c>
+      <c r="D973" t="s">
+        <v>5418</v>
+      </c>
+      <c r="E973" t="s">
+        <v>5419</v>
+      </c>
+      <c r="F973" t="s">
+        <v>5420</v>
+      </c>
+      <c r="G973" t="s">
+        <v>5421</v>
+      </c>
+      <c r="H973">
+        <v>18</v>
+      </c>
+      <c r="I973">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="974" spans="1:9">
+      <c r="A974">
+        <v>113</v>
+      </c>
+      <c r="B974" t="s">
+        <v>5422</v>
+      </c>
+      <c r="C974" t="s">
+        <v>5423</v>
+      </c>
+      <c r="D974" t="s">
+        <v>5424</v>
+      </c>
+      <c r="E974" t="s">
+        <v>5425</v>
+      </c>
+      <c r="F974" t="s">
+        <v>5426</v>
+      </c>
+      <c r="G974" t="s">
+        <v>5427</v>
+      </c>
+      <c r="H974">
+        <v>0</v>
+      </c>
+      <c r="I974">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="975" spans="1:9">
+      <c r="A975">
+        <v>107</v>
+      </c>
+      <c r="B975" t="s">
+        <v>5428</v>
+      </c>
+      <c r="C975" t="s">
+        <v>5429</v>
+      </c>
+      <c r="D975" t="s">
+        <v>5430</v>
+      </c>
+      <c r="E975" t="s">
+        <v>5431</v>
+      </c>
+      <c r="F975" t="s">
+        <v>5432</v>
+      </c>
+      <c r="G975" t="s">
+        <v>5433</v>
+      </c>
+      <c r="H975">
+        <v>2</v>
+      </c>
+      <c r="I975">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="976" spans="1:9">
+      <c r="A976">
+        <v>104</v>
+      </c>
+      <c r="B976" t="s">
+        <v>5434</v>
+      </c>
+      <c r="C976" t="s">
+        <v>5435</v>
+      </c>
+      <c r="D976" t="s">
+        <v>5436</v>
+      </c>
+      <c r="E976" t="s">
+        <v>5437</v>
+      </c>
+      <c r="F976" t="s">
+        <v>5438</v>
+      </c>
+      <c r="G976" t="s">
+        <v>5439</v>
+      </c>
+      <c r="H976">
+        <v>2</v>
+      </c>
+      <c r="I976">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="977" spans="1:9">
+      <c r="A977">
+        <v>111</v>
+      </c>
+      <c r="B977" t="s">
+        <v>5440</v>
+      </c>
+      <c r="C977" t="s">
+        <v>5441</v>
+      </c>
+      <c r="D977" t="s">
+        <v>5442</v>
+      </c>
+      <c r="E977" t="s">
+        <v>5443</v>
+      </c>
+      <c r="F977" t="s">
+        <v>5444</v>
+      </c>
+      <c r="G977" t="s">
+        <v>5445</v>
+      </c>
+      <c r="H977">
+        <v>1</v>
+      </c>
+      <c r="I977">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="978" spans="1:9">
+      <c r="A978">
+        <v>106</v>
+      </c>
+      <c r="B978" t="s">
+        <v>5446</v>
+      </c>
+      <c r="C978" t="s">
+        <v>5447</v>
+      </c>
+      <c r="D978" t="s">
+        <v>5448</v>
+      </c>
+      <c r="E978" t="s">
+        <v>5449</v>
+      </c>
+      <c r="F978" t="s">
+        <v>5450</v>
+      </c>
+      <c r="G978" t="s">
+        <v>5451</v>
+      </c>
+      <c r="H978">
+        <v>0</v>
+      </c>
+      <c r="I978">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="979" spans="1:9">
+      <c r="A979">
+        <v>122</v>
+      </c>
+      <c r="B979" t="s">
+        <v>5452</v>
+      </c>
+      <c r="C979" t="s">
+        <v>5453</v>
+      </c>
+      <c r="D979" t="s">
+        <v>5454</v>
+      </c>
+      <c r="E979" t="s">
+        <v>5455</v>
+      </c>
+      <c r="F979" t="s">
+        <v>5456</v>
+      </c>
+      <c r="G979" t="s">
+        <v>5457</v>
+      </c>
+      <c r="H979">
+        <v>312</v>
+      </c>
+      <c r="I979">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="980" spans="1:9">
+      <c r="A980">
+        <v>100</v>
+      </c>
+      <c r="B980" t="s">
+        <v>5458</v>
+      </c>
+      <c r="C980" t="s">
+        <v>5459</v>
+      </c>
+      <c r="D980" t="s">
+        <v>5460</v>
+      </c>
+      <c r="E980" t="s">
+        <v>5461</v>
+      </c>
+      <c r="F980" t="s">
+        <v>5462</v>
+      </c>
+      <c r="G980" t="s">
+        <v>5463</v>
+      </c>
+      <c r="H980">
+        <v>142</v>
+      </c>
+      <c r="I980">
+        <v>4278</v>
+      </c>
+    </row>
+    <row r="981" spans="1:9">
+      <c r="A981">
+        <v>102</v>
+      </c>
+      <c r="B981" t="s">
+        <v>5464</v>
+      </c>
+      <c r="C981" t="s">
+        <v>5465</v>
+      </c>
+      <c r="D981" t="s">
+        <v>5466</v>
+      </c>
+      <c r="E981" t="s">
+        <v>5467</v>
+      </c>
+      <c r="F981" t="s">
+        <v>5468</v>
+      </c>
+      <c r="G981" t="s">
+        <v>5469</v>
+      </c>
+      <c r="H981">
+        <v>1</v>
+      </c>
+      <c r="I981">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="982" spans="1:9">
+      <c r="A982">
+        <v>101</v>
+      </c>
+      <c r="B982" t="s">
+        <v>5470</v>
+      </c>
+      <c r="C982" t="s">
+        <v>5471</v>
+      </c>
+      <c r="D982" t="s">
+        <v>5472</v>
+      </c>
+      <c r="E982" t="s">
+        <v>5473</v>
+      </c>
+      <c r="F982" t="s">
+        <v>5474</v>
+      </c>
+      <c r="G982" t="s">
+        <v>5475</v>
+      </c>
+      <c r="H982">
+        <v>0</v>
+      </c>
+      <c r="I982">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="983" spans="1:9">
+      <c r="A983">
+        <v>98</v>
+      </c>
+      <c r="B983" t="s">
+        <v>5476</v>
+      </c>
+      <c r="C983" t="s">
+        <v>5477</v>
+      </c>
+      <c r="D983" t="s">
+        <v>5478</v>
+      </c>
+      <c r="E983" t="s">
+        <v>5479</v>
+      </c>
+      <c r="F983" t="s">
+        <v>5480</v>
+      </c>
+      <c r="G983" t="s">
+        <v>5481</v>
+      </c>
+      <c r="H983">
+        <v>6</v>
+      </c>
+      <c r="I983">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="984" spans="1:9">
+      <c r="A984">
+        <v>97</v>
+      </c>
+      <c r="B984" t="s">
+        <v>5482</v>
+      </c>
+      <c r="C984" t="s">
+        <v>5483</v>
+      </c>
+      <c r="D984" t="s">
+        <v>5484</v>
+      </c>
+      <c r="E984" t="s">
+        <v>5485</v>
+      </c>
+      <c r="F984" t="s">
+        <v>5486</v>
+      </c>
+      <c r="G984" t="s">
+        <v>5487</v>
+      </c>
+      <c r="H984">
+        <v>9</v>
+      </c>
+      <c r="I984">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="985" spans="1:9">
+      <c r="A985">
+        <v>96</v>
+      </c>
+      <c r="B985" t="s">
+        <v>5488</v>
+      </c>
+      <c r="C985" t="s">
+        <v>5489</v>
+      </c>
+      <c r="D985" t="s">
+        <v>5490</v>
+      </c>
+      <c r="E985" t="s">
+        <v>5491</v>
+      </c>
+      <c r="F985" t="s">
+        <v>5492</v>
+      </c>
+      <c r="G985" t="s">
+        <v>5493</v>
+      </c>
+      <c r="H985">
+        <v>1</v>
+      </c>
+      <c r="I985">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="986" spans="1:9">
+      <c r="A986">
+        <v>99</v>
+      </c>
+      <c r="B986" t="s">
+        <v>5494</v>
+      </c>
+      <c r="C986" t="s">
+        <v>5495</v>
+      </c>
+      <c r="D986" t="s">
+        <v>5496</v>
+      </c>
+      <c r="E986" t="s">
+        <v>5497</v>
+      </c>
+      <c r="F986" t="s">
+        <v>5498</v>
+      </c>
+      <c r="G986" t="s">
+        <v>5499</v>
+      </c>
+      <c r="H986">
+        <v>4</v>
+      </c>
+      <c r="I986">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="987" spans="1:9">
+      <c r="A987">
+        <v>94</v>
+      </c>
+      <c r="B987" t="s">
+        <v>56</v>
+      </c>
+      <c r="C987" t="s">
+        <v>5500</v>
+      </c>
+      <c r="D987" t="s">
+        <v>5501</v>
+      </c>
+      <c r="E987" t="s">
+        <v>5502</v>
+      </c>
+      <c r="F987" t="s">
+        <v>5503</v>
+      </c>
+      <c r="G987" t="s">
+        <v>5504</v>
+      </c>
+      <c r="H987">
+        <v>0</v>
+      </c>
+      <c r="I987">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="988" spans="1:9">
+      <c r="A988">
+        <v>95</v>
+      </c>
+      <c r="B988" t="s">
+        <v>5505</v>
+      </c>
+      <c r="C988" t="s">
+        <v>5506</v>
+      </c>
+      <c r="D988" t="s">
+        <v>5507</v>
+      </c>
+      <c r="E988" t="s">
+        <v>5508</v>
+      </c>
+      <c r="F988" t="s">
+        <v>5509</v>
+      </c>
+      <c r="G988" t="s">
+        <v>5510</v>
+      </c>
+      <c r="H988">
+        <v>0</v>
+      </c>
+      <c r="I988">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="989" spans="1:9">
+      <c r="A989">
+        <v>93</v>
+      </c>
+      <c r="B989" t="s">
+        <v>5511</v>
+      </c>
+      <c r="C989" t="s">
+        <v>5512</v>
+      </c>
+      <c r="D989" t="s">
+        <v>5513</v>
+      </c>
+      <c r="E989" t="s">
+        <v>5514</v>
+      </c>
+      <c r="F989" t="s">
+        <v>5515</v>
+      </c>
+      <c r="G989" t="s">
+        <v>5516</v>
+      </c>
+      <c r="H989">
+        <v>1</v>
+      </c>
+      <c r="I989">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="990" spans="1:9">
+      <c r="A990">
+        <v>90</v>
+      </c>
+      <c r="B990" t="s">
+        <v>3195</v>
+      </c>
+      <c r="C990" t="s">
+        <v>5517</v>
+      </c>
+      <c r="D990" t="s">
+        <v>5518</v>
+      </c>
+      <c r="E990" t="s">
+        <v>5519</v>
+      </c>
+      <c r="F990" t="s">
+        <v>5520</v>
+      </c>
+      <c r="G990" t="s">
+        <v>5233</v>
+      </c>
+      <c r="H990">
+        <v>82</v>
+      </c>
+      <c r="I990">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="991" spans="1:9">
+      <c r="A991">
+        <v>91</v>
+      </c>
+      <c r="B991" t="s">
+        <v>5521</v>
+      </c>
+      <c r="C991" t="s">
+        <v>5522</v>
+      </c>
+      <c r="D991" t="s">
+        <v>5523</v>
+      </c>
+      <c r="E991" t="s">
+        <v>5524</v>
+      </c>
+      <c r="F991" t="s">
+        <v>5525</v>
+      </c>
+      <c r="G991" t="s">
+        <v>5526</v>
+      </c>
+      <c r="H991">
+        <v>1</v>
+      </c>
+      <c r="I991">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="992" spans="1:9">
+      <c r="A992">
+        <v>86</v>
+      </c>
+      <c r="B992" t="s">
+        <v>689</v>
+      </c>
+      <c r="C992" t="s">
+        <v>5527</v>
+      </c>
+      <c r="D992" t="s">
+        <v>5528</v>
+      </c>
+      <c r="E992" t="s">
+        <v>5529</v>
+      </c>
+      <c r="F992" t="s">
+        <v>5530</v>
+      </c>
+      <c r="G992" t="s">
+        <v>694</v>
+      </c>
+      <c r="H992">
+        <v>284</v>
+      </c>
+      <c r="I992">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="993" spans="1:9">
+      <c r="A993">
+        <v>88</v>
+      </c>
+      <c r="B993" t="s">
+        <v>2938</v>
+      </c>
+      <c r="C993" t="s">
+        <v>5531</v>
+      </c>
+      <c r="D993" t="s">
+        <v>5532</v>
+      </c>
+      <c r="E993" t="s">
+        <v>5533</v>
+      </c>
+      <c r="F993" t="s">
+        <v>5534</v>
+      </c>
+      <c r="G993" t="s">
+        <v>5535</v>
+      </c>
+      <c r="H993">
+        <v>437</v>
+      </c>
+      <c r="I993">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="994" spans="1:9">
+      <c r="A994">
+        <v>87</v>
+      </c>
+      <c r="B994" t="s">
+        <v>490</v>
+      </c>
+      <c r="C994" t="s">
+        <v>5536</v>
+      </c>
+      <c r="D994" t="s">
+        <v>5537</v>
+      </c>
+      <c r="E994" t="s">
+        <v>5538</v>
+      </c>
+      <c r="F994" t="s">
+        <v>5539</v>
+      </c>
+      <c r="G994" t="s">
+        <v>495</v>
+      </c>
+      <c r="H994">
+        <v>746</v>
+      </c>
+      <c r="I994">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="995" spans="1:9">
+      <c r="A995">
+        <v>89</v>
+      </c>
+      <c r="B995" t="s">
+        <v>4559</v>
+      </c>
+      <c r="C995" t="s">
+        <v>5540</v>
+      </c>
+      <c r="D995" t="s">
+        <v>5541</v>
+      </c>
+      <c r="E995" t="s">
+        <v>5542</v>
+      </c>
+      <c r="F995" t="s">
+        <v>5543</v>
+      </c>
+      <c r="G995" t="s">
+        <v>5544</v>
+      </c>
+      <c r="H995">
+        <v>382</v>
+      </c>
+      <c r="I995">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="996" spans="1:9">
+      <c r="A996">
+        <v>85</v>
+      </c>
+      <c r="B996" t="s">
+        <v>5545</v>
+      </c>
+      <c r="C996" t="s">
+        <v>5546</v>
+      </c>
+      <c r="D996" t="s">
+        <v>5547</v>
+      </c>
+      <c r="E996" t="s">
+        <v>5548</v>
+      </c>
+      <c r="F996" t="s">
+        <v>5549</v>
+      </c>
+      <c r="G996" t="s">
+        <v>5550</v>
+      </c>
+      <c r="H996">
+        <v>0</v>
+      </c>
+      <c r="I996">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="997" spans="1:9">
+      <c r="A997">
+        <v>83</v>
+      </c>
+      <c r="B997" t="s">
+        <v>3008</v>
+      </c>
+      <c r="C997" t="s">
+        <v>5551</v>
+      </c>
+      <c r="D997" t="s">
+        <v>5552</v>
+      </c>
+      <c r="E997" t="s">
+        <v>5553</v>
+      </c>
+      <c r="F997" t="s">
+        <v>5554</v>
+      </c>
+      <c r="G997" t="s">
+        <v>3013</v>
+      </c>
+      <c r="H997">
+        <v>7868</v>
+      </c>
+      <c r="I997">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="998" spans="1:9">
+      <c r="A998">
+        <v>92</v>
+      </c>
+      <c r="B998" t="s">
+        <v>5555</v>
+      </c>
+      <c r="C998" t="s">
+        <v>5556</v>
+      </c>
+      <c r="D998" t="s">
+        <v>5557</v>
+      </c>
+      <c r="E998" t="s">
+        <v>5558</v>
+      </c>
+      <c r="F998" t="s">
+        <v>5559</v>
+      </c>
+      <c r="G998" t="s">
+        <v>5560</v>
+      </c>
+      <c r="H998">
+        <v>1</v>
+      </c>
+      <c r="I998">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="999" spans="1:9">
+      <c r="A999">
+        <v>84</v>
+      </c>
+      <c r="B999" t="s">
+        <v>5482</v>
+      </c>
+      <c r="C999" t="s">
+        <v>5561</v>
+      </c>
+      <c r="D999" t="s">
+        <v>5562</v>
+      </c>
+      <c r="E999" t="s">
+        <v>5563</v>
+      </c>
+      <c r="F999" t="s">
+        <v>5564</v>
+      </c>
+      <c r="G999" t="s">
+        <v>5565</v>
+      </c>
+      <c r="H999">
+        <v>6</v>
+      </c>
+      <c r="I999">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:9">
+      <c r="A1000">
+        <v>80</v>
+      </c>
+      <c r="B1000" t="s">
+        <v>5566</v>
+      </c>
+      <c r="C1000" t="s">
+        <v>5567</v>
+      </c>
+      <c r="D1000" t="s">
+        <v>5568</v>
+      </c>
+      <c r="E1000" t="s">
+        <v>5569</v>
+      </c>
+      <c r="F1000" t="s">
+        <v>5570</v>
+      </c>
+      <c r="G1000" t="s">
+        <v>5571</v>
+      </c>
+      <c r="H1000">
+        <v>0</v>
+      </c>
+      <c r="I1000">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:9">
+      <c r="A1001">
+        <v>81</v>
+      </c>
+      <c r="B1001" t="s">
+        <v>3201</v>
+      </c>
+      <c r="C1001" t="s">
+        <v>5572</v>
+      </c>
+      <c r="D1001" t="s">
+        <v>5573</v>
+      </c>
+      <c r="E1001" t="s">
+        <v>5574</v>
+      </c>
+      <c r="F1001" t="s">
+        <v>5575</v>
+      </c>
+      <c r="G1001" t="s">
+        <v>5576</v>
+      </c>
+      <c r="H1001">
+        <v>289</v>
+      </c>
+      <c r="I1001">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:9">
+      <c r="A1002">
+        <v>79</v>
+      </c>
+      <c r="B1002" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C1002" t="s">
+        <v>5577</v>
+      </c>
+      <c r="D1002" t="s">
+        <v>5578</v>
+      </c>
+      <c r="E1002" t="s">
+        <v>5579</v>
+      </c>
+      <c r="F1002" t="s">
+        <v>5580</v>
+      </c>
+      <c r="G1002" t="s">
+        <v>5581</v>
+      </c>
+      <c r="H1002">
+        <v>2</v>
+      </c>
+      <c r="I1002">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:9">
+      <c r="A1003">
+        <v>77</v>
+      </c>
+      <c r="B1003" t="s">
+        <v>747</v>
+      </c>
+      <c r="C1003" t="s">
+        <v>5582</v>
+      </c>
+      <c r="D1003" t="s">
+        <v>5583</v>
+      </c>
+      <c r="E1003" t="s">
+        <v>5584</v>
+      </c>
+      <c r="F1003" t="s">
+        <v>5585</v>
+      </c>
+      <c r="G1003" t="s">
+        <v>5586</v>
+      </c>
+      <c r="H1003">
+        <v>3</v>
+      </c>
+      <c r="I1003">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:9">
+      <c r="A1004">
+        <v>82</v>
+      </c>
+      <c r="B1004" t="s">
+        <v>5587</v>
+      </c>
+      <c r="C1004" t="s">
+        <v>5588</v>
+      </c>
+      <c r="D1004" t="s">
+        <v>5589</v>
+      </c>
+      <c r="E1004" t="s">
+        <v>5590</v>
+      </c>
+      <c r="F1004" t="s">
+        <v>5591</v>
+      </c>
+      <c r="G1004" t="s">
+        <v>5592</v>
+      </c>
+      <c r="H1004">
+        <v>0</v>
+      </c>
+      <c r="I1004">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:9">
+      <c r="A1005">
+        <v>76</v>
+      </c>
+      <c r="B1005" t="s">
+        <v>5593</v>
+      </c>
+      <c r="C1005" t="s">
+        <v>5594</v>
+      </c>
+      <c r="D1005" t="s">
+        <v>5595</v>
+      </c>
+      <c r="E1005" t="s">
+        <v>5596</v>
+      </c>
+      <c r="F1005" t="s">
+        <v>5597</v>
+      </c>
+      <c r="G1005" t="s">
+        <v>5598</v>
+      </c>
+      <c r="H1005">
+        <v>12</v>
+      </c>
+      <c r="I1005">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:9">
+      <c r="A1006">
+        <v>74</v>
+      </c>
+      <c r="B1006" t="s">
+        <v>5599</v>
+      </c>
+      <c r="C1006" t="s">
+        <v>5600</v>
+      </c>
+      <c r="D1006" t="s">
+        <v>5601</v>
+      </c>
+      <c r="E1006" t="s">
+        <v>5602</v>
+      </c>
+      <c r="F1006" t="s">
+        <v>5603</v>
+      </c>
+      <c r="G1006" t="s">
+        <v>5604</v>
+      </c>
+      <c r="H1006">
+        <v>6</v>
+      </c>
+      <c r="I1006">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:9">
+      <c r="A1007">
+        <v>70</v>
+      </c>
+      <c r="B1007" t="s">
+        <v>5605</v>
+      </c>
+      <c r="C1007" t="s">
+        <v>5606</v>
+      </c>
+      <c r="D1007" t="s">
+        <v>5607</v>
+      </c>
+      <c r="E1007" t="s">
+        <v>5608</v>
+      </c>
+      <c r="F1007" t="s">
+        <v>5609</v>
+      </c>
+      <c r="G1007" t="s">
+        <v>5610</v>
+      </c>
+      <c r="H1007">
+        <v>1164</v>
+      </c>
+      <c r="I1007">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:9">
+      <c r="A1008">
+        <v>69</v>
+      </c>
+      <c r="B1008" t="s">
+        <v>5611</v>
+      </c>
+      <c r="C1008" t="s">
+        <v>5612</v>
+      </c>
+      <c r="D1008" t="s">
+        <v>5613</v>
+      </c>
+      <c r="E1008" t="s">
+        <v>5614</v>
+      </c>
+      <c r="F1008" t="s">
+        <v>5615</v>
+      </c>
+      <c r="G1008" t="s">
+        <v>5616</v>
+      </c>
+      <c r="H1008">
+        <v>15</v>
+      </c>
+      <c r="I1008">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:9">
+      <c r="A1009">
+        <v>73</v>
+      </c>
+      <c r="B1009" t="s">
+        <v>5617</v>
+      </c>
+      <c r="C1009" t="s">
+        <v>5618</v>
+      </c>
+      <c r="D1009" t="s">
+        <v>5619</v>
+      </c>
+      <c r="E1009" t="s">
+        <v>5620</v>
+      </c>
+      <c r="F1009" t="s">
+        <v>5621</v>
+      </c>
+      <c r="G1009" t="s">
+        <v>5622</v>
+      </c>
+      <c r="H1009">
+        <v>9</v>
+      </c>
+      <c r="I1009">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:9">
+      <c r="A1010">
+        <v>72</v>
+      </c>
+      <c r="B1010" t="s">
+        <v>5623</v>
+      </c>
+      <c r="C1010" t="s">
+        <v>5624</v>
+      </c>
+      <c r="D1010" t="s">
+        <v>5625</v>
+      </c>
+      <c r="E1010" t="s">
+        <v>5626</v>
+      </c>
+      <c r="F1010" t="s">
+        <v>5627</v>
+      </c>
+      <c r="G1010" t="s">
+        <v>5628</v>
+      </c>
+      <c r="H1010">
+        <v>0</v>
+      </c>
+      <c r="I1010">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:9">
+      <c r="A1011">
+        <v>71</v>
+      </c>
+      <c r="B1011" t="s">
+        <v>5629</v>
+      </c>
+      <c r="C1011" t="s">
+        <v>5630</v>
+      </c>
+      <c r="D1011" t="s">
+        <v>5631</v>
+      </c>
+      <c r="E1011" t="s">
+        <v>5632</v>
+      </c>
+      <c r="F1011" t="s">
+        <v>5633</v>
+      </c>
+      <c r="G1011" t="s">
+        <v>5634</v>
+      </c>
+      <c r="H1011">
+        <v>193</v>
+      </c>
+      <c r="I1011">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:9">
+      <c r="A1012">
+        <v>75</v>
+      </c>
+      <c r="B1012" t="s">
+        <v>5635</v>
+      </c>
+      <c r="C1012" t="s">
+        <v>5636</v>
+      </c>
+      <c r="D1012" t="s">
+        <v>5637</v>
+      </c>
+      <c r="E1012" t="s">
+        <v>5638</v>
+      </c>
+      <c r="F1012" t="s">
+        <v>5639</v>
+      </c>
+      <c r="G1012" t="s">
+        <v>5640</v>
+      </c>
+      <c r="H1012">
+        <v>0</v>
+      </c>
+      <c r="I1012">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:9">
+      <c r="A1013">
+        <v>78</v>
+      </c>
+      <c r="B1013" t="s">
+        <v>5641</v>
+      </c>
+      <c r="C1013" t="s">
+        <v>5642</v>
+      </c>
+      <c r="D1013" t="s">
+        <v>5643</v>
+      </c>
+      <c r="E1013" t="s">
+        <v>5644</v>
+      </c>
+      <c r="F1013" t="s">
+        <v>5645</v>
+      </c>
+      <c r="G1013" t="s">
+        <v>5646</v>
+      </c>
+      <c r="H1013">
+        <v>13</v>
+      </c>
+      <c r="I1013">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:9">
+      <c r="A1014">
+        <v>68</v>
+      </c>
+      <c r="B1014" t="s">
+        <v>5566</v>
+      </c>
+      <c r="C1014" t="s">
+        <v>5647</v>
+      </c>
+      <c r="D1014" t="s">
+        <v>5648</v>
+      </c>
+      <c r="E1014" t="s">
+        <v>5649</v>
+      </c>
+      <c r="F1014" t="s">
+        <v>5650</v>
+      </c>
+      <c r="G1014" t="s">
+        <v>5651</v>
+      </c>
+      <c r="H1014">
+        <v>0</v>
+      </c>
+      <c r="I1014">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:9">
+      <c r="A1015">
+        <v>67</v>
+      </c>
+      <c r="B1015" t="s">
+        <v>5652</v>
+      </c>
+      <c r="C1015" t="s">
+        <v>5653</v>
+      </c>
+      <c r="D1015" t="s">
+        <v>5654</v>
+      </c>
+      <c r="E1015" t="s">
+        <v>5655</v>
+      </c>
+      <c r="F1015" t="s">
+        <v>5656</v>
+      </c>
+      <c r="G1015" t="s">
+        <v>5657</v>
+      </c>
+      <c r="H1015">
+        <v>1</v>
+      </c>
+      <c r="I1015">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:9">
+      <c r="A1016">
+        <v>66</v>
+      </c>
+      <c r="B1016" t="s">
+        <v>3195</v>
+      </c>
+      <c r="C1016" t="s">
+        <v>5658</v>
+      </c>
+      <c r="D1016" t="s">
+        <v>5659</v>
+      </c>
+      <c r="E1016" t="s">
+        <v>5660</v>
+      </c>
+      <c r="F1016" t="s">
+        <v>5661</v>
+      </c>
+      <c r="G1016" t="s">
+        <v>5233</v>
+      </c>
+      <c r="H1016">
+        <v>84</v>
+      </c>
+      <c r="I1016">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:9">
+      <c r="A1017">
+        <v>64</v>
+      </c>
+      <c r="B1017" t="s">
+        <v>5662</v>
+      </c>
+      <c r="C1017" t="s">
+        <v>5663</v>
+      </c>
+      <c r="D1017" t="s">
+        <v>5664</v>
+      </c>
+      <c r="E1017" t="s">
+        <v>5665</v>
+      </c>
+      <c r="F1017" t="s">
+        <v>5666</v>
+      </c>
+      <c r="G1017" t="s">
+        <v>5667</v>
+      </c>
+      <c r="H1017">
+        <v>0</v>
+      </c>
+      <c r="I1017">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:9">
+      <c r="A1018">
+        <v>63</v>
+      </c>
+      <c r="B1018" t="s">
+        <v>5668</v>
+      </c>
+      <c r="C1018" t="s">
+        <v>5669</v>
+      </c>
+      <c r="D1018" t="s">
+        <v>5670</v>
+      </c>
+      <c r="E1018" t="s">
+        <v>5671</v>
+      </c>
+      <c r="F1018" t="s">
+        <v>5672</v>
+      </c>
+      <c r="G1018" t="s">
+        <v>5673</v>
+      </c>
+      <c r="H1018">
+        <v>12</v>
+      </c>
+      <c r="I1018">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:9">
+      <c r="A1019">
+        <v>62</v>
+      </c>
+      <c r="B1019" t="s">
+        <v>4961</v>
+      </c>
+      <c r="C1019" t="s">
+        <v>5674</v>
+      </c>
+      <c r="D1019" t="s">
+        <v>5675</v>
+      </c>
+      <c r="E1019" t="s">
+        <v>5676</v>
+      </c>
+      <c r="F1019" t="s">
+        <v>5677</v>
+      </c>
+      <c r="G1019" t="s">
+        <v>5678</v>
+      </c>
+      <c r="H1019">
+        <v>85</v>
+      </c>
+      <c r="I1019">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:9">
+      <c r="A1020">
+        <v>65</v>
+      </c>
+      <c r="B1020" t="s">
+        <v>5679</v>
+      </c>
+      <c r="C1020" t="s">
+        <v>5680</v>
+      </c>
+      <c r="D1020" t="s">
+        <v>5681</v>
+      </c>
+      <c r="E1020" t="s">
+        <v>5682</v>
+      </c>
+      <c r="F1020" t="s">
+        <v>5683</v>
+      </c>
+      <c r="G1020" t="s">
+        <v>5684</v>
+      </c>
+      <c r="H1020">
+        <v>0</v>
+      </c>
+      <c r="I1020">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:9">
+      <c r="A1021">
+        <v>61</v>
+      </c>
+      <c r="B1021" t="s">
+        <v>4656</v>
+      </c>
+      <c r="C1021" t="s">
+        <v>5685</v>
+      </c>
+      <c r="D1021" t="s">
+        <v>5686</v>
+      </c>
+      <c r="E1021" t="s">
+        <v>5687</v>
+      </c>
+      <c r="F1021" t="s">
+        <v>5688</v>
+      </c>
+      <c r="G1021" t="s">
+        <v>5689</v>
+      </c>
+      <c r="H1021">
+        <v>16</v>
+      </c>
+      <c r="I1021">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:9">
+      <c r="A1022">
+        <v>60</v>
+      </c>
+      <c r="B1022" t="s">
+        <v>5690</v>
+      </c>
+      <c r="C1022" t="s">
+        <v>5691</v>
+      </c>
+      <c r="D1022" t="s">
+        <v>5692</v>
+      </c>
+      <c r="E1022" t="s">
+        <v>5693</v>
+      </c>
+      <c r="F1022" t="s">
+        <v>5694</v>
+      </c>
+      <c r="G1022" t="s">
+        <v>5695</v>
+      </c>
+      <c r="H1022">
+        <v>50</v>
+      </c>
+      <c r="I1022">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:9">
+      <c r="A1023">
+        <v>56</v>
+      </c>
+      <c r="B1023" t="s">
+        <v>5696</v>
+      </c>
+      <c r="C1023" t="s">
+        <v>5697</v>
+      </c>
+      <c r="D1023" t="s">
+        <v>5698</v>
+      </c>
+      <c r="E1023" t="s">
+        <v>5699</v>
+      </c>
+      <c r="F1023" t="s">
+        <v>5700</v>
+      </c>
+      <c r="G1023" t="s">
+        <v>5701</v>
+      </c>
+      <c r="H1023">
+        <v>0</v>
+      </c>
+      <c r="I1023">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:9">
+      <c r="A1024">
+        <v>58</v>
+      </c>
+      <c r="B1024" t="s">
+        <v>5702</v>
+      </c>
+      <c r="C1024" t="s">
+        <v>5703</v>
+      </c>
+      <c r="D1024" t="s">
+        <v>5704</v>
+      </c>
+      <c r="E1024" t="s">
+        <v>5705</v>
+      </c>
+      <c r="F1024" t="s">
+        <v>5706</v>
+      </c>
+      <c r="G1024" t="s">
+        <v>5707</v>
+      </c>
+      <c r="H1024">
+        <v>0</v>
+      </c>
+      <c r="I1024">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:9">
+      <c r="A1025">
+        <v>55</v>
+      </c>
+      <c r="B1025" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C1025" t="s">
+        <v>5708</v>
+      </c>
+      <c r="D1025" t="s">
+        <v>5709</v>
+      </c>
+      <c r="E1025" t="s">
+        <v>5710</v>
+      </c>
+      <c r="F1025" t="s">
+        <v>5711</v>
+      </c>
+      <c r="G1025" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H1025">
+        <v>411</v>
+      </c>
+      <c r="I1025">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:9">
+      <c r="A1026">
+        <v>59</v>
+      </c>
+      <c r="B1026" t="s">
+        <v>165</v>
+      </c>
+      <c r="C1026" t="s">
+        <v>5712</v>
+      </c>
+      <c r="D1026" t="s">
+        <v>5713</v>
+      </c>
+      <c r="E1026" t="s">
+        <v>5714</v>
+      </c>
+      <c r="F1026" t="s">
+        <v>5715</v>
+      </c>
+      <c r="G1026" t="s">
+        <v>5716</v>
+      </c>
+      <c r="H1026">
+        <v>0</v>
+      </c>
+      <c r="I1026">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:9">
+      <c r="A1027">
+        <v>57</v>
+      </c>
+      <c r="B1027" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C1027" t="s">
+        <v>5717</v>
+      </c>
+      <c r="D1027" t="s">
+        <v>5718</v>
+      </c>
+      <c r="E1027" t="s">
+        <v>5719</v>
+      </c>
+      <c r="F1027" t="s">
+        <v>5720</v>
+      </c>
+      <c r="G1027" t="s">
+        <v>5721</v>
+      </c>
+      <c r="H1027">
+        <v>424</v>
+      </c>
+      <c r="I1027">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:9">
+      <c r="A1028">
+        <v>54</v>
+      </c>
+      <c r="B1028" t="s">
+        <v>747</v>
+      </c>
+      <c r="C1028" t="s">
+        <v>5722</v>
+      </c>
+      <c r="D1028" t="s">
+        <v>5723</v>
+      </c>
+      <c r="E1028" t="s">
+        <v>5724</v>
+      </c>
+      <c r="F1028" t="s">
+        <v>5725</v>
+      </c>
+      <c r="G1028" t="s">
+        <v>5726</v>
+      </c>
+      <c r="H1028">
+        <v>0</v>
+      </c>
+      <c r="I1028">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:9">
+      <c r="A1029">
+        <v>53</v>
+      </c>
+      <c r="B1029" t="s">
+        <v>3844</v>
+      </c>
+      <c r="C1029" t="s">
+        <v>5727</v>
+      </c>
+      <c r="D1029" t="s">
+        <v>5728</v>
+      </c>
+      <c r="E1029" t="s">
+        <v>5729</v>
+      </c>
+      <c r="F1029" t="s">
+        <v>5730</v>
+      </c>
+      <c r="G1029" t="s">
+        <v>5731</v>
+      </c>
+      <c r="H1029">
+        <v>151</v>
+      </c>
+      <c r="I1029">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:9">
+      <c r="A1030">
+        <v>51</v>
+      </c>
+      <c r="B1030" t="s">
+        <v>5732</v>
+      </c>
+      <c r="C1030" t="s">
+        <v>5733</v>
+      </c>
+      <c r="D1030" t="s">
+        <v>5734</v>
+      </c>
+      <c r="E1030" t="s">
+        <v>5735</v>
+      </c>
+      <c r="F1030" t="s">
+        <v>5736</v>
+      </c>
+      <c r="G1030" t="s">
+        <v>5737</v>
+      </c>
+      <c r="H1030">
+        <v>0</v>
+      </c>
+      <c r="I1030">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:9">
+      <c r="A1031">
+        <v>52</v>
+      </c>
+      <c r="B1031" t="s">
+        <v>5738</v>
+      </c>
+      <c r="C1031" t="s">
+        <v>5739</v>
+      </c>
+      <c r="D1031" t="s">
+        <v>5740</v>
+      </c>
+      <c r="E1031" t="s">
+        <v>5741</v>
+      </c>
+      <c r="F1031" t="s">
+        <v>5742</v>
+      </c>
+      <c r="G1031" t="s">
+        <v>5743</v>
+      </c>
+      <c r="H1031">
+        <v>0</v>
+      </c>
+      <c r="I1031">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:9">
+      <c r="A1032">
+        <v>50</v>
+      </c>
+      <c r="B1032" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C1032" t="s">
+        <v>5744</v>
+      </c>
+      <c r="D1032" t="s">
+        <v>5745</v>
+      </c>
+      <c r="E1032" t="s">
+        <v>5746</v>
+      </c>
+      <c r="F1032" t="s">
+        <v>5747</v>
+      </c>
+      <c r="G1032" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H1032">
+        <v>260</v>
+      </c>
+      <c r="I1032">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:9">
+      <c r="A1033">
+        <v>48</v>
+      </c>
+      <c r="B1033" t="s">
+        <v>5748</v>
+      </c>
+      <c r="C1033" t="s">
+        <v>5749</v>
+      </c>
+      <c r="D1033" t="s">
+        <v>5750</v>
+      </c>
+      <c r="E1033" t="s">
+        <v>5751</v>
+      </c>
+      <c r="F1033" t="s">
+        <v>5752</v>
+      </c>
+      <c r="G1033" t="s">
+        <v>5753</v>
+      </c>
+      <c r="H1033">
+        <v>0</v>
+      </c>
+      <c r="I1033">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:9">
+      <c r="A1034">
+        <v>49</v>
+      </c>
+      <c r="B1034" t="s">
+        <v>5754</v>
+      </c>
+      <c r="C1034" t="s">
+        <v>5755</v>
+      </c>
+      <c r="D1034" t="s">
+        <v>5756</v>
+      </c>
+      <c r="E1034" t="s">
+        <v>5757</v>
+      </c>
+      <c r="F1034" t="s">
+        <v>5758</v>
+      </c>
+      <c r="G1034" t="s">
+        <v>5759</v>
+      </c>
+      <c r="H1034">
+        <v>34</v>
+      </c>
+      <c r="I1034">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:9">
+      <c r="A1035">
+        <v>46</v>
+      </c>
+      <c r="B1035" t="s">
+        <v>5760</v>
+      </c>
+      <c r="C1035" t="s">
+        <v>5761</v>
+      </c>
+      <c r="D1035" t="s">
+        <v>5762</v>
+      </c>
+      <c r="E1035" t="s">
+        <v>5763</v>
+      </c>
+      <c r="F1035" t="s">
+        <v>5764</v>
+      </c>
+      <c r="G1035" t="s">
+        <v>5765</v>
+      </c>
+      <c r="H1035">
+        <v>3</v>
+      </c>
+      <c r="I1035">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:9">
+      <c r="A1036">
+        <v>45</v>
+      </c>
+      <c r="B1036" t="s">
+        <v>4553</v>
+      </c>
+      <c r="C1036" t="s">
+        <v>5766</v>
+      </c>
+      <c r="D1036" t="s">
+        <v>5767</v>
+      </c>
+      <c r="E1036" t="s">
+        <v>5768</v>
+      </c>
+      <c r="F1036" t="s">
+        <v>5769</v>
+      </c>
+      <c r="G1036" t="s">
+        <v>5770</v>
+      </c>
+      <c r="H1036">
+        <v>0</v>
+      </c>
+      <c r="I1036">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:9">
+      <c r="A1037">
+        <v>43</v>
+      </c>
+      <c r="B1037" t="s">
+        <v>5771</v>
+      </c>
+      <c r="C1037" t="s">
+        <v>5772</v>
+      </c>
+      <c r="D1037" t="s">
+        <v>5773</v>
+      </c>
+      <c r="E1037" t="s">
+        <v>5774</v>
+      </c>
+      <c r="F1037" t="s">
+        <v>5775</v>
+      </c>
+      <c r="G1037" t="s">
+        <v>5776</v>
+      </c>
+      <c r="H1037">
+        <v>0</v>
+      </c>
+      <c r="I1037">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:9">
+      <c r="A1038">
+        <v>44</v>
+      </c>
+      <c r="B1038" t="s">
+        <v>5777</v>
+      </c>
+      <c r="C1038" t="s">
+        <v>5778</v>
+      </c>
+      <c r="D1038" t="s">
+        <v>5779</v>
+      </c>
+      <c r="E1038" t="s">
+        <v>5780</v>
+      </c>
+      <c r="F1038" t="s">
+        <v>5781</v>
+      </c>
+      <c r="G1038" t="s">
+        <v>5782</v>
+      </c>
+      <c r="H1038">
+        <v>1</v>
+      </c>
+      <c r="I1038">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:9">
+      <c r="A1039">
+        <v>47</v>
+      </c>
+      <c r="B1039" t="s">
+        <v>5783</v>
+      </c>
+      <c r="C1039" t="s">
+        <v>5784</v>
+      </c>
+      <c r="D1039" t="s">
+        <v>5785</v>
+      </c>
+      <c r="E1039" t="s">
+        <v>5786</v>
+      </c>
+      <c r="F1039" t="s">
+        <v>5787</v>
+      </c>
+      <c r="G1039" t="s">
+        <v>5788</v>
+      </c>
+      <c r="H1039">
+        <v>1168</v>
+      </c>
+      <c r="I1039">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:9">
+      <c r="A1040">
+        <v>42</v>
+      </c>
+      <c r="B1040" t="s">
+        <v>5789</v>
+      </c>
+      <c r="C1040" t="s">
+        <v>5790</v>
+      </c>
+      <c r="D1040" t="s">
+        <v>5791</v>
+      </c>
+      <c r="E1040" t="s">
+        <v>5792</v>
+      </c>
+      <c r="F1040" t="s">
+        <v>5793</v>
+      </c>
+      <c r="G1040" t="s">
+        <v>5794</v>
+      </c>
+      <c r="H1040">
+        <v>1</v>
+      </c>
+      <c r="I1040">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:9">
+      <c r="A1041">
+        <v>40</v>
+      </c>
+      <c r="B1041" t="s">
+        <v>5795</v>
+      </c>
+      <c r="C1041" t="s">
+        <v>5796</v>
+      </c>
+      <c r="D1041" t="s">
+        <v>5797</v>
+      </c>
+      <c r="E1041" t="s">
+        <v>5798</v>
+      </c>
+      <c r="F1041" t="s">
+        <v>5799</v>
+      </c>
+      <c r="G1041" t="s">
+        <v>5800</v>
+      </c>
+      <c r="H1041">
+        <v>0</v>
+      </c>
+      <c r="I1041">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:9">
+      <c r="A1042">
+        <v>36</v>
+      </c>
+      <c r="B1042" t="s">
+        <v>490</v>
+      </c>
+      <c r="C1042" t="s">
+        <v>5801</v>
+      </c>
+      <c r="D1042" t="s">
+        <v>5802</v>
+      </c>
+      <c r="E1042" t="s">
+        <v>5803</v>
+      </c>
+      <c r="F1042" t="s">
+        <v>5804</v>
+      </c>
+      <c r="G1042" t="s">
+        <v>5805</v>
+      </c>
+      <c r="H1042">
+        <v>1091</v>
+      </c>
+      <c r="I1042">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:9">
+      <c r="A1043">
+        <v>38</v>
+      </c>
+      <c r="B1043" t="s">
+        <v>80</v>
+      </c>
+      <c r="C1043" t="s">
+        <v>5806</v>
+      </c>
+      <c r="D1043" t="s">
+        <v>5807</v>
+      </c>
+      <c r="E1043" t="s">
+        <v>5808</v>
+      </c>
+      <c r="F1043" t="s">
+        <v>5809</v>
+      </c>
+      <c r="G1043" t="s">
+        <v>85</v>
+      </c>
+      <c r="H1043">
+        <v>1</v>
+      </c>
+      <c r="I1043">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:9">
+      <c r="A1044">
+        <v>35</v>
+      </c>
+      <c r="B1044" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C1044" t="s">
+        <v>5810</v>
+      </c>
+      <c r="D1044" t="s">
+        <v>5811</v>
+      </c>
+      <c r="E1044" t="s">
+        <v>5812</v>
+      </c>
+      <c r="F1044" t="s">
+        <v>5813</v>
+      </c>
+      <c r="G1044" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H1044">
+        <v>65</v>
+      </c>
+      <c r="I1044">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:9">
+      <c r="A1045">
+        <v>37</v>
+      </c>
+      <c r="B1045" t="s">
+        <v>490</v>
+      </c>
+      <c r="C1045" t="s">
+        <v>5814</v>
+      </c>
+      <c r="D1045" t="s">
+        <v>5815</v>
+      </c>
+      <c r="E1045" t="s">
+        <v>5816</v>
+      </c>
+      <c r="F1045" t="s">
+        <v>5817</v>
+      </c>
+      <c r="G1045" t="s">
+        <v>495</v>
+      </c>
+      <c r="H1045">
+        <v>1126</v>
+      </c>
+      <c r="I1045">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:9">
+      <c r="A1046">
+        <v>39</v>
+      </c>
+      <c r="B1046" t="s">
+        <v>5818</v>
+      </c>
+      <c r="C1046" t="s">
+        <v>5819</v>
+      </c>
+      <c r="D1046" t="s">
+        <v>5820</v>
+      </c>
+      <c r="E1046" t="s">
+        <v>5821</v>
+      </c>
+      <c r="F1046" t="s">
+        <v>5822</v>
+      </c>
+      <c r="G1046" t="s">
+        <v>5823</v>
+      </c>
+      <c r="H1046">
+        <v>8</v>
+      </c>
+      <c r="I1046">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:9">
+      <c r="A1047">
+        <v>34</v>
+      </c>
+      <c r="B1047" t="s">
+        <v>689</v>
+      </c>
+      <c r="C1047" t="s">
+        <v>5824</v>
+      </c>
+      <c r="D1047" t="s">
+        <v>5825</v>
+      </c>
+      <c r="E1047" t="s">
+        <v>5826</v>
+      </c>
+      <c r="F1047" t="s">
+        <v>5827</v>
+      </c>
+      <c r="G1047" t="s">
+        <v>5828</v>
+      </c>
+      <c r="H1047">
+        <v>616</v>
+      </c>
+      <c r="I1047">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:9">
+      <c r="A1048">
+        <v>33</v>
+      </c>
+      <c r="B1048" t="s">
+        <v>5829</v>
+      </c>
+      <c r="C1048" t="s">
+        <v>5830</v>
+      </c>
+      <c r="D1048" t="s">
+        <v>5831</v>
+      </c>
+      <c r="E1048" t="s">
+        <v>5832</v>
+      </c>
+      <c r="F1048" t="s">
+        <v>5833</v>
+      </c>
+      <c r="G1048" t="s">
+        <v>5834</v>
+      </c>
+      <c r="H1048">
+        <v>1</v>
+      </c>
+      <c r="I1048">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:9">
+      <c r="A1049">
+        <v>31</v>
+      </c>
+      <c r="B1049" t="s">
+        <v>5835</v>
+      </c>
+      <c r="C1049" t="s">
+        <v>5836</v>
+      </c>
+      <c r="D1049" t="s">
+        <v>5837</v>
+      </c>
+      <c r="E1049" t="s">
+        <v>5838</v>
+      </c>
+      <c r="F1049" t="s">
+        <v>5839</v>
+      </c>
+      <c r="G1049" t="s">
+        <v>5840</v>
+      </c>
+      <c r="H1049">
+        <v>6</v>
+      </c>
+      <c r="I1049">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:9">
+      <c r="A1050">
+        <v>32</v>
+      </c>
+      <c r="B1050" t="s">
+        <v>5841</v>
+      </c>
+      <c r="C1050" t="s">
+        <v>5842</v>
+      </c>
+      <c r="D1050" t="s">
+        <v>5843</v>
+      </c>
+      <c r="E1050" t="s">
+        <v>5844</v>
+      </c>
+      <c r="F1050" t="s">
+        <v>5845</v>
+      </c>
+      <c r="G1050" t="s">
+        <v>5846</v>
+      </c>
+      <c r="H1050">
+        <v>15</v>
+      </c>
+      <c r="I1050">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:9">
+      <c r="A1051">
+        <v>30</v>
+      </c>
+      <c r="B1051" t="s">
+        <v>5847</v>
+      </c>
+      <c r="C1051" t="s">
+        <v>5848</v>
+      </c>
+      <c r="D1051" t="s">
+        <v>5849</v>
+      </c>
+      <c r="E1051" t="s">
+        <v>5850</v>
+      </c>
+      <c r="F1051" t="s">
+        <v>5851</v>
+      </c>
+      <c r="G1051" t="s">
+        <v>5852</v>
+      </c>
+      <c r="H1051">
+        <v>0</v>
+      </c>
+      <c r="I1051">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:9">
+      <c r="A1052">
+        <v>27</v>
+      </c>
+      <c r="B1052" t="s">
+        <v>490</v>
+      </c>
+      <c r="C1052" t="s">
+        <v>5853</v>
+      </c>
+      <c r="D1052" t="s">
+        <v>5854</v>
+      </c>
+      <c r="E1052" t="s">
+        <v>5855</v>
+      </c>
+      <c r="F1052" t="s">
+        <v>5856</v>
+      </c>
+      <c r="G1052" t="s">
+        <v>495</v>
+      </c>
+      <c r="H1052">
+        <v>463</v>
+      </c>
+      <c r="I1052">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:9">
+      <c r="A1053">
+        <v>26</v>
+      </c>
+      <c r="B1053" t="s">
+        <v>579</v>
+      </c>
+      <c r="C1053" t="s">
+        <v>5857</v>
+      </c>
+      <c r="D1053" t="s">
+        <v>5858</v>
+      </c>
+      <c r="E1053" t="s">
+        <v>5859</v>
+      </c>
+      <c r="F1053" t="s">
+        <v>5860</v>
+      </c>
+      <c r="G1053" t="s">
+        <v>1681</v>
+      </c>
+      <c r="H1053">
+        <v>4282</v>
+      </c>
+      <c r="I1053">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:9">
+      <c r="A1054">
+        <v>24</v>
+      </c>
+      <c r="B1054" t="s">
+        <v>4526</v>
+      </c>
+      <c r="C1054" t="s">
+        <v>5861</v>
+      </c>
+      <c r="D1054" t="s">
+        <v>5862</v>
+      </c>
+      <c r="E1054" t="s">
+        <v>5863</v>
+      </c>
+      <c r="F1054" t="s">
+        <v>5864</v>
+      </c>
+      <c r="G1054" t="s">
+        <v>5865</v>
+      </c>
+      <c r="H1054">
+        <v>7</v>
+      </c>
+      <c r="I1054">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:9">
+      <c r="A1055">
+        <v>25</v>
+      </c>
+      <c r="B1055" t="s">
+        <v>4553</v>
+      </c>
+      <c r="C1055" t="s">
+        <v>5866</v>
+      </c>
+      <c r="D1055" t="s">
+        <v>5867</v>
+      </c>
+      <c r="E1055" t="s">
+        <v>5868</v>
+      </c>
+      <c r="F1055" t="s">
+        <v>5869</v>
+      </c>
+      <c r="G1055" t="s">
+        <v>5870</v>
+      </c>
+      <c r="H1055">
+        <v>0</v>
+      </c>
+      <c r="I1055">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:9">
+      <c r="A1056">
+        <v>29</v>
+      </c>
+      <c r="B1056" t="s">
+        <v>5871</v>
+      </c>
+      <c r="C1056" t="s">
+        <v>5872</v>
+      </c>
+      <c r="D1056" t="s">
+        <v>5873</v>
+      </c>
+      <c r="E1056" t="s">
+        <v>5874</v>
+      </c>
+      <c r="F1056" t="s">
+        <v>5875</v>
+      </c>
+      <c r="G1056" t="s">
+        <v>5876</v>
+      </c>
+      <c r="H1056">
+        <v>2</v>
+      </c>
+      <c r="I1056">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:9">
+      <c r="A1057">
+        <v>28</v>
+      </c>
+      <c r="B1057" t="s">
+        <v>5877</v>
+      </c>
+      <c r="C1057" t="s">
+        <v>3291</v>
+      </c>
+      <c r="D1057" t="s">
+        <v>5878</v>
+      </c>
+      <c r="E1057" t="s">
+        <v>5879</v>
+      </c>
+      <c r="F1057" t="s">
+        <v>5880</v>
+      </c>
+      <c r="G1057" t="s">
+        <v>5881</v>
+      </c>
+      <c r="H1057">
+        <v>2</v>
+      </c>
+      <c r="I1057">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:9">
+      <c r="A1058">
+        <v>23</v>
+      </c>
+      <c r="B1058" t="s">
+        <v>5882</v>
+      </c>
+      <c r="C1058" t="s">
+        <v>5883</v>
+      </c>
+      <c r="D1058" t="s">
+        <v>5884</v>
+      </c>
+      <c r="E1058" t="s">
+        <v>5885</v>
+      </c>
+      <c r="F1058" t="s">
+        <v>5886</v>
+      </c>
+      <c r="G1058" t="s">
+        <v>5887</v>
+      </c>
+      <c r="H1058">
+        <v>0</v>
+      </c>
+      <c r="I1058">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:9">
+      <c r="A1059">
+        <v>21</v>
+      </c>
+      <c r="B1059" t="s">
+        <v>5888</v>
+      </c>
+      <c r="C1059" t="s">
+        <v>5889</v>
+      </c>
+      <c r="D1059" t="s">
+        <v>5890</v>
+      </c>
+      <c r="E1059" t="s">
+        <v>5891</v>
+      </c>
+      <c r="F1059" t="s">
+        <v>5892</v>
+      </c>
+      <c r="G1059" t="s">
+        <v>5893</v>
+      </c>
+      <c r="H1059">
+        <v>0</v>
+      </c>
+      <c r="I1059">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:9">
+      <c r="A1060">
+        <v>20</v>
+      </c>
+      <c r="B1060" t="s">
+        <v>5894</v>
+      </c>
+      <c r="C1060" t="s">
+        <v>5895</v>
+      </c>
+      <c r="D1060" t="s">
+        <v>5896</v>
+      </c>
+      <c r="E1060" t="s">
+        <v>5897</v>
+      </c>
+      <c r="F1060" t="s">
+        <v>5898</v>
+      </c>
+      <c r="G1060" t="s">
+        <v>5899</v>
+      </c>
+      <c r="H1060">
+        <v>0</v>
+      </c>
+      <c r="I1060">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:9">
+      <c r="A1061">
+        <v>19</v>
+      </c>
+      <c r="B1061" t="s">
+        <v>490</v>
+      </c>
+      <c r="C1061" t="s">
+        <v>5900</v>
+      </c>
+      <c r="D1061" t="s">
+        <v>5901</v>
+      </c>
+      <c r="E1061" t="s">
+        <v>5902</v>
+      </c>
+      <c r="F1061" t="s">
+        <v>5903</v>
+      </c>
+      <c r="G1061" t="s">
+        <v>495</v>
+      </c>
+      <c r="H1061">
+        <v>570</v>
+      </c>
+      <c r="I1061">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:9">
+      <c r="A1062">
+        <v>18</v>
+      </c>
+      <c r="B1062" t="s">
+        <v>5795</v>
+      </c>
+      <c r="C1062" t="s">
+        <v>5904</v>
+      </c>
+      <c r="D1062" t="s">
+        <v>5905</v>
+      </c>
+      <c r="E1062" t="s">
+        <v>5906</v>
+      </c>
+      <c r="F1062" t="s">
+        <v>5907</v>
+      </c>
+      <c r="G1062" t="s">
+        <v>5908</v>
+      </c>
+      <c r="H1062">
+        <v>0</v>
+      </c>
+      <c r="I1062">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:9">
+      <c r="A1063">
+        <v>22</v>
+      </c>
+      <c r="B1063" t="s">
+        <v>5909</v>
+      </c>
+      <c r="C1063" t="s">
+        <v>5910</v>
+      </c>
+      <c r="D1063" t="s">
+        <v>5911</v>
+      </c>
+      <c r="E1063" t="s">
+        <v>5912</v>
+      </c>
+      <c r="F1063" t="s">
+        <v>5913</v>
+      </c>
+      <c r="G1063" t="s">
+        <v>5914</v>
+      </c>
+      <c r="H1063">
+        <v>1</v>
+      </c>
+      <c r="I1063">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:9">
+      <c r="A1064">
+        <v>17</v>
+      </c>
+      <c r="B1064" t="s">
+        <v>5915</v>
+      </c>
+      <c r="C1064" t="s">
+        <v>5916</v>
+      </c>
+      <c r="D1064" t="s">
+        <v>5917</v>
+      </c>
+      <c r="E1064" t="s">
+        <v>5918</v>
+      </c>
+      <c r="F1064" t="s">
+        <v>5919</v>
+      </c>
+      <c r="G1064" t="s">
+        <v>5920</v>
+      </c>
+      <c r="H1064">
+        <v>1</v>
+      </c>
+      <c r="I1064">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:9">
+      <c r="A1065">
+        <v>16</v>
+      </c>
+      <c r="B1065" t="s">
+        <v>5921</v>
+      </c>
+      <c r="C1065" t="s">
+        <v>5922</v>
+      </c>
+      <c r="D1065" t="s">
+        <v>5923</v>
+      </c>
+      <c r="E1065" t="s">
+        <v>5924</v>
+      </c>
+      <c r="F1065" t="s">
+        <v>5925</v>
+      </c>
+      <c r="G1065" t="s">
+        <v>5926</v>
+      </c>
+      <c r="H1065">
+        <v>102</v>
+      </c>
+      <c r="I1065">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:9">
+      <c r="A1066">
+        <v>15</v>
+      </c>
+      <c r="B1066" t="s">
+        <v>3189</v>
+      </c>
+      <c r="C1066" t="s">
+        <v>5927</v>
+      </c>
+      <c r="D1066" t="s">
+        <v>5928</v>
+      </c>
+      <c r="E1066" t="s">
+        <v>5929</v>
+      </c>
+      <c r="F1066" t="s">
+        <v>5930</v>
+      </c>
+      <c r="G1066" t="s">
+        <v>5931</v>
+      </c>
+      <c r="H1066">
+        <v>36</v>
+      </c>
+      <c r="I1066">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:9">
+      <c r="A1067">
+        <v>13</v>
+      </c>
+      <c r="B1067" t="s">
+        <v>4559</v>
+      </c>
+      <c r="C1067" t="s">
+        <v>5932</v>
+      </c>
+      <c r="D1067" t="s">
+        <v>5933</v>
+      </c>
+      <c r="E1067" t="s">
+        <v>5934</v>
+      </c>
+      <c r="F1067" t="s">
+        <v>5935</v>
+      </c>
+      <c r="G1067" t="s">
+        <v>5936</v>
+      </c>
+      <c r="H1067">
+        <v>96</v>
+      </c>
+      <c r="I1067">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:9">
+      <c r="A1068">
+        <v>14</v>
+      </c>
+      <c r="B1068" t="s">
+        <v>5937</v>
+      </c>
+      <c r="C1068" t="s">
+        <v>5938</v>
+      </c>
+      <c r="D1068" t="s">
+        <v>5939</v>
+      </c>
+      <c r="E1068" t="s">
+        <v>5940</v>
+      </c>
+      <c r="F1068" t="s">
+        <v>5941</v>
+      </c>
+      <c r="G1068" t="s">
+        <v>5942</v>
+      </c>
+      <c r="H1068">
+        <v>513</v>
+      </c>
+      <c r="I1068">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:9">
+      <c r="A1069">
+        <v>12</v>
+      </c>
+      <c r="B1069" t="s">
+        <v>490</v>
+      </c>
+      <c r="C1069" t="s">
+        <v>5943</v>
+      </c>
+      <c r="D1069" t="s">
+        <v>5944</v>
+      </c>
+      <c r="E1069" t="s">
+        <v>5945</v>
+      </c>
+      <c r="F1069" t="s">
+        <v>5946</v>
+      </c>
+      <c r="G1069" t="s">
+        <v>495</v>
+      </c>
+      <c r="H1069">
+        <v>28000</v>
+      </c>
+      <c r="I1069">
+        <v>5375</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:9">
+      <c r="A1070">
+        <v>11</v>
+      </c>
+      <c r="B1070" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C1070" t="s">
+        <v>5947</v>
+      </c>
+      <c r="D1070" t="s">
+        <v>5948</v>
+      </c>
+      <c r="E1070" t="s">
+        <v>5949</v>
+      </c>
+      <c r="F1070" t="s">
+        <v>5950</v>
+      </c>
+      <c r="G1070" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H1070">
+        <v>117</v>
+      </c>
+      <c r="I1070">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:9">
+      <c r="A1071">
+        <v>6</v>
+      </c>
+      <c r="B1071" t="s">
+        <v>4961</v>
+      </c>
+      <c r="C1071" t="s">
+        <v>5951</v>
+      </c>
+      <c r="D1071" t="s">
+        <v>5952</v>
+      </c>
+      <c r="E1071" t="s">
+        <v>5953</v>
+      </c>
+      <c r="F1071" t="s">
+        <v>5954</v>
+      </c>
+      <c r="G1071" t="s">
+        <v>5955</v>
+      </c>
+      <c r="H1071">
+        <v>734</v>
+      </c>
+      <c r="I1071">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:9">
+      <c r="A1072">
+        <v>4</v>
+      </c>
+      <c r="B1072">
+        <v>1234</v>
+      </c>
+      <c r="C1072" t="s">
+        <v>5956</v>
+      </c>
+      <c r="D1072" t="s">
+        <v>5957</v>
+      </c>
+      <c r="E1072" t="s">
+        <v>5957</v>
+      </c>
+      <c r="F1072" t="s">
+        <v>5958</v>
+      </c>
+      <c r="G1072" t="s">
+        <v>5957</v>
+      </c>
+      <c r="H1072">
+        <v>1</v>
+      </c>
+      <c r="I1072">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:9">
+      <c r="A1073">
+        <v>5</v>
+      </c>
+      <c r="B1073" t="s">
+        <v>5959</v>
+      </c>
+      <c r="C1073" t="s">
+        <v>5959</v>
+      </c>
+      <c r="D1073" t="s">
+        <v>5959</v>
+      </c>
+      <c r="E1073" t="s">
+        <v>5959</v>
+      </c>
+      <c r="F1073" t="s">
+        <v>5960</v>
+      </c>
+      <c r="H1073">
+        <v>0</v>
+      </c>
+      <c r="I1073">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:9">
+      <c r="A1074">
+        <v>9</v>
+      </c>
+      <c r="B1074" t="s">
+        <v>5961</v>
+      </c>
+      <c r="C1074" t="s">
+        <v>5962</v>
+      </c>
+      <c r="D1074" t="s">
+        <v>5963</v>
+      </c>
+      <c r="E1074" t="s">
+        <v>5964</v>
+      </c>
+      <c r="F1074" t="s">
+        <v>5965</v>
+      </c>
+      <c r="G1074" t="s">
+        <v>5966</v>
+      </c>
+      <c r="H1074">
+        <v>1</v>
+      </c>
+      <c r="I1074">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:9">
+      <c r="A1075">
+        <v>8</v>
+      </c>
+      <c r="B1075" t="s">
+        <v>5967</v>
+      </c>
+      <c r="C1075" t="s">
+        <v>5968</v>
+      </c>
+      <c r="D1075" t="s">
+        <v>5969</v>
+      </c>
+      <c r="E1075" t="s">
+        <v>5970</v>
+      </c>
+      <c r="F1075" t="s">
+        <v>5971</v>
+      </c>
+      <c r="G1075" t="s">
+        <v>5972</v>
+      </c>
+      <c r="H1075">
+        <v>1</v>
+      </c>
+      <c r="I1075">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:9">
+      <c r="A1076">
+        <v>7</v>
+      </c>
+      <c r="B1076" t="s">
+        <v>5973</v>
+      </c>
+      <c r="C1076" t="s">
+        <v>5974</v>
+      </c>
+      <c r="D1076" t="s">
+        <v>5975</v>
+      </c>
+      <c r="E1076" t="s">
+        <v>5976</v>
+      </c>
+      <c r="F1076" t="s">
+        <v>5977</v>
+      </c>
+      <c r="G1076" t="s">
+        <v>5978</v>
+      </c>
+      <c r="H1076">
+        <v>134</v>
+      </c>
+      <c r="I1076">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:9">
+      <c r="A1077">
+        <v>10</v>
+      </c>
+      <c r="B1077" t="s">
+        <v>4368</v>
+      </c>
+      <c r="C1077" t="s">
+        <v>5979</v>
+      </c>
+      <c r="D1077" t="s">
+        <v>5980</v>
+      </c>
+      <c r="E1077" t="s">
+        <v>5981</v>
+      </c>
+      <c r="F1077" t="s">
+        <v>5982</v>
+      </c>
+      <c r="G1077" t="s">
+        <v>5983</v>
+      </c>
+      <c r="H1077">
+        <v>0</v>
+      </c>
+      <c r="I1077">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:9">
+      <c r="A1078">
         <v>41</v>
       </c>
-      <c r="B918" t="s">
-[...17 lines deleted...]
-      <c r="H918">
+      <c r="B1078" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C1078" t="s">
+        <v>5984</v>
+      </c>
+      <c r="D1078" t="s">
+        <v>5985</v>
+      </c>
+      <c r="E1078" t="s">
+        <v>5986</v>
+      </c>
+      <c r="F1078" t="s">
+        <v>5987</v>
+      </c>
+      <c r="G1078" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H1078">
         <v>132</v>
       </c>
-      <c r="I918">
+      <c r="I1078">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>